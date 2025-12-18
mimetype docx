--- v0 (2025-10-10)
+++ v1 (2025-12-18)
@@ -10,202 +10,174 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6FA8325E" w14:textId="3889A413" w:rsidR="0074696E" w:rsidRPr="00280C4B" w:rsidRDefault="00731B60" w:rsidP="00280C4B">
       <w:pPr>
         <w:pStyle w:val="Sectionbreakfirstpage"/>
       </w:pPr>
       <w:r w:rsidRPr="00280C4B">
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="13684373" wp14:editId="0DEB0E07">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="13684373" wp14:editId="16E6B4FC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="7560945" cy="1486535"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Picture 4">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 4">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7561076" cy="1486799"/>
+                      <a:ext cx="7561071" cy="1486799"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A124A1" w14:textId="77777777" w:rsidR="00A62D44" w:rsidRPr="00280C4B" w:rsidRDefault="00A62D44" w:rsidP="00280C4B">
       <w:pPr>
         <w:pStyle w:val="Sectionbreakfirstpage"/>
         <w:sectPr w:rsidR="00A62D44" w:rsidRPr="00280C4B" w:rsidSect="00AD3A7F">
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="2268" w:right="851" w:bottom="1418" w:left="851" w:header="340" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65A9458E" w14:textId="4CEEC74E" w:rsidR="002613AD" w:rsidRDefault="00ED54CC" w:rsidP="002613AD">
+    <w:p w14:paraId="661F8003" w14:textId="020CFB3C" w:rsidR="00325DAE" w:rsidRPr="00F029DC" w:rsidRDefault="00ED54CC" w:rsidP="00F029DC">
       <w:pPr>
         <w:pStyle w:val="Documenttitle"/>
-        <w:spacing w:before="480"/>
-[...28 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="004204E0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Social Housing Volunteer Awards</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00325DAE">
         <w:t>How to nominate a social housing r</w:t>
       </w:r>
       <w:r w:rsidR="00BA23EA">
         <w:t>esident</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617EE19B" w14:textId="236D24BC" w:rsidR="00325DAE" w:rsidRPr="005A3384" w:rsidRDefault="00325DAE" w:rsidP="002613AD">
-[...2 lines deleted...]
-        <w:spacing w:before="360"/>
+    <w:p w14:paraId="617EE19B" w14:textId="236D24BC" w:rsidR="00325DAE" w:rsidRPr="005A3384" w:rsidRDefault="00325DAE" w:rsidP="007322CA">
+      <w:pPr>
+        <w:pStyle w:val="Documentsubtitle"/>
+        <w:spacing w:after="720"/>
       </w:pPr>
       <w:r>
         <w:t>Franc</w:t>
       </w:r>
       <w:r w:rsidR="003C67C0">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t>s Penington and Molly Hadfield Awards</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4359F6BA" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="002613AD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="4359F6BA" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc496015089"/>
       <w:bookmarkStart w:id="1" w:name="_Toc518564093"/>
       <w:bookmarkStart w:id="2" w:name="_Toc519766149"/>
       <w:bookmarkStart w:id="3" w:name="_Toc480380484"/>
       <w:r>
         <w:t>Recognising community achievement</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="6D5B08B9" w14:textId="53956E3F" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In every community, there are exceptional people who reach out, lend a </w:t>
       </w:r>
       <w:r w:rsidR="006132AB">
         <w:t>hand,</w:t>
@@ -256,925 +228,773 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, who </w:t>
       </w:r>
       <w:r w:rsidR="00D04E04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>positively impact</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> their local community.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="091060E6" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>The Department of Families, Fairness and Housing are calling for nominations for these two awards.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="546210A6" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="002613AD">
+    <w:p w14:paraId="546210A6" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="360"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc496015090"/>
       <w:bookmarkStart w:id="5" w:name="_Toc518564094"/>
       <w:bookmarkStart w:id="6" w:name="_Toc519766150"/>
       <w:r>
         <w:t>The Frances Penington Award</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="512599E1" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="002613AD">
+    <w:p w14:paraId="512599E1" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc496015091"/>
       <w:bookmarkStart w:id="8" w:name="_Toc518564095"/>
       <w:bookmarkStart w:id="9" w:name="_Toc519766151"/>
       <w:r>
         <w:t>Who is making a difference in your community?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="2A8D23F5" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRPr="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C6CE9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Eligibility criteria:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A931F8" w14:textId="0B30A642" w:rsidR="008C6CE9" w:rsidRPr="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+    <w:p w14:paraId="03A931F8" w14:textId="0B30A642" w:rsidR="008C6CE9" w:rsidRPr="002421FA" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002421FA">
         <w:t xml:space="preserve">individual public or community housing </w:t>
       </w:r>
-      <w:r w:rsidR="00BA23EA">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BA23EA" w:rsidRPr="002421FA">
         <w:t>resident</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C6CE9">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002421FA">
         <w:t xml:space="preserve">, or a group of </w:t>
       </w:r>
-      <w:r w:rsidR="00BA23EA">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BA23EA" w:rsidRPr="002421FA">
         <w:t>residents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CEEA0E8" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRPr="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+    <w:p w14:paraId="0CEEA0E8" w14:textId="114353E4" w:rsidR="008C6CE9" w:rsidRPr="002421FA" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">who are making an outstanding voluntary contribution to their community. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="002421FA">
+        <w:t>who are making an outstanding voluntary contribution to their community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C98E79D" w14:textId="14073EDB" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+    <w:p w14:paraId="3C98E79D" w14:textId="5EF613C3" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Frances Penington Award recognises an individual public or community housing </w:t>
       </w:r>
       <w:r w:rsidR="00BA23EA">
         <w:t>resident</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, or a group of </w:t>
       </w:r>
       <w:r w:rsidR="00BA23EA">
         <w:t>residents</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, who are making an outstanding voluntary contribution to their community. </w:t>
+        <w:t>, who are making an outstanding voluntary contribution to their community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FA364B" w14:textId="568799FE" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+    <w:p w14:paraId="50FA364B" w14:textId="21611A0D" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The award honours the late Frances Penington, a Commissioner of the Housing Commission and the first woman appointed to the board of a statutory authority in Victoria. She was also a strong advocate for public housing </w:t>
       </w:r>
       <w:r w:rsidR="00BA23EA">
         <w:t>residents</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, particularly for women living in housing estates. </w:t>
+        <w:t>, particularly for women living in housing estates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A01C74B" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>In keeping with the memory of Frances Penington, this award recognises the achievements of role models, community builders and local heroes who have gone out of their way to help their neighbours, volunteered with a community group, or proactively found solutions to address local neighbourhood issues.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21475F3D" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="002613AD">
+    <w:p w14:paraId="21475F3D" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="360"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc429388508"/>
       <w:bookmarkStart w:id="11" w:name="_Toc496015092"/>
       <w:bookmarkStart w:id="12" w:name="_Toc518564096"/>
       <w:bookmarkStart w:id="13" w:name="_Toc519766152"/>
       <w:r>
         <w:t>The Molly Hadfield Award</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="4A1D7C94" w14:textId="3B8B4C1B" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="002613AD">
+    <w:p w14:paraId="4A1D7C94" w14:textId="3B8B4C1B" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc429388509"/>
       <w:bookmarkStart w:id="15" w:name="_Toc496015093"/>
       <w:r>
         <w:t xml:space="preserve">Who is making a difference for older </w:t>
       </w:r>
       <w:r w:rsidR="00BA23EA">
         <w:t>residents</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in your community?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="6841164D" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+    <w:p w14:paraId="6841164D" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRPr="00867931" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C6CE9">
+      <w:r w:rsidRPr="00867931">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>Eligibility criteria:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24016E54" w14:textId="6B57BF5B" w:rsidR="008C6CE9" w:rsidRPr="00867931" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00867931">
+        <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">individual public or community housing </w:t>
       </w:r>
-      <w:r w:rsidR="00BA23EA">
+      <w:r w:rsidR="00BA23EA" w:rsidRPr="00867931">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>resident</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C6CE9">
+      <w:r w:rsidRPr="00867931">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> or a group of </w:t>
       </w:r>
-      <w:r w:rsidR="00BA23EA">
+      <w:r w:rsidR="00BA23EA" w:rsidRPr="00867931">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>residents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F244A3" w14:textId="26B35568" w:rsidR="008C6CE9" w:rsidRPr="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+    <w:p w14:paraId="65F244A3" w14:textId="26B35568" w:rsidR="008C6CE9" w:rsidRPr="00867931" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C6CE9">
+      <w:r w:rsidRPr="00867931">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>who are having a positive effect on the lives of older</w:t>
       </w:r>
-      <w:r w:rsidR="006132AB">
+      <w:r w:rsidR="006132AB" w:rsidRPr="00867931">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA23EA">
+      <w:r w:rsidR="00BA23EA" w:rsidRPr="00867931">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>residents</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C6CE9">
+      <w:r w:rsidRPr="00867931">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> in their community.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C8DE7F1" w14:textId="39C4F2D7" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The award honours the work of the late Mary (Molly) Hadfield</w:t>
       </w:r>
       <w:r w:rsidR="00D04E04">
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>, a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> dedicated advocate for public housing </w:t>
       </w:r>
       <w:r w:rsidR="00BA23EA">
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>residents</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">. She was also a founding member of the Housing for the Aged Action Group, which started </w:t>
       </w:r>
       <w:r w:rsidR="00D04E04">
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>1983.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B07EF5B" w14:textId="53A4F3ED" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="002613AD">
+    <w:p w14:paraId="2B07EF5B" w14:textId="53A4F3ED" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
-        <w:spacing w:after="240"/>
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>In 2006, she was awarded the Medal of the Order of Australia for services to the community across the areas of aged care, community health</w:t>
       </w:r>
       <w:r w:rsidR="00D04E04">
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> and youth. In the same year</w:t>
       </w:r>
       <w:r w:rsidR="00D04E04">
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> she was inducted into the Victorian Honour Roll of Women.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7631A0" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="002613AD">
+    <w:p w14:paraId="6A7631A0" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="480"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc429388510"/>
       <w:bookmarkStart w:id="17" w:name="_Toc496015094"/>
       <w:bookmarkStart w:id="18" w:name="_Toc518564097"/>
       <w:bookmarkStart w:id="19" w:name="_Toc519766153"/>
       <w:r>
         <w:t>How to make a nomination</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="535AB079" w14:textId="174CB4A6" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+    <w:p w14:paraId="535AB079" w14:textId="3F6D34E1" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you know someone or a group of people whose outstanding contribution should be recognised, please complete the nomination form and return it by </w:t>
       </w:r>
-      <w:r w:rsidR="006132AB" w:rsidRPr="00E878A4">
-[...29 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00EE58B0">
+        <w:t>25 September 2026</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. The nomination form is available on the housing website, visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Social Housing Volunteers Awards page on the Housing website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0072CE"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>http://housing.vic.gov.au/social-housing-volunteer-awards.</w:t>
+        <w:t>http</w:t>
+      </w:r>
+      <w:r w:rsidR="00475C17">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>://housing.vic.gov.au/social-housing-volunteer-awards.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5930FAA1" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>All nominees for the awards will receive a certificate of recognition.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="470BE92D" w14:textId="27B07A65" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+    <w:p w14:paraId="470BE92D" w14:textId="500633D3" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="009A123D">
         <w:t>Minister</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for Housing will announce recipients of the Frances Penington Award and Molly Hadfield Award at a special ceremony, in </w:t>
       </w:r>
-      <w:r w:rsidR="00E878A4">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+      <w:r w:rsidR="00EE58B0">
+        <w:t>December 2026</w:t>
       </w:r>
       <w:r>
-        <w:t>date to be confirmed</w:t>
-[...5 lines deleted...]
-        <w:t>. The department will notify and invite nominees to this event.</w:t>
+        <w:t>, a date is to be confirmed. The department will notify and invite nominees to this event.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EFD3266" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="002613AD">
+    <w:p w14:paraId="2EFD3266" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
-        <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t>Please ensure you complete all parts of the nomination form, including the declaration and signature of the person or group being nominated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42833EBC" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="002613AD">
-[...2 lines deleted...]
-        <w:spacing w:before="480"/>
+    <w:p w14:paraId="42833EBC" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc519766154"/>
       <w:r>
         <w:t>More information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="1F8BF877" w14:textId="23F12A5A" w:rsidR="002613AD" w:rsidRPr="002613AD" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+    <w:p w14:paraId="5E9E5F54" w14:textId="77777777" w:rsidR="00E3764E" w:rsidRDefault="008C6CE9" w:rsidP="00BA0B6D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
-          <w:bCs/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002613AD">
+      <w:r>
         <w:rPr>
-          <w:bCs/>
+          <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">For </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> information about the Frances Penington Award or the Molly Hadfield Award</w:t>
+        <w:t>For further information about the Frances Penington Award or the Molly Hadfield Award</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3369DB" w14:textId="6344422C" w:rsidR="002613AD" w:rsidRPr="002613AD" w:rsidRDefault="008C6CE9" w:rsidP="002613AD">
+    <w:p w14:paraId="4172E25A" w14:textId="77777777" w:rsidR="00E3764E" w:rsidRPr="00E3764E" w:rsidRDefault="008C6CE9" w:rsidP="00E3764E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">call us </w:t>
       </w:r>
       <w:r w:rsidR="00D04E04">
         <w:t>at</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (03) 8633 4357</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 0439 209 122 </w:t>
+        <w:t xml:space="preserve"> (03) 8633 4357/ 0439 209 122 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400A774E" w14:textId="3A83D948" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="002613AD">
+    <w:p w14:paraId="1D3020D3" w14:textId="0D782F31" w:rsidR="00BF3E52" w:rsidRPr="00E3764E" w:rsidRDefault="008C6CE9" w:rsidP="00E3764E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Social Housing Volunteers Awards page on the Housing website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0072CE"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>http://housing.vic.gov.au/social-housing-volunteer-awards.</w:t>
+        <w:t>http</w:t>
+      </w:r>
+      <w:r w:rsidR="00475C17">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>://housing.vic.gov.au/social-housing-volunteer-awards.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D3020D3" w14:textId="77777777" w:rsidR="00BF3E52" w:rsidRPr="00A71A84" w:rsidRDefault="00BF3E52" w:rsidP="00BF3E52">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="1A6DD0C0" w14:textId="288B9B8D" w:rsidR="0031429D" w:rsidRPr="00A71A84" w:rsidRDefault="0031429D" w:rsidP="00E3764E">
+      <w:pPr>
+        <w:pStyle w:val="Accessibilitypara"/>
+        <w:spacing w:before="600"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A71A84">
+        <w:t xml:space="preserve">To receive this publication in an accessible format, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3764E">
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3764E">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00475C17">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00475C17" w:rsidRPr="00DC516D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>housingbusiness.operations@dffh.vic.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A71A84">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01EE1BAA" w14:textId="77777777" w:rsidR="0031429D" w:rsidRPr="00A71A84" w:rsidRDefault="0031429D" w:rsidP="00774965">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A71A84">
+        <w:t>Authorised and published by the Victorian Government, 1 Treasury Place, Melbourne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A7E7EE" w14:textId="77777777" w:rsidR="0031429D" w:rsidRPr="00A71A84" w:rsidRDefault="0031429D" w:rsidP="00774965">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A71A84">
+        <w:t xml:space="preserve">© State of Victoria, Department of Families, Fairness and Housing, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1533A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71A84">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0770CF" w14:textId="17FA4106" w:rsidR="00BF3E52" w:rsidRPr="00300E0D" w:rsidRDefault="0031429D" w:rsidP="00300E0D">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A71A84">
+        <w:t xml:space="preserve">Available on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00DD2EB7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Social Housing Volunteers Awards page on the Housing website</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A71A84">
+        <w:t xml:space="preserve"> http</w:t>
+      </w:r>
+      <w:r w:rsidR="009706D0">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71A84">
+        <w:t>://housing.vic.gov.au/social-housing-volunteer-awards.</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...130 lines deleted...]
-    <w:sectPr w:rsidR="00BF3E52" w:rsidSect="00593A99">
+    <w:sectPr w:rsidR="00BF3E52" w:rsidRPr="00300E0D" w:rsidSect="00593A99">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="851" w:left="851" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DD5C23C" w14:textId="77777777" w:rsidR="00AC636A" w:rsidRDefault="00AC636A">
+    <w:p w14:paraId="5636F2D4" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8958FB" w14:textId="77777777" w:rsidR="00AC636A" w:rsidRDefault="00AC636A"/>
+    <w:p w14:paraId="150E8543" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D7F6603" w14:textId="77777777" w:rsidR="00AC636A" w:rsidRDefault="00AC636A">
+    <w:p w14:paraId="4E78D512" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B79498B" w14:textId="77777777" w:rsidR="00AC636A" w:rsidRDefault="00AC636A"/>
+    <w:p w14:paraId="0C92F626" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="016C29F6" w14:textId="2E550929" w:rsidR="00E261B3" w:rsidRPr="00F65AA9" w:rsidRDefault="00925232" w:rsidP="00EF2C72">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="26FFE5EB" wp14:editId="693F5C54">
           <wp:simplePos x="542260" y="9526772"/>
           <wp:positionH relativeFrom="page">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>bottom</wp:align>
           </wp:positionV>
           <wp:extent cx="7560000" cy="925200"/>
           <wp:effectExtent l="0" t="0" r="3175" b="8255"/>
           <wp:wrapNone/>
           <wp:docPr id="10" name="Picture 10" descr="Victoria State Government"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -1195,93 +1015,93 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7560000" cy="925200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6434A8BE" w14:textId="45D3DFA5" w:rsidR="00593A99" w:rsidRPr="00F65AA9" w:rsidRDefault="00593A99" w:rsidP="00EF2C72">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1662FA5C" w14:textId="77777777" w:rsidR="00AC636A" w:rsidRDefault="00AC636A" w:rsidP="00207717">
+    <w:p w14:paraId="7BFC98A0" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F" w:rsidP="00207717">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="124473C7" w14:textId="77777777" w:rsidR="00AC636A" w:rsidRDefault="00AC636A">
+    <w:p w14:paraId="34041D42" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="671A48DF" w14:textId="77777777" w:rsidR="00AC636A" w:rsidRDefault="00AC636A"/>
+    <w:p w14:paraId="1CE340C0" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="01FD96D1" w14:textId="0CAB4F98" w:rsidR="00E261B3" w:rsidRPr="0051568D" w:rsidRDefault="007F6411" w:rsidP="00170063">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="01FD96D1" w14:textId="2F75F1E5" w:rsidR="00E261B3" w:rsidRPr="0051568D" w:rsidRDefault="007F6411" w:rsidP="00170063">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00856724">
-      <w:t>5</w:t>
+    <w:r w:rsidR="00E1533A">
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> Social Housing Awards - h</w:t>
     </w:r>
     <w:r w:rsidR="00170063" w:rsidRPr="00170063">
       <w:t>ow to nominate a social housing re</w:t>
     </w:r>
     <w:r w:rsidR="00BA23EA">
       <w:t>sident</w:t>
     </w:r>
     <w:r>
       <w:br/>
     </w:r>
     <w:r w:rsidR="00170063" w:rsidRPr="00170063">
       <w:t>Frances Penington and Molly Hadfield Awards</w:t>
     </w:r>
     <w:r w:rsidR="00B14B5F">
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -1295,51 +1115,51 @@
     <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9B685C78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D2A8F2FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -2189,50 +2009,163 @@
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C8F7739"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4F886536"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E6C68D4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B4525A8A"/>
     <w:styleLink w:val="ZZNumbersdigit"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numberdigit"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numberdigitindent"/>
       <w:lvlText w:val="%2."/>
@@ -2323,51 +2256,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EC54A41"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EA56950A"/>
     <w:styleLink w:val="ZZNumberslowerroman"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:pStyle w:val="Numberlowerroman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:pStyle w:val="Numberlowerromanindent"/>
       <w:lvlText w:val="(%2)"/>
@@ -2452,51 +2385,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49E050DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD40D03A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2565,51 +2498,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="541611C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CE309CD8"/>
     <w:styleLink w:val="ZZTablebullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Tablebullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Tablebullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2692,51 +2625,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54BA1E5A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94EEF5CE"/>
     <w:styleLink w:val="ZZBullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Bullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2816,51 +2749,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6309259F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60E46E98"/>
     <w:styleLink w:val="ZZQuotebullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Quotebullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Quotebullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
@@ -2942,51 +2875,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66B20FA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE704FD8"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3055,51 +2988,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="689325F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3BCEE86"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3168,51 +3101,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AC262D6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B38817FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="794" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1191" w:hanging="397"/>
       </w:pPr>
@@ -3291,51 +3224,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77485834"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B2EAC32"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3404,51 +3337,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79255E49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7748BF6"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3511,495 +3444,382 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
-      </w:pPr>
-[...111 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1253903451">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="203519998">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2051030486">
     <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1597980025">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="109015141">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1009452147">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="29915674">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1180504338">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1115369727">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="41831691">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1012417303">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2007323172">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2083407322">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1136341450">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="747533327">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2001889633">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1972637827">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2132358714">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="129789191">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
@@ -4024,179 +3844,179 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1219897311">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="134226116">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="43020000">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1433276984">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1034234292">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="581914674">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="925967120">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="25719254">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="534194269">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1135829579">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1242301613">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="870923714">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="986975012">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1816990630">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1879705308">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="282230058">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="578632956">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1408570730">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1543055244">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1257862836">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1875772399">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1603419897">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="914096496">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="1823963477">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="46" w16cid:durableId="654794576">
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="108"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -4208,60 +4028,60 @@
     <w:rsid w:val="00000719"/>
     <w:rsid w:val="00002D68"/>
     <w:rsid w:val="00003403"/>
     <w:rsid w:val="00004475"/>
     <w:rsid w:val="00005347"/>
     <w:rsid w:val="000072B6"/>
     <w:rsid w:val="0001021B"/>
     <w:rsid w:val="00011D89"/>
     <w:rsid w:val="000154FD"/>
     <w:rsid w:val="00022271"/>
     <w:rsid w:val="000235E8"/>
     <w:rsid w:val="00024D89"/>
     <w:rsid w:val="000250B6"/>
     <w:rsid w:val="00033D81"/>
     <w:rsid w:val="00037366"/>
     <w:rsid w:val="00041BF0"/>
     <w:rsid w:val="00042C8A"/>
     <w:rsid w:val="0004536B"/>
     <w:rsid w:val="00046B68"/>
     <w:rsid w:val="000527DD"/>
     <w:rsid w:val="000578B2"/>
     <w:rsid w:val="00060959"/>
     <w:rsid w:val="00060C8F"/>
     <w:rsid w:val="0006298A"/>
     <w:rsid w:val="000643BD"/>
+    <w:rsid w:val="0006473F"/>
     <w:rsid w:val="000663CD"/>
     <w:rsid w:val="000733FE"/>
     <w:rsid w:val="00074219"/>
     <w:rsid w:val="00074ED5"/>
+    <w:rsid w:val="00083659"/>
     <w:rsid w:val="0008508E"/>
-    <w:rsid w:val="00085862"/>
     <w:rsid w:val="00086557"/>
     <w:rsid w:val="00087951"/>
     <w:rsid w:val="0009113B"/>
-    <w:rsid w:val="000915D7"/>
     <w:rsid w:val="00093402"/>
     <w:rsid w:val="00094DA3"/>
     <w:rsid w:val="00096CD1"/>
     <w:rsid w:val="000A012C"/>
     <w:rsid w:val="000A0EB9"/>
     <w:rsid w:val="000A186C"/>
     <w:rsid w:val="000A1EA4"/>
     <w:rsid w:val="000A2476"/>
     <w:rsid w:val="000A641A"/>
     <w:rsid w:val="000B0542"/>
     <w:rsid w:val="000B2117"/>
     <w:rsid w:val="000B3EDB"/>
     <w:rsid w:val="000B543D"/>
     <w:rsid w:val="000B55F9"/>
     <w:rsid w:val="000B5BF7"/>
     <w:rsid w:val="000B6BC8"/>
     <w:rsid w:val="000C0303"/>
     <w:rsid w:val="000C42EA"/>
     <w:rsid w:val="000C4546"/>
     <w:rsid w:val="000D1242"/>
     <w:rsid w:val="000D3CE3"/>
     <w:rsid w:val="000E0970"/>
     <w:rsid w:val="000E3CC7"/>
     <w:rsid w:val="000E6BD4"/>
     <w:rsid w:val="000E6D6D"/>
@@ -4318,117 +4138,121 @@
     <w:rsid w:val="001B738B"/>
     <w:rsid w:val="001C09DB"/>
     <w:rsid w:val="001C277E"/>
     <w:rsid w:val="001C2A72"/>
     <w:rsid w:val="001C31B7"/>
     <w:rsid w:val="001C3DFC"/>
     <w:rsid w:val="001D0B75"/>
     <w:rsid w:val="001D39A5"/>
     <w:rsid w:val="001D3C09"/>
     <w:rsid w:val="001D44E8"/>
     <w:rsid w:val="001D60EC"/>
     <w:rsid w:val="001D6F59"/>
     <w:rsid w:val="001E3599"/>
     <w:rsid w:val="001E44DF"/>
     <w:rsid w:val="001E68A5"/>
     <w:rsid w:val="001E6BB0"/>
     <w:rsid w:val="001E7282"/>
     <w:rsid w:val="001F1428"/>
     <w:rsid w:val="001F3826"/>
     <w:rsid w:val="001F6E46"/>
     <w:rsid w:val="001F7C91"/>
     <w:rsid w:val="002033B7"/>
     <w:rsid w:val="00206463"/>
     <w:rsid w:val="00206F2F"/>
     <w:rsid w:val="00207717"/>
+    <w:rsid w:val="00207808"/>
     <w:rsid w:val="0021053D"/>
     <w:rsid w:val="00210A92"/>
     <w:rsid w:val="00216C03"/>
     <w:rsid w:val="00220C04"/>
     <w:rsid w:val="0022278D"/>
     <w:rsid w:val="0022701F"/>
     <w:rsid w:val="00227C68"/>
     <w:rsid w:val="00233311"/>
     <w:rsid w:val="002333F5"/>
     <w:rsid w:val="00233724"/>
     <w:rsid w:val="002365B4"/>
+    <w:rsid w:val="002421FA"/>
     <w:rsid w:val="00242378"/>
     <w:rsid w:val="002432E1"/>
     <w:rsid w:val="00246207"/>
     <w:rsid w:val="00246C5E"/>
     <w:rsid w:val="00250960"/>
     <w:rsid w:val="00250DC4"/>
     <w:rsid w:val="00251343"/>
     <w:rsid w:val="002536A4"/>
     <w:rsid w:val="00254F58"/>
-    <w:rsid w:val="002613AD"/>
     <w:rsid w:val="002620BC"/>
     <w:rsid w:val="00262802"/>
     <w:rsid w:val="00263A90"/>
     <w:rsid w:val="0026408B"/>
     <w:rsid w:val="00267C3E"/>
     <w:rsid w:val="002709BB"/>
     <w:rsid w:val="0027131C"/>
     <w:rsid w:val="00273BAC"/>
     <w:rsid w:val="002763B3"/>
     <w:rsid w:val="002802E3"/>
     <w:rsid w:val="00280C4B"/>
     <w:rsid w:val="0028213D"/>
     <w:rsid w:val="002862F1"/>
     <w:rsid w:val="00291373"/>
     <w:rsid w:val="0029597D"/>
     <w:rsid w:val="002962C3"/>
     <w:rsid w:val="0029752B"/>
     <w:rsid w:val="002A0A9C"/>
     <w:rsid w:val="002A2683"/>
     <w:rsid w:val="002A483C"/>
     <w:rsid w:val="002B0C7C"/>
     <w:rsid w:val="002B1729"/>
     <w:rsid w:val="002B36C7"/>
     <w:rsid w:val="002B4DD4"/>
     <w:rsid w:val="002B5277"/>
     <w:rsid w:val="002B5375"/>
     <w:rsid w:val="002B77C1"/>
     <w:rsid w:val="002C0ED7"/>
     <w:rsid w:val="002C2728"/>
     <w:rsid w:val="002D1E0D"/>
     <w:rsid w:val="002D5006"/>
     <w:rsid w:val="002E01D0"/>
     <w:rsid w:val="002E161D"/>
     <w:rsid w:val="002E3100"/>
     <w:rsid w:val="002E6C95"/>
     <w:rsid w:val="002E7C36"/>
     <w:rsid w:val="002F3ADF"/>
     <w:rsid w:val="002F3D32"/>
     <w:rsid w:val="002F5F31"/>
     <w:rsid w:val="002F5F46"/>
+    <w:rsid w:val="00300CDA"/>
+    <w:rsid w:val="00300E0D"/>
     <w:rsid w:val="00302216"/>
     <w:rsid w:val="00303E53"/>
     <w:rsid w:val="00305CC1"/>
     <w:rsid w:val="00306E5F"/>
     <w:rsid w:val="00307E14"/>
     <w:rsid w:val="00314054"/>
+    <w:rsid w:val="0031429D"/>
     <w:rsid w:val="00316F27"/>
     <w:rsid w:val="003214F1"/>
     <w:rsid w:val="00322E4B"/>
     <w:rsid w:val="003252EE"/>
     <w:rsid w:val="00325DAE"/>
     <w:rsid w:val="00327870"/>
     <w:rsid w:val="0033259D"/>
     <w:rsid w:val="003333D2"/>
     <w:rsid w:val="00337339"/>
     <w:rsid w:val="003406C6"/>
     <w:rsid w:val="003418CC"/>
     <w:rsid w:val="003459BD"/>
     <w:rsid w:val="00350D38"/>
     <w:rsid w:val="00351B36"/>
     <w:rsid w:val="00357B4E"/>
     <w:rsid w:val="00365684"/>
     <w:rsid w:val="003716FD"/>
     <w:rsid w:val="0037204B"/>
     <w:rsid w:val="003744CF"/>
     <w:rsid w:val="00374717"/>
     <w:rsid w:val="0037676C"/>
     <w:rsid w:val="00377A1A"/>
     <w:rsid w:val="00381043"/>
     <w:rsid w:val="003829E5"/>
     <w:rsid w:val="00386109"/>
@@ -4476,50 +4300,51 @@
     <w:rsid w:val="00406285"/>
     <w:rsid w:val="004148F9"/>
     <w:rsid w:val="0042084E"/>
     <w:rsid w:val="00421EEF"/>
     <w:rsid w:val="00424D65"/>
     <w:rsid w:val="00430393"/>
     <w:rsid w:val="00431806"/>
     <w:rsid w:val="004350F9"/>
     <w:rsid w:val="00437AC5"/>
     <w:rsid w:val="00442C6C"/>
     <w:rsid w:val="00443CBE"/>
     <w:rsid w:val="00443E8A"/>
     <w:rsid w:val="004441BC"/>
     <w:rsid w:val="004468B4"/>
     <w:rsid w:val="0045230A"/>
     <w:rsid w:val="00454AD0"/>
     <w:rsid w:val="00457337"/>
     <w:rsid w:val="00462E3D"/>
     <w:rsid w:val="0046440A"/>
     <w:rsid w:val="00466E79"/>
     <w:rsid w:val="00470D7D"/>
     <w:rsid w:val="0047372D"/>
     <w:rsid w:val="00473BA3"/>
     <w:rsid w:val="004743DD"/>
     <w:rsid w:val="00474CEA"/>
+    <w:rsid w:val="00475C17"/>
     <w:rsid w:val="00483968"/>
     <w:rsid w:val="004841BE"/>
     <w:rsid w:val="00484F86"/>
     <w:rsid w:val="00490746"/>
     <w:rsid w:val="00490852"/>
     <w:rsid w:val="00491C9C"/>
     <w:rsid w:val="00492F30"/>
     <w:rsid w:val="004946F4"/>
     <w:rsid w:val="0049487E"/>
     <w:rsid w:val="004970C2"/>
     <w:rsid w:val="004A160D"/>
     <w:rsid w:val="004A3E81"/>
     <w:rsid w:val="004A4195"/>
     <w:rsid w:val="004A5C62"/>
     <w:rsid w:val="004A5CE5"/>
     <w:rsid w:val="004A707D"/>
     <w:rsid w:val="004B4185"/>
     <w:rsid w:val="004C5541"/>
     <w:rsid w:val="004C6EEE"/>
     <w:rsid w:val="004C702B"/>
     <w:rsid w:val="004D0033"/>
     <w:rsid w:val="004D016B"/>
     <w:rsid w:val="004D1B22"/>
     <w:rsid w:val="004D23CC"/>
     <w:rsid w:val="004D36F2"/>
@@ -4605,93 +4430,93 @@
     <w:rsid w:val="00627DA7"/>
     <w:rsid w:val="00630DA4"/>
     <w:rsid w:val="00631CD4"/>
     <w:rsid w:val="00632597"/>
     <w:rsid w:val="00634D13"/>
     <w:rsid w:val="006358B4"/>
     <w:rsid w:val="00641724"/>
     <w:rsid w:val="006419AA"/>
     <w:rsid w:val="00644B1F"/>
     <w:rsid w:val="00644B7E"/>
     <w:rsid w:val="006454E6"/>
     <w:rsid w:val="00646235"/>
     <w:rsid w:val="00646A68"/>
     <w:rsid w:val="006505BD"/>
     <w:rsid w:val="006508EA"/>
     <w:rsid w:val="0065092E"/>
     <w:rsid w:val="006557A7"/>
     <w:rsid w:val="00656290"/>
     <w:rsid w:val="006601C9"/>
     <w:rsid w:val="006608D8"/>
     <w:rsid w:val="006621D7"/>
     <w:rsid w:val="0066302A"/>
     <w:rsid w:val="00667770"/>
     <w:rsid w:val="00670597"/>
     <w:rsid w:val="006706D0"/>
-    <w:rsid w:val="00676195"/>
     <w:rsid w:val="00677574"/>
     <w:rsid w:val="00683878"/>
     <w:rsid w:val="0068454C"/>
     <w:rsid w:val="00690663"/>
     <w:rsid w:val="00691B62"/>
     <w:rsid w:val="006933B5"/>
     <w:rsid w:val="00693D14"/>
     <w:rsid w:val="00695A93"/>
     <w:rsid w:val="00696F27"/>
     <w:rsid w:val="006A18C2"/>
     <w:rsid w:val="006A3383"/>
     <w:rsid w:val="006B077C"/>
     <w:rsid w:val="006B16AF"/>
     <w:rsid w:val="006B6803"/>
     <w:rsid w:val="006C4531"/>
     <w:rsid w:val="006D0F16"/>
     <w:rsid w:val="006D2A3F"/>
     <w:rsid w:val="006D2FBC"/>
     <w:rsid w:val="006E138B"/>
     <w:rsid w:val="006E1867"/>
     <w:rsid w:val="006F0330"/>
     <w:rsid w:val="006F1FDC"/>
     <w:rsid w:val="006F6B8C"/>
     <w:rsid w:val="007013EF"/>
     <w:rsid w:val="007055BD"/>
     <w:rsid w:val="007173CA"/>
     <w:rsid w:val="007216AA"/>
     <w:rsid w:val="00721AB5"/>
     <w:rsid w:val="00721CFB"/>
     <w:rsid w:val="00721DEF"/>
     <w:rsid w:val="00724A43"/>
     <w:rsid w:val="007273AC"/>
     <w:rsid w:val="00731AD4"/>
     <w:rsid w:val="00731B60"/>
     <w:rsid w:val="007322CA"/>
     <w:rsid w:val="007346E4"/>
     <w:rsid w:val="00740F22"/>
     <w:rsid w:val="00741977"/>
     <w:rsid w:val="00741CF0"/>
     <w:rsid w:val="00741F1A"/>
     <w:rsid w:val="00743A2C"/>
     <w:rsid w:val="007447DA"/>
+    <w:rsid w:val="00744D84"/>
     <w:rsid w:val="007450F8"/>
     <w:rsid w:val="0074696E"/>
     <w:rsid w:val="00750135"/>
     <w:rsid w:val="00750EC2"/>
     <w:rsid w:val="00752B28"/>
     <w:rsid w:val="007541A9"/>
     <w:rsid w:val="00754E36"/>
     <w:rsid w:val="00763139"/>
     <w:rsid w:val="00766F80"/>
     <w:rsid w:val="007670C8"/>
     <w:rsid w:val="00770F37"/>
     <w:rsid w:val="007711A0"/>
     <w:rsid w:val="00772D5E"/>
     <w:rsid w:val="0077463E"/>
     <w:rsid w:val="00776928"/>
     <w:rsid w:val="00776E0F"/>
     <w:rsid w:val="007774B1"/>
     <w:rsid w:val="00777BE1"/>
     <w:rsid w:val="007833D8"/>
     <w:rsid w:val="00785677"/>
     <w:rsid w:val="00786F16"/>
     <w:rsid w:val="00791BD7"/>
     <w:rsid w:val="007933F7"/>
     <w:rsid w:val="00796E20"/>
     <w:rsid w:val="00797C32"/>
@@ -4721,120 +4546,120 @@
     <w:rsid w:val="007F546C"/>
     <w:rsid w:val="007F625F"/>
     <w:rsid w:val="007F6411"/>
     <w:rsid w:val="007F665E"/>
     <w:rsid w:val="00800412"/>
     <w:rsid w:val="0080587B"/>
     <w:rsid w:val="00806468"/>
     <w:rsid w:val="008119CA"/>
     <w:rsid w:val="00811BBF"/>
     <w:rsid w:val="008130C4"/>
     <w:rsid w:val="008155F0"/>
     <w:rsid w:val="00816735"/>
     <w:rsid w:val="00820141"/>
     <w:rsid w:val="00820E0C"/>
     <w:rsid w:val="00823275"/>
     <w:rsid w:val="0082366F"/>
     <w:rsid w:val="008338A2"/>
     <w:rsid w:val="00841AA9"/>
     <w:rsid w:val="00844783"/>
     <w:rsid w:val="00844ACC"/>
     <w:rsid w:val="008474FE"/>
     <w:rsid w:val="0085232E"/>
     <w:rsid w:val="00853EE4"/>
     <w:rsid w:val="00855535"/>
     <w:rsid w:val="0085609A"/>
-    <w:rsid w:val="00856724"/>
     <w:rsid w:val="00857C5A"/>
     <w:rsid w:val="0086255E"/>
     <w:rsid w:val="008633F0"/>
+    <w:rsid w:val="00867931"/>
     <w:rsid w:val="00867D9D"/>
     <w:rsid w:val="00872C54"/>
     <w:rsid w:val="00872E0A"/>
     <w:rsid w:val="00873594"/>
     <w:rsid w:val="00875285"/>
     <w:rsid w:val="00884B62"/>
     <w:rsid w:val="0088529C"/>
     <w:rsid w:val="00887903"/>
     <w:rsid w:val="0089270A"/>
     <w:rsid w:val="00893AF6"/>
     <w:rsid w:val="00894BC4"/>
     <w:rsid w:val="008A28A8"/>
+    <w:rsid w:val="008A3629"/>
     <w:rsid w:val="008A5B32"/>
     <w:rsid w:val="008A5D60"/>
     <w:rsid w:val="008B2029"/>
     <w:rsid w:val="008B2EE4"/>
     <w:rsid w:val="008B3821"/>
     <w:rsid w:val="008B4D3D"/>
     <w:rsid w:val="008B57C7"/>
     <w:rsid w:val="008C2F92"/>
     <w:rsid w:val="008C589D"/>
     <w:rsid w:val="008C6CE9"/>
     <w:rsid w:val="008C6D51"/>
     <w:rsid w:val="008D2846"/>
     <w:rsid w:val="008D4043"/>
     <w:rsid w:val="008D4236"/>
     <w:rsid w:val="008D462F"/>
     <w:rsid w:val="008D5C45"/>
     <w:rsid w:val="008D6DCF"/>
     <w:rsid w:val="008E3B19"/>
     <w:rsid w:val="008E4376"/>
     <w:rsid w:val="008E7A0A"/>
     <w:rsid w:val="008E7B49"/>
     <w:rsid w:val="008F59F6"/>
     <w:rsid w:val="00900719"/>
     <w:rsid w:val="009017AC"/>
     <w:rsid w:val="00902A9A"/>
     <w:rsid w:val="00904A1C"/>
     <w:rsid w:val="00905030"/>
     <w:rsid w:val="00906490"/>
     <w:rsid w:val="009111B2"/>
     <w:rsid w:val="009151F5"/>
     <w:rsid w:val="00924192"/>
     <w:rsid w:val="00924AE1"/>
     <w:rsid w:val="00925232"/>
     <w:rsid w:val="009257ED"/>
     <w:rsid w:val="009269B1"/>
     <w:rsid w:val="0092724D"/>
     <w:rsid w:val="009272B3"/>
     <w:rsid w:val="009315BE"/>
     <w:rsid w:val="0093338F"/>
-    <w:rsid w:val="00933424"/>
     <w:rsid w:val="00937BD9"/>
     <w:rsid w:val="00950E2C"/>
     <w:rsid w:val="00951D50"/>
     <w:rsid w:val="009525EB"/>
     <w:rsid w:val="0095470B"/>
     <w:rsid w:val="00954874"/>
     <w:rsid w:val="00954D01"/>
     <w:rsid w:val="0095615A"/>
     <w:rsid w:val="00961400"/>
     <w:rsid w:val="00963646"/>
-    <w:rsid w:val="00963FFD"/>
     <w:rsid w:val="0096632D"/>
     <w:rsid w:val="00967124"/>
     <w:rsid w:val="00967335"/>
+    <w:rsid w:val="009706D0"/>
     <w:rsid w:val="009718C7"/>
     <w:rsid w:val="0097559F"/>
     <w:rsid w:val="009761EA"/>
     <w:rsid w:val="0097761E"/>
     <w:rsid w:val="00982454"/>
     <w:rsid w:val="00982CF0"/>
     <w:rsid w:val="009853E1"/>
     <w:rsid w:val="00986E6B"/>
     <w:rsid w:val="00990032"/>
     <w:rsid w:val="00990B19"/>
     <w:rsid w:val="0099153B"/>
     <w:rsid w:val="00991769"/>
     <w:rsid w:val="0099232C"/>
     <w:rsid w:val="00994386"/>
     <w:rsid w:val="00994791"/>
     <w:rsid w:val="009A123D"/>
     <w:rsid w:val="009A13D8"/>
     <w:rsid w:val="009A279E"/>
     <w:rsid w:val="009A3015"/>
     <w:rsid w:val="009A3490"/>
     <w:rsid w:val="009B0A6F"/>
     <w:rsid w:val="009B0A94"/>
     <w:rsid w:val="009B2AE8"/>
     <w:rsid w:val="009B5622"/>
     <w:rsid w:val="009B581A"/>
@@ -4873,138 +4698,140 @@
     <w:rsid w:val="00A11FD8"/>
     <w:rsid w:val="00A1389F"/>
     <w:rsid w:val="00A14996"/>
     <w:rsid w:val="00A157B1"/>
     <w:rsid w:val="00A22229"/>
     <w:rsid w:val="00A24442"/>
     <w:rsid w:val="00A252B9"/>
     <w:rsid w:val="00A32577"/>
     <w:rsid w:val="00A330BB"/>
     <w:rsid w:val="00A34ACD"/>
     <w:rsid w:val="00A359A2"/>
     <w:rsid w:val="00A36159"/>
     <w:rsid w:val="00A44882"/>
     <w:rsid w:val="00A45125"/>
     <w:rsid w:val="00A513A9"/>
     <w:rsid w:val="00A54715"/>
     <w:rsid w:val="00A6061C"/>
     <w:rsid w:val="00A62D44"/>
     <w:rsid w:val="00A67263"/>
     <w:rsid w:val="00A7161C"/>
     <w:rsid w:val="00A77AA3"/>
     <w:rsid w:val="00A8236D"/>
     <w:rsid w:val="00A854EB"/>
     <w:rsid w:val="00A872E5"/>
     <w:rsid w:val="00A91406"/>
+    <w:rsid w:val="00A93FC6"/>
     <w:rsid w:val="00A961B1"/>
     <w:rsid w:val="00A96E65"/>
     <w:rsid w:val="00A96ECE"/>
     <w:rsid w:val="00A97C72"/>
     <w:rsid w:val="00AA310B"/>
     <w:rsid w:val="00AA63D4"/>
     <w:rsid w:val="00AB06E8"/>
     <w:rsid w:val="00AB1CD3"/>
     <w:rsid w:val="00AB352F"/>
     <w:rsid w:val="00AC274B"/>
     <w:rsid w:val="00AC4764"/>
-    <w:rsid w:val="00AC636A"/>
     <w:rsid w:val="00AC6D36"/>
     <w:rsid w:val="00AD0CBA"/>
     <w:rsid w:val="00AD26E2"/>
     <w:rsid w:val="00AD3A7F"/>
     <w:rsid w:val="00AD784C"/>
     <w:rsid w:val="00AE126A"/>
     <w:rsid w:val="00AE1BAE"/>
     <w:rsid w:val="00AE3005"/>
     <w:rsid w:val="00AE3548"/>
     <w:rsid w:val="00AE3BD5"/>
     <w:rsid w:val="00AE59A0"/>
     <w:rsid w:val="00AE7145"/>
     <w:rsid w:val="00AF0C57"/>
     <w:rsid w:val="00AF26F3"/>
     <w:rsid w:val="00AF5F04"/>
     <w:rsid w:val="00B00672"/>
     <w:rsid w:val="00B01B4D"/>
-    <w:rsid w:val="00B02AC8"/>
     <w:rsid w:val="00B04489"/>
     <w:rsid w:val="00B06571"/>
     <w:rsid w:val="00B068BA"/>
     <w:rsid w:val="00B07217"/>
     <w:rsid w:val="00B10F9A"/>
     <w:rsid w:val="00B13851"/>
     <w:rsid w:val="00B13B1C"/>
     <w:rsid w:val="00B14B5F"/>
     <w:rsid w:val="00B21F90"/>
     <w:rsid w:val="00B22291"/>
     <w:rsid w:val="00B23F9A"/>
     <w:rsid w:val="00B2417B"/>
     <w:rsid w:val="00B24E6F"/>
     <w:rsid w:val="00B26CB5"/>
     <w:rsid w:val="00B2752E"/>
     <w:rsid w:val="00B27BBA"/>
     <w:rsid w:val="00B307CC"/>
     <w:rsid w:val="00B326B7"/>
     <w:rsid w:val="00B3588E"/>
     <w:rsid w:val="00B4198F"/>
     <w:rsid w:val="00B41F3D"/>
     <w:rsid w:val="00B431E8"/>
     <w:rsid w:val="00B45141"/>
     <w:rsid w:val="00B4541C"/>
     <w:rsid w:val="00B519CD"/>
     <w:rsid w:val="00B5273A"/>
     <w:rsid w:val="00B57329"/>
     <w:rsid w:val="00B60E61"/>
     <w:rsid w:val="00B62B50"/>
     <w:rsid w:val="00B635B7"/>
     <w:rsid w:val="00B63AE8"/>
     <w:rsid w:val="00B64D86"/>
     <w:rsid w:val="00B65950"/>
     <w:rsid w:val="00B66D83"/>
     <w:rsid w:val="00B672C0"/>
     <w:rsid w:val="00B676FD"/>
     <w:rsid w:val="00B678B6"/>
     <w:rsid w:val="00B706E8"/>
+    <w:rsid w:val="00B718A4"/>
     <w:rsid w:val="00B75646"/>
     <w:rsid w:val="00B7629E"/>
     <w:rsid w:val="00B90729"/>
     <w:rsid w:val="00B907DA"/>
     <w:rsid w:val="00B950BC"/>
     <w:rsid w:val="00B95AB9"/>
     <w:rsid w:val="00B9714C"/>
+    <w:rsid w:val="00BA0B6D"/>
     <w:rsid w:val="00BA23EA"/>
     <w:rsid w:val="00BA29AD"/>
     <w:rsid w:val="00BA33CF"/>
     <w:rsid w:val="00BA3F8D"/>
     <w:rsid w:val="00BB7A10"/>
     <w:rsid w:val="00BC60BE"/>
     <w:rsid w:val="00BC7468"/>
     <w:rsid w:val="00BC7D4F"/>
     <w:rsid w:val="00BC7ED7"/>
     <w:rsid w:val="00BD2850"/>
     <w:rsid w:val="00BD6049"/>
     <w:rsid w:val="00BE0E9E"/>
     <w:rsid w:val="00BE28D2"/>
+    <w:rsid w:val="00BE4A04"/>
     <w:rsid w:val="00BE4A64"/>
     <w:rsid w:val="00BE5E43"/>
     <w:rsid w:val="00BF32E4"/>
     <w:rsid w:val="00BF3E52"/>
     <w:rsid w:val="00BF557D"/>
     <w:rsid w:val="00BF7F58"/>
     <w:rsid w:val="00C01381"/>
     <w:rsid w:val="00C01AB1"/>
     <w:rsid w:val="00C026A0"/>
     <w:rsid w:val="00C03EA4"/>
     <w:rsid w:val="00C04F42"/>
     <w:rsid w:val="00C06137"/>
     <w:rsid w:val="00C06929"/>
     <w:rsid w:val="00C06F46"/>
     <w:rsid w:val="00C079B8"/>
     <w:rsid w:val="00C10037"/>
     <w:rsid w:val="00C123EA"/>
     <w:rsid w:val="00C12A49"/>
     <w:rsid w:val="00C133EE"/>
     <w:rsid w:val="00C149D0"/>
     <w:rsid w:val="00C231A0"/>
     <w:rsid w:val="00C26588"/>
     <w:rsid w:val="00C27DE9"/>
     <w:rsid w:val="00C32989"/>
     <w:rsid w:val="00C33388"/>
@@ -5013,51 +4840,50 @@
     <w:rsid w:val="00C50DED"/>
     <w:rsid w:val="00C52217"/>
     <w:rsid w:val="00C602FF"/>
     <w:rsid w:val="00C61174"/>
     <w:rsid w:val="00C6148F"/>
     <w:rsid w:val="00C621B1"/>
     <w:rsid w:val="00C62F7A"/>
     <w:rsid w:val="00C63B9C"/>
     <w:rsid w:val="00C6682F"/>
     <w:rsid w:val="00C67BF4"/>
     <w:rsid w:val="00C7275E"/>
     <w:rsid w:val="00C74C5D"/>
     <w:rsid w:val="00C82621"/>
     <w:rsid w:val="00C863C4"/>
     <w:rsid w:val="00C920EA"/>
     <w:rsid w:val="00C93C3E"/>
     <w:rsid w:val="00CA12E3"/>
     <w:rsid w:val="00CA1476"/>
     <w:rsid w:val="00CA6611"/>
     <w:rsid w:val="00CA6AE6"/>
     <w:rsid w:val="00CA782F"/>
     <w:rsid w:val="00CB187B"/>
     <w:rsid w:val="00CB2835"/>
     <w:rsid w:val="00CB3285"/>
     <w:rsid w:val="00CB4500"/>
-    <w:rsid w:val="00CB7E04"/>
     <w:rsid w:val="00CC0C72"/>
     <w:rsid w:val="00CC2BFD"/>
     <w:rsid w:val="00CD1A9A"/>
     <w:rsid w:val="00CD3476"/>
     <w:rsid w:val="00CD64DF"/>
     <w:rsid w:val="00CE225F"/>
     <w:rsid w:val="00CF2F50"/>
     <w:rsid w:val="00CF4148"/>
     <w:rsid w:val="00CF6198"/>
     <w:rsid w:val="00D02919"/>
     <w:rsid w:val="00D04C61"/>
     <w:rsid w:val="00D04E04"/>
     <w:rsid w:val="00D05B8D"/>
     <w:rsid w:val="00D05B9B"/>
     <w:rsid w:val="00D065A2"/>
     <w:rsid w:val="00D079AA"/>
     <w:rsid w:val="00D07F00"/>
     <w:rsid w:val="00D1130F"/>
     <w:rsid w:val="00D17B72"/>
     <w:rsid w:val="00D3185C"/>
     <w:rsid w:val="00D3205F"/>
     <w:rsid w:val="00D3318E"/>
     <w:rsid w:val="00D33E72"/>
     <w:rsid w:val="00D35BD6"/>
     <w:rsid w:val="00D361B5"/>
@@ -5076,156 +4902,160 @@
     <w:rsid w:val="00D81F21"/>
     <w:rsid w:val="00D8423D"/>
     <w:rsid w:val="00D864F2"/>
     <w:rsid w:val="00D943F8"/>
     <w:rsid w:val="00D95470"/>
     <w:rsid w:val="00D96B55"/>
     <w:rsid w:val="00DA2619"/>
     <w:rsid w:val="00DA2E57"/>
     <w:rsid w:val="00DA4239"/>
     <w:rsid w:val="00DA65DE"/>
     <w:rsid w:val="00DB0B61"/>
     <w:rsid w:val="00DB1474"/>
     <w:rsid w:val="00DB2962"/>
     <w:rsid w:val="00DB52FB"/>
     <w:rsid w:val="00DC013B"/>
     <w:rsid w:val="00DC090B"/>
     <w:rsid w:val="00DC1679"/>
     <w:rsid w:val="00DC219B"/>
     <w:rsid w:val="00DC2CF1"/>
     <w:rsid w:val="00DC3A7C"/>
     <w:rsid w:val="00DC4FCF"/>
     <w:rsid w:val="00DC50E0"/>
     <w:rsid w:val="00DC6386"/>
     <w:rsid w:val="00DD1130"/>
     <w:rsid w:val="00DD1951"/>
+    <w:rsid w:val="00DD2EB7"/>
     <w:rsid w:val="00DD487D"/>
     <w:rsid w:val="00DD4E83"/>
     <w:rsid w:val="00DD6628"/>
     <w:rsid w:val="00DD6945"/>
     <w:rsid w:val="00DE2D04"/>
     <w:rsid w:val="00DE3250"/>
     <w:rsid w:val="00DE6028"/>
     <w:rsid w:val="00DE6C85"/>
     <w:rsid w:val="00DE78A3"/>
     <w:rsid w:val="00DF1A71"/>
     <w:rsid w:val="00DF50FC"/>
     <w:rsid w:val="00DF68C7"/>
     <w:rsid w:val="00DF731A"/>
     <w:rsid w:val="00E06B75"/>
     <w:rsid w:val="00E11332"/>
     <w:rsid w:val="00E11352"/>
+    <w:rsid w:val="00E1533A"/>
     <w:rsid w:val="00E1652C"/>
     <w:rsid w:val="00E170DC"/>
     <w:rsid w:val="00E17546"/>
     <w:rsid w:val="00E210B5"/>
     <w:rsid w:val="00E261B3"/>
     <w:rsid w:val="00E26818"/>
     <w:rsid w:val="00E27FFC"/>
     <w:rsid w:val="00E30B15"/>
     <w:rsid w:val="00E33237"/>
+    <w:rsid w:val="00E3764E"/>
     <w:rsid w:val="00E40181"/>
     <w:rsid w:val="00E54950"/>
     <w:rsid w:val="00E55FB3"/>
     <w:rsid w:val="00E56A01"/>
     <w:rsid w:val="00E629A1"/>
     <w:rsid w:val="00E6794C"/>
     <w:rsid w:val="00E71591"/>
     <w:rsid w:val="00E71CEB"/>
     <w:rsid w:val="00E7474F"/>
     <w:rsid w:val="00E80DE3"/>
     <w:rsid w:val="00E82C55"/>
     <w:rsid w:val="00E8787E"/>
-    <w:rsid w:val="00E878A4"/>
     <w:rsid w:val="00E92AC3"/>
     <w:rsid w:val="00E95822"/>
     <w:rsid w:val="00EA2F6A"/>
     <w:rsid w:val="00EB00E0"/>
     <w:rsid w:val="00EB05D5"/>
     <w:rsid w:val="00EB1931"/>
     <w:rsid w:val="00EC059F"/>
     <w:rsid w:val="00EC1F24"/>
     <w:rsid w:val="00EC20FF"/>
     <w:rsid w:val="00EC22F6"/>
     <w:rsid w:val="00ED195F"/>
     <w:rsid w:val="00ED54CC"/>
     <w:rsid w:val="00ED5B9B"/>
     <w:rsid w:val="00ED6BAD"/>
     <w:rsid w:val="00ED7447"/>
     <w:rsid w:val="00EE00D6"/>
     <w:rsid w:val="00EE11E7"/>
     <w:rsid w:val="00EE1488"/>
     <w:rsid w:val="00EE1730"/>
     <w:rsid w:val="00EE29AD"/>
     <w:rsid w:val="00EE3E24"/>
     <w:rsid w:val="00EE4D5D"/>
     <w:rsid w:val="00EE5131"/>
+    <w:rsid w:val="00EE58B0"/>
     <w:rsid w:val="00EF109B"/>
     <w:rsid w:val="00EF201C"/>
     <w:rsid w:val="00EF2C72"/>
     <w:rsid w:val="00EF36AF"/>
     <w:rsid w:val="00EF59A3"/>
     <w:rsid w:val="00EF6675"/>
     <w:rsid w:val="00F0063D"/>
     <w:rsid w:val="00F00F9C"/>
     <w:rsid w:val="00F01E5F"/>
     <w:rsid w:val="00F024F3"/>
     <w:rsid w:val="00F029DC"/>
     <w:rsid w:val="00F02ABA"/>
     <w:rsid w:val="00F03701"/>
     <w:rsid w:val="00F0437A"/>
     <w:rsid w:val="00F101B8"/>
     <w:rsid w:val="00F10C7D"/>
     <w:rsid w:val="00F11037"/>
     <w:rsid w:val="00F16F1B"/>
     <w:rsid w:val="00F250A9"/>
     <w:rsid w:val="00F267AF"/>
     <w:rsid w:val="00F30FF4"/>
     <w:rsid w:val="00F3122E"/>
     <w:rsid w:val="00F32368"/>
     <w:rsid w:val="00F331AD"/>
     <w:rsid w:val="00F35287"/>
     <w:rsid w:val="00F40A70"/>
     <w:rsid w:val="00F43A37"/>
     <w:rsid w:val="00F4641B"/>
     <w:rsid w:val="00F46EB8"/>
     <w:rsid w:val="00F476B8"/>
     <w:rsid w:val="00F50CD1"/>
     <w:rsid w:val="00F511E4"/>
     <w:rsid w:val="00F52D09"/>
     <w:rsid w:val="00F52E08"/>
     <w:rsid w:val="00F53A66"/>
     <w:rsid w:val="00F5462D"/>
     <w:rsid w:val="00F55B21"/>
     <w:rsid w:val="00F56EF6"/>
     <w:rsid w:val="00F60082"/>
     <w:rsid w:val="00F61A9F"/>
     <w:rsid w:val="00F61B5F"/>
     <w:rsid w:val="00F64696"/>
     <w:rsid w:val="00F65AA9"/>
     <w:rsid w:val="00F66892"/>
     <w:rsid w:val="00F6768F"/>
+    <w:rsid w:val="00F71FE6"/>
     <w:rsid w:val="00F72115"/>
     <w:rsid w:val="00F72C2C"/>
     <w:rsid w:val="00F741F2"/>
     <w:rsid w:val="00F76CAB"/>
     <w:rsid w:val="00F772C6"/>
     <w:rsid w:val="00F815B5"/>
     <w:rsid w:val="00F85195"/>
     <w:rsid w:val="00F868E3"/>
     <w:rsid w:val="00F938BA"/>
     <w:rsid w:val="00F972B1"/>
     <w:rsid w:val="00F97919"/>
     <w:rsid w:val="00FA2C46"/>
     <w:rsid w:val="00FA3525"/>
     <w:rsid w:val="00FA5A53"/>
     <w:rsid w:val="00FB3501"/>
     <w:rsid w:val="00FB4769"/>
     <w:rsid w:val="00FB4CDA"/>
     <w:rsid w:val="00FB5B4E"/>
     <w:rsid w:val="00FB6481"/>
     <w:rsid w:val="00FB6D36"/>
     <w:rsid w:val="00FC0965"/>
     <w:rsid w:val="00FC0F81"/>
     <w:rsid w:val="00FC252F"/>
     <w:rsid w:val="00FC395C"/>
     <w:rsid w:val="00FC5E8E"/>
@@ -5248,51 +5078,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="20609C5E"/>
   <w15:docId w15:val="{3531B8DC-BA3B-48BD-BFBF-40C7B3A3E634}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6873,51 +6703,51 @@
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DHHSTOCheadingfactsheet">
     <w:name w:val="DHHS TOC heading fact sheet"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="DHHSTOCheadingfactsheetChar"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="005A3384"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="200" w:line="320" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="137504755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="94056959">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7145,51 +6975,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2146117194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://housing.vic.gov.au/social-housing-volunteer-awards" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://housing.vic.gov.au/social-housing-volunteer-awards" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Housingbusiness.operations@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://housing.vic.gov.au/social-housing-volunteer-awards" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/social-housing-volunteer-awards" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://housing.vic.gov.au/social-housing-volunteer-awards" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housingbusiness.operations@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/social-housing-volunteer-awards" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7454,78 +7284,79 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010013BA49875A43704AB66D9A56DE5CE526" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="97e876576e5085afe9750c7e92625d42">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c61032b6-079a-4ee8-8212-7e38f7e5cc9d" xmlns:ns3="33088d7d-0c77-4871-9003-71b6d751d43c" xmlns:ns4="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3f3cc69ae65e0484c6041086861a86c5" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010013BA49875A43704AB66D9A56DE5CE526" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0a33d3243d06cd3835703d51b1ec0e1d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c61032b6-079a-4ee8-8212-7e38f7e5cc9d" xmlns:ns3="33088d7d-0c77-4871-9003-71b6d751d43c" xmlns:ns4="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4e6874b8fc259afd80796c55e62b150f" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="c61032b6-079a-4ee8-8212-7e38f7e5cc9d"/>
     <xsd:import namespace="33088d7d-0c77-4871-9003-71b6d751d43c"/>
     <xsd:import namespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c61032b6-079a-4ee8-8212-7e38f7e5cc9d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -7564,50 +7395,55 @@
     <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6e24e156-28e6-48ad-9c0f-4171595c9d94" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="33088d7d-0c77-4871-9003-71b6d751d43c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -7714,151 +7550,151 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c61032b6-079a-4ee8-8212-7e38f7e5cc9d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5ce0f2b5-5be5-4508-bce9-d7011ece0659" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85E18A40-D2A6-4736-9947-18B1869C8164}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{577DB283-E6B8-4EFC-84F5-C9863AB4C70C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c61032b6-079a-4ee8-8212-7e38f7e5cc9d"/>
     <ds:schemaRef ds:uri="33088d7d-0c77-4871-9003-71b6d751d43c"/>
     <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58CE1EBB-C189-4849-810F-0EC61D30BAF7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C30E650E-AC1E-48EA-81B8-1F904E97E90D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AC28CD-794A-4DE5-9080-AF945367D2AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c61032b6-079a-4ee8-8212-7e38f7e5cc9d"/>
     <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C30E650E-AC1E-48EA-81B8-1F904E97E90D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58CE1EBB-C189-4849-810F-0EC61D30BAF7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>621</Words>
-  <Characters>3544</Characters>
+  <Words>618</Words>
+  <Characters>3527</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2025 Social Housing Volunteer Awards</vt:lpstr>
+      <vt:lpstr>2026 Social Housing Volunteer Awards</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4157</CharactersWithSpaces>
+  <CharactersWithSpaces>4137</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>7602296</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>36</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://intranet.dhhs.vic.gov.au/graphic-design-process</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7209064</vt:i4>
       </vt:variant>
@@ -7972,59 +7808,60 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc480380484</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>2025 Social Housing Volunteer Awards</dc:title>
-  <dc:subject>2025 Social Housing Volunteer Awards</dc:subject>
+  <dc:title>2026 Social Housing Volunteer Awards</dc:title>
+  <dc:subject>2026 Social Housing Volunteer Awards</dc:subject>
   <dc:creator>Housing Business Support</dc:creator>
-  <cp:keywords>2025, Social Housing, Volunteer Awards, Awards</cp:keywords>
+  <cp:keywords>2026, Social Housing, Volunteer Awards, Awards</cp:keywords>
   <dc:description/>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>2025 Social Housing Volunteer Awards</cp:category>
+  <cp:category>2026 Social Housing Volunteer Awards</cp:category>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x01010013BA49875A43704AB66D9A56DE5CE526</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="version">
     <vt:lpwstr>v8 15022022 sbv2 03032023</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_efdf5488-3066-4b6c-8fea-9472b8a1f34c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_efdf5488-3066-4b6c-8fea-9472b8a1f34c_SetDate">
     <vt:lpwstr>2022-04-12T04:42:31Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_efdf5488-3066-4b6c-8fea-9472b8a1f34c_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_efdf5488-3066-4b6c-8fea-9472b8a1f34c_Name">