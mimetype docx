--- v1 (2025-12-18)
+++ v2 (2026-03-29)
@@ -570,107 +570,111 @@
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc429388510"/>
       <w:bookmarkStart w:id="17" w:name="_Toc496015094"/>
       <w:bookmarkStart w:id="18" w:name="_Toc518564097"/>
       <w:bookmarkStart w:id="19" w:name="_Toc519766153"/>
       <w:r>
         <w:t>How to make a nomination</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="535AB079" w14:textId="3F6D34E1" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you know someone or a group of people whose outstanding contribution should be recognised, please complete the nomination form and return it by </w:t>
       </w:r>
-      <w:r w:rsidR="00EE58B0">
+      <w:r w:rsidR="00EE58B0" w:rsidRPr="00782220">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>25 September 2026</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. The nomination form is available on the housing website, visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Social Housing Volunteers Awards page on the Housing website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0072CE"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>http</w:t>
       </w:r>
       <w:r w:rsidR="00475C17">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>://housing.vic.gov.au/social-housing-volunteer-awards.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5930FAA1" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>All nominees for the awards will receive a certificate of recognition.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="470BE92D" w14:textId="500633D3" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
+    <w:p w14:paraId="470BE92D" w14:textId="4BC54F5E" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="009A123D">
         <w:t>Minister</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> for Housing will announce recipients of the Frances Penington Award and Molly Hadfield Award at a special ceremony, in </w:t>
-[...2 lines deleted...]
-        <w:t>December 2026</w:t>
+        <w:t xml:space="preserve"> for Housing will announce recipients of the Frances Penington Award and Molly Hadfield Award at a special ceremony </w:t>
+      </w:r>
+      <w:r w:rsidR="00782220">
+        <w:t>later this year</w:t>
       </w:r>
       <w:r>
-        <w:t>, a date is to be confirmed. The department will notify and invite nominees to this event.</w:t>
+        <w:t>. The department will notify and invite nominees to this event.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EFD3266" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>Please ensure you complete all parts of the nomination form, including the declaration and signature of the person or group being nominated.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42833EBC" w14:textId="77777777" w:rsidR="008C6CE9" w:rsidRDefault="008C6CE9" w:rsidP="008C6CE9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc519766154"/>
       <w:r>
         <w:t>More information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="5E9E5F54" w14:textId="77777777" w:rsidR="00E3764E" w:rsidRDefault="008C6CE9" w:rsidP="00BA0B6D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:b/>
@@ -758,125 +762,137 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00475C17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00475C17" w:rsidRPr="00DC516D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>housingbusiness.operations@dffh.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A71A84">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01EE1BAA" w14:textId="77777777" w:rsidR="0031429D" w:rsidRPr="00A71A84" w:rsidRDefault="0031429D" w:rsidP="00774965">
       <w:pPr>
         <w:pStyle w:val="Imprint"/>
       </w:pPr>
       <w:r w:rsidRPr="00A71A84">
         <w:t>Authorised and published by the Victorian Government, 1 Treasury Place, Melbourne.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A7E7EE" w14:textId="77777777" w:rsidR="0031429D" w:rsidRPr="00A71A84" w:rsidRDefault="0031429D" w:rsidP="00774965">
+    <w:p w14:paraId="26A7E7EE" w14:textId="56C7D864" w:rsidR="0031429D" w:rsidRPr="00A71A84" w:rsidRDefault="0031429D" w:rsidP="00774965">
       <w:pPr>
         <w:pStyle w:val="Imprint"/>
       </w:pPr>
       <w:r w:rsidRPr="00A71A84">
         <w:t xml:space="preserve">© State of Victoria, Department of Families, Fairness and Housing, </w:t>
+      </w:r>
+      <w:r w:rsidR="00782220">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">March </w:t>
       </w:r>
       <w:r w:rsidRPr="00E1533A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>December 2025</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00782220">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71A84">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0770CF" w14:textId="17FA4106" w:rsidR="00BF3E52" w:rsidRPr="00300E0D" w:rsidRDefault="0031429D" w:rsidP="00300E0D">
       <w:pPr>
         <w:pStyle w:val="Imprint"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71A84">
         <w:t xml:space="preserve">Available on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00DD2EB7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Social Housing Volunteers Awards page on the Housing website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A71A84">
         <w:t xml:space="preserve"> http</w:t>
       </w:r>
       <w:r w:rsidR="009706D0">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71A84">
         <w:t>://housing.vic.gov.au/social-housing-volunteer-awards.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BF3E52" w:rsidRPr="00300E0D" w:rsidSect="00593A99">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="851" w:left="851" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5636F2D4" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F">
+    <w:p w14:paraId="5B87E79A" w14:textId="77777777" w:rsidR="00A23CF9" w:rsidRDefault="00A23CF9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="150E8543" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F"/>
+    <w:p w14:paraId="07CCD4E4" w14:textId="77777777" w:rsidR="00A23CF9" w:rsidRDefault="00A23CF9"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E78D512" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F">
+    <w:p w14:paraId="7660A55F" w14:textId="77777777" w:rsidR="00A23CF9" w:rsidRDefault="00A23CF9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C92F626" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F"/>
+    <w:p w14:paraId="74B534FB" w14:textId="77777777" w:rsidR="00A23CF9" w:rsidRDefault="00A23CF9"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -1027,66 +1043,66 @@
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6434A8BE" w14:textId="45D3DFA5" w:rsidR="00593A99" w:rsidRPr="00F65AA9" w:rsidRDefault="00593A99" w:rsidP="00EF2C72">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BFC98A0" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F" w:rsidP="00207717">
+    <w:p w14:paraId="5A461972" w14:textId="77777777" w:rsidR="00A23CF9" w:rsidRDefault="00A23CF9" w:rsidP="00207717">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34041D42" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F">
+    <w:p w14:paraId="317B85EE" w14:textId="77777777" w:rsidR="00A23CF9" w:rsidRDefault="00A23CF9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE340C0" w14:textId="77777777" w:rsidR="0006473F" w:rsidRDefault="0006473F"/>
+    <w:p w14:paraId="6ACDC616" w14:textId="77777777" w:rsidR="00A23CF9" w:rsidRDefault="00A23CF9"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01FD96D1" w14:textId="2F75F1E5" w:rsidR="00E261B3" w:rsidRPr="0051568D" w:rsidRDefault="007F6411" w:rsidP="00170063">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>202</w:t>
     </w:r>
     <w:r w:rsidR="00E1533A">
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> Social Housing Awards - h</w:t>
     </w:r>
     <w:r w:rsidR="00170063" w:rsidRPr="00170063">
       <w:t>ow to nominate a social housing re</w:t>
     </w:r>
     <w:r w:rsidR="00BA23EA">
       <w:t>sident</w:t>
     </w:r>
@@ -4251,50 +4267,51 @@
     <w:rsid w:val="0037204B"/>
     <w:rsid w:val="003744CF"/>
     <w:rsid w:val="00374717"/>
     <w:rsid w:val="0037676C"/>
     <w:rsid w:val="00377A1A"/>
     <w:rsid w:val="00381043"/>
     <w:rsid w:val="003829E5"/>
     <w:rsid w:val="00386109"/>
     <w:rsid w:val="00386944"/>
     <w:rsid w:val="0039189D"/>
     <w:rsid w:val="003956CC"/>
     <w:rsid w:val="00395C9A"/>
     <w:rsid w:val="003A04E1"/>
     <w:rsid w:val="003A0853"/>
     <w:rsid w:val="003A6B67"/>
     <w:rsid w:val="003B13B6"/>
     <w:rsid w:val="003B14C3"/>
     <w:rsid w:val="003B15E6"/>
     <w:rsid w:val="003B1BDC"/>
     <w:rsid w:val="003B408A"/>
     <w:rsid w:val="003C08A2"/>
     <w:rsid w:val="003C2045"/>
     <w:rsid w:val="003C43A1"/>
     <w:rsid w:val="003C4FC0"/>
     <w:rsid w:val="003C55F4"/>
+    <w:rsid w:val="003C5841"/>
     <w:rsid w:val="003C67C0"/>
     <w:rsid w:val="003C7897"/>
     <w:rsid w:val="003C7A3F"/>
     <w:rsid w:val="003D2766"/>
     <w:rsid w:val="003D2A74"/>
     <w:rsid w:val="003D3E8F"/>
     <w:rsid w:val="003D6475"/>
     <w:rsid w:val="003D6EE6"/>
     <w:rsid w:val="003D7000"/>
     <w:rsid w:val="003D7E30"/>
     <w:rsid w:val="003E375C"/>
     <w:rsid w:val="003E4086"/>
     <w:rsid w:val="003E639E"/>
     <w:rsid w:val="003E71E5"/>
     <w:rsid w:val="003F0445"/>
     <w:rsid w:val="003F0CF0"/>
     <w:rsid w:val="003F14B1"/>
     <w:rsid w:val="003F2B20"/>
     <w:rsid w:val="003F3289"/>
     <w:rsid w:val="003F3C62"/>
     <w:rsid w:val="003F5CB9"/>
     <w:rsid w:val="004013C7"/>
     <w:rsid w:val="004016A8"/>
     <w:rsid w:val="00401FCF"/>
     <w:rsid w:val="00406285"/>
@@ -4491,50 +4508,51 @@
     <w:rsid w:val="00740F22"/>
     <w:rsid w:val="00741977"/>
     <w:rsid w:val="00741CF0"/>
     <w:rsid w:val="00741F1A"/>
     <w:rsid w:val="00743A2C"/>
     <w:rsid w:val="007447DA"/>
     <w:rsid w:val="00744D84"/>
     <w:rsid w:val="007450F8"/>
     <w:rsid w:val="0074696E"/>
     <w:rsid w:val="00750135"/>
     <w:rsid w:val="00750EC2"/>
     <w:rsid w:val="00752B28"/>
     <w:rsid w:val="007541A9"/>
     <w:rsid w:val="00754E36"/>
     <w:rsid w:val="00763139"/>
     <w:rsid w:val="00766F80"/>
     <w:rsid w:val="007670C8"/>
     <w:rsid w:val="00770F37"/>
     <w:rsid w:val="007711A0"/>
     <w:rsid w:val="00772D5E"/>
     <w:rsid w:val="0077463E"/>
     <w:rsid w:val="00776928"/>
     <w:rsid w:val="00776E0F"/>
     <w:rsid w:val="007774B1"/>
     <w:rsid w:val="00777BE1"/>
+    <w:rsid w:val="00782220"/>
     <w:rsid w:val="007833D8"/>
     <w:rsid w:val="00785677"/>
     <w:rsid w:val="00786F16"/>
     <w:rsid w:val="00791BD7"/>
     <w:rsid w:val="007933F7"/>
     <w:rsid w:val="00796E20"/>
     <w:rsid w:val="00797C32"/>
     <w:rsid w:val="007A11E8"/>
     <w:rsid w:val="007B0914"/>
     <w:rsid w:val="007B1374"/>
     <w:rsid w:val="007B32E5"/>
     <w:rsid w:val="007B3DB9"/>
     <w:rsid w:val="007B589F"/>
     <w:rsid w:val="007B6186"/>
     <w:rsid w:val="007B73BC"/>
     <w:rsid w:val="007C1838"/>
     <w:rsid w:val="007C1CD1"/>
     <w:rsid w:val="007C20B9"/>
     <w:rsid w:val="007C7301"/>
     <w:rsid w:val="007C7859"/>
     <w:rsid w:val="007C7F28"/>
     <w:rsid w:val="007D1466"/>
     <w:rsid w:val="007D2BDE"/>
     <w:rsid w:val="007D2FB6"/>
     <w:rsid w:val="007D49EB"/>
@@ -4678,50 +4696,51 @@
     <w:rsid w:val="009E08D1"/>
     <w:rsid w:val="009E1B95"/>
     <w:rsid w:val="009E496F"/>
     <w:rsid w:val="009E4B0D"/>
     <w:rsid w:val="009E5250"/>
     <w:rsid w:val="009E7A69"/>
     <w:rsid w:val="009E7F92"/>
     <w:rsid w:val="009F02A3"/>
     <w:rsid w:val="009F2F27"/>
     <w:rsid w:val="009F34AA"/>
     <w:rsid w:val="009F6BCB"/>
     <w:rsid w:val="009F7B78"/>
     <w:rsid w:val="00A0057A"/>
     <w:rsid w:val="00A02FA1"/>
     <w:rsid w:val="00A04036"/>
     <w:rsid w:val="00A04CCE"/>
     <w:rsid w:val="00A07421"/>
     <w:rsid w:val="00A0776B"/>
     <w:rsid w:val="00A10FB9"/>
     <w:rsid w:val="00A11421"/>
     <w:rsid w:val="00A11FD8"/>
     <w:rsid w:val="00A1389F"/>
     <w:rsid w:val="00A14996"/>
     <w:rsid w:val="00A157B1"/>
     <w:rsid w:val="00A22229"/>
+    <w:rsid w:val="00A23CF9"/>
     <w:rsid w:val="00A24442"/>
     <w:rsid w:val="00A252B9"/>
     <w:rsid w:val="00A32577"/>
     <w:rsid w:val="00A330BB"/>
     <w:rsid w:val="00A34ACD"/>
     <w:rsid w:val="00A359A2"/>
     <w:rsid w:val="00A36159"/>
     <w:rsid w:val="00A44882"/>
     <w:rsid w:val="00A45125"/>
     <w:rsid w:val="00A513A9"/>
     <w:rsid w:val="00A54715"/>
     <w:rsid w:val="00A6061C"/>
     <w:rsid w:val="00A62D44"/>
     <w:rsid w:val="00A67263"/>
     <w:rsid w:val="00A7161C"/>
     <w:rsid w:val="00A77AA3"/>
     <w:rsid w:val="00A8236D"/>
     <w:rsid w:val="00A854EB"/>
     <w:rsid w:val="00A872E5"/>
     <w:rsid w:val="00A91406"/>
     <w:rsid w:val="00A93FC6"/>
     <w:rsid w:val="00A961B1"/>
     <w:rsid w:val="00A96E65"/>
     <w:rsid w:val="00A96ECE"/>
     <w:rsid w:val="00A97C72"/>
@@ -7284,50 +7303,74 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c61032b6-079a-4ee8-8212-7e38f7e5cc9d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5ce0f2b5-5be5-4508-bce9-d7011ece0659" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010013BA49875A43704AB66D9A56DE5CE526" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0a33d3243d06cd3835703d51b1ec0e1d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c61032b6-079a-4ee8-8212-7e38f7e5cc9d" xmlns:ns3="33088d7d-0c77-4871-9003-71b6d751d43c" xmlns:ns4="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4e6874b8fc259afd80796c55e62b150f" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="c61032b6-079a-4ee8-8212-7e38f7e5cc9d"/>
     <xsd:import namespace="33088d7d-0c77-4871-9003-71b6d751d43c"/>
     <xsd:import namespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -7549,152 +7592,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58CE1EBB-C189-4849-810F-0EC61D30BAF7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AC28CD-794A-4DE5-9080-AF945367D2AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c61032b6-079a-4ee8-8212-7e38f7e5cc9d"/>
+    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C30E650E-AC1E-48EA-81B8-1F904E97E90D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{577DB283-E6B8-4EFC-84F5-C9863AB4C70C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c61032b6-079a-4ee8-8212-7e38f7e5cc9d"/>
     <ds:schemaRef ds:uri="33088d7d-0c77-4871-9003-71b6d751d43c"/>
     <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3527</Characters>
+  <Pages>1</Pages>
+  <Words>613</Words>
+  <Characters>3500</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026 Social Housing Volunteer Awards</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4137</CharactersWithSpaces>
+  <CharactersWithSpaces>4105</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>7602296</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>36</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://intranet.dhhs.vic.gov.au/graphic-design-process</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7209064</vt:i4>
       </vt:variant>
@@ -7813,51 +7832,50 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc480380484</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2026 Social Housing Volunteer Awards</dc:title>
   <dc:subject>2026 Social Housing Volunteer Awards</dc:subject>
   <dc:creator>Housing Business Support</dc:creator>
   <cp:keywords>2026, Social Housing, Volunteer Awards, Awards</cp:keywords>
   <dc:description/>
-  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>2026 Social Housing Volunteer Awards</cp:category>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x01010013BA49875A43704AB66D9A56DE5CE526</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="version">
     <vt:lpwstr>v8 15022022 sbv2 03032023</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_efdf5488-3066-4b6c-8fea-9472b8a1f34c_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_efdf5488-3066-4b6c-8fea-9472b8a1f34c_SetDate">
     <vt:lpwstr>2022-04-12T04:42:31Z</vt:lpwstr>
   </property>