--- v0 (2025-10-06)
+++ v1 (2026-02-22)
@@ -1,64 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6FA8325E" w14:textId="29B66B6C" w:rsidR="0074696E" w:rsidRPr="00280C4B" w:rsidRDefault="00B95AB9" w:rsidP="00280C4B">
       <w:pPr>
         <w:pStyle w:val="Sectionbreakfirstpage"/>
       </w:pPr>
       <w:r w:rsidRPr="00280C4B">
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="5643E9A5" wp14:editId="75C99A20">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7563600" cy="2070720"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Picture 4">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
@@ -88,1552 +84,1524 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7563600" cy="2070720"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A124A1" w14:textId="77777777" w:rsidR="00A62D44" w:rsidRPr="00280C4B" w:rsidRDefault="00A62D44" w:rsidP="00280C4B">
       <w:pPr>
         <w:pStyle w:val="Sectionbreakfirstpage"/>
         <w:sectPr w:rsidR="00A62D44" w:rsidRPr="00280C4B" w:rsidSect="00593A99">
-          <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId17"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="454" w:right="851" w:bottom="1418" w:left="851" w:header="340" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="7655" w:type="dxa"/>
-        <w:tblBorders>
-[...11 lines deleted...]
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD784C" w14:paraId="765659DC" w14:textId="77777777" w:rsidTr="00CF4148">
+      <w:tr w:rsidR="00AD784C" w14:paraId="765659DC" w14:textId="77777777" w:rsidTr="00BA3AE6">
         <w:trPr>
           <w:trHeight w:val="1418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62556EB9" w14:textId="77777777" w:rsidR="007D32CE" w:rsidRPr="007D32CE" w:rsidRDefault="007D32CE" w:rsidP="007D32CE">
             <w:pPr>
               <w:pStyle w:val="Documenttitle"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D32CE">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>North Melbourne public housing estate</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B06FE4C" w14:textId="48933647" w:rsidR="00AD784C" w:rsidRPr="007D32CE" w:rsidRDefault="00257709" w:rsidP="0016037B">
             <w:pPr>
               <w:pStyle w:val="Documenttitle"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="007D32CE" w:rsidRPr="007D32CE">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">ervices guide </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B2117" w14:paraId="5DF317EC" w14:textId="77777777" w:rsidTr="009C1CB1">
+      <w:tr w:rsidR="000B2117" w14:paraId="5DF317EC" w14:textId="77777777" w:rsidTr="00BA3AE6">
         <w:trPr>
           <w:trHeight w:val="1247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69C24C39" w14:textId="7EC452A2" w:rsidR="000B2117" w:rsidRPr="0016037B" w:rsidRDefault="00AF408E" w:rsidP="0016037B">
             <w:pPr>
               <w:pStyle w:val="Documentsubtitle"/>
             </w:pPr>
             <w:r>
               <w:t>Accessible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4148" w14:paraId="5F5E6105" w14:textId="77777777" w:rsidTr="00CF4148">
+      <w:tr w:rsidR="00CF4148" w14:paraId="5F5E6105" w14:textId="77777777" w:rsidTr="00BA3AE6">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45D389E8" w14:textId="74334762" w:rsidR="00CF4148" w:rsidRPr="00250DC4" w:rsidRDefault="00712656" w:rsidP="00CF4148">
+          <w:p w14:paraId="45D389E8" w14:textId="74334762" w:rsidR="00CF4148" w:rsidRPr="00250DC4" w:rsidRDefault="00CF4148" w:rsidP="00CF4148">
             <w:pPr>
               <w:pStyle w:val="Bannermarking"/>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-            </w:r>
+            <w:fldSimple w:instr=" FILLIN  &quot;Type the protective marking&quot; \d OFFICIAL \o  \* MERGEFORMAT ">
+              <w:r>
+                <w:t>OFFICIAL</w:t>
+              </w:r>
+            </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0CBF5D9A" w14:textId="153295C1" w:rsidR="00AD784C" w:rsidRPr="00B57329" w:rsidRDefault="00AD784C" w:rsidP="002365B4">
       <w:pPr>
         <w:pStyle w:val="TOCheadingfactsheet"/>
       </w:pPr>
       <w:r w:rsidRPr="00B57329">
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F9D3C09" w14:textId="119AE4C6" w:rsidR="00CB469D" w:rsidRDefault="00AD784C">
+    <w:p w14:paraId="06788E5D" w14:textId="69F9AF49" w:rsidR="002B2410" w:rsidRDefault="00AD784C">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Heading 1,1,Heading 2,2" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc173422001" w:history="1">
-        <w:r w:rsidR="00CB469D" w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232490" w:history="1">
+        <w:r w:rsidR="002B2410" w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Department of Families Fairness and Housing</w:t>
         </w:r>
-        <w:r w:rsidR="00CB469D">
+        <w:r w:rsidR="002B2410">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00CB469D">
+        <w:r w:rsidR="002B2410">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00CB469D">
+        <w:r w:rsidR="002B2410">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422001 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232490 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00CB469D">
+        <w:r w:rsidR="002B2410">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00CB469D">
+        <w:r w:rsidR="002B2410">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CB469D">
+        <w:r w:rsidR="002B2410">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00CB469D">
+        <w:r w:rsidR="002B2410">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E14EF4D" w14:textId="2C100431" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="59FA32D1" w14:textId="1B98AED0" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422002" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232491" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>City of Melbourne</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422002 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232491 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="542D2221" w14:textId="4B56165F" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="6E7C5C22" w14:textId="36A201F0" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422003" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232492" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Emergency services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422003 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232492 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62833EED" w14:textId="4CE57AAE" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="33E766E2" w14:textId="78ABA0A1" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422004" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232493" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Family services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422004 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232493 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6011FC5D" w14:textId="08A90FC0" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="4F62C08C" w14:textId="4A3F94BB" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422005" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232494" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Youth services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422005 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232494 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D0B55B3" w14:textId="0DB736A7" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="1A818989" w14:textId="3532533D" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422006" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232495" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Homework club</w:t>
+          <w:t>Homework clubs</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422006 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232495 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26E38CAB" w14:textId="2B42CD0F" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="76861BF7" w14:textId="0A5AF2C9" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422007" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232496" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Schools</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422007 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232496 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="02985165" w14:textId="6ECB008B" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="11EBD2B6" w14:textId="28A1692C" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422008" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232497" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Learning and Community Development</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422008 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232497 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="287737EE" w14:textId="5CCCD334" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="1EFF4CE3" w14:textId="3B00FCCF" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422009" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232498" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Health and medical</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422009 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232498 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00A96DB3" w14:textId="49E8AEB9" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="43355FDB" w14:textId="0F06EF04" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422010" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232499" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Women's services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422010 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232499 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7EE21409" w14:textId="16D7A756" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="71AB21A8" w14:textId="23B344D3" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422011" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232500" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Dental</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422011 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232500 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42279D53" w14:textId="417C0D74" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="4D3726B6" w14:textId="2F680254" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422012" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232501" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Counselling and mental health</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422012 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232501 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="04CB4881" w14:textId="6EB56374" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="57D4F78C" w14:textId="3838CC75" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422013" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232502" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Drug and alcohol services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422013 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232502 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="05A93E0E" w14:textId="5C96E668" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="20299120" w14:textId="3F178550" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422014" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232503" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Legal services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422014 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232503 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48BE539C" w14:textId="68473DEE" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="75B1353D" w14:textId="44F216F8" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422015" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232504" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Public internet access</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422015 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232504 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="489A6E2C" w14:textId="2889FF65" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="2A546357" w14:textId="2F0240CA" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422016" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232505" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Local services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422016 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232505 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67817A67" w14:textId="07E6A1D4" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="0273D5F4" w14:textId="32B9DB3E" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422017" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232506" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Housing</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422017 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232506 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D41BB40" w14:textId="64E035B2" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="30E3A0D9" w14:textId="2884A634" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422018" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232507" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Financial and employment services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422018 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232507 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0DB96D6E" w14:textId="40F4BF92" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="279E68F2" w14:textId="18F455C8" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422019" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232508" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Older persons services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422019 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232508 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1DA7CD16" w14:textId="5645D186" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="032CDAAB" w14:textId="38FC319F" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422020" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232509" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Community and resident-led organisations</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422020 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232509 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49737A57" w14:textId="52DEAE2F" w:rsidR="00CB469D" w:rsidRDefault="00CB469D">
+    <w:p w14:paraId="6ACD81EC" w14:textId="660F3AB8" w:rsidR="002B2410" w:rsidRDefault="002B2410">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc173422021" w:history="1">
-        <w:r w:rsidRPr="009B073A">
+      <w:hyperlink w:anchor="_Toc222232510" w:history="1">
+        <w:r w:rsidRPr="009711B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Aboriginal support services</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc173422021 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222232510 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="623B2D43" w14:textId="6E294208" w:rsidR="007173CA" w:rsidRDefault="00AD784C" w:rsidP="00D079AA">
+    <w:p w14:paraId="623B2D43" w14:textId="68FE3697" w:rsidR="007173CA" w:rsidRDefault="00AD784C" w:rsidP="00D079AA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13445742" w14:textId="77777777" w:rsidR="00580394" w:rsidRPr="00B519CD" w:rsidRDefault="00580394" w:rsidP="007173CA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:sectPr w:rsidR="00580394" w:rsidRPr="00B519CD" w:rsidSect="00593A99">
-          <w:headerReference w:type="default" r:id="rId18"/>
-          <w:footerReference w:type="default" r:id="rId19"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="851" w:bottom="851" w:left="851" w:header="851" w:footer="567" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BEF7AFB" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc127354548"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc173422001"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc222232490"/>
       <w:r w:rsidRPr="00E841D8">
         <w:lastRenderedPageBreak/>
         <w:t>Department of Families Fairness and Housing</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="57805CE7" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="285"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1652,60 +1620,66 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2294D2C0" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="4265D3EF" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="4265D3EF" w14:textId="75A42B10" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD664C">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="0D7371B6" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="285"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7278E507" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -1719,127 +1693,106 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="22F738F4" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">13 11 72 (24hrs) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="202EAFBC" w14:textId="77777777" w:rsidR="0088236B" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="008A314A">
+          <w:p w14:paraId="202EAFBC" w14:textId="5CF8F212" w:rsidR="0088236B" w:rsidRDefault="00416070" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="00416070">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Email the Housing Call Centre</w:t>
+                <w:t>Arranging maintenance and repairs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
-[...25 lines deleted...]
-              <w:r w:rsidR="007B3EA9" w:rsidRPr="008D1B13">
+          </w:p>
+          <w:p w14:paraId="1B2D3222" w14:textId="05CE8E5F" w:rsidR="00164C72" w:rsidRDefault="00416070" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00416070">
+              <w:t>https://www.housing.vic.gov.au/repairs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3206E69A" w14:textId="716EE33A" w:rsidR="007B3EA9" w:rsidRPr="008D1B13" w:rsidRDefault="007B3EA9" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="008D1B13">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
                 <w:t>Complete the online maintenance form</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0088236B" w:rsidRPr="008D1B13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0150A26A" w14:textId="06959F22" w:rsidR="007C2A11" w:rsidRPr="008D1B13" w:rsidRDefault="007C2A11" w:rsidP="006D429C">
+          <w:p w14:paraId="0150A26A" w14:textId="6038817D" w:rsidR="007C2A11" w:rsidRPr="008D1B13" w:rsidRDefault="0088236B" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D1B13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>&lt;</w:t>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>https://maintenance.forms.homes.vic.gov.au</w:t>
-            </w:r>
-[...4 lines deleted...]
-              <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="62CCF723" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20DE053F" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
@@ -1853,75 +1806,87 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="007C14B9" w14:textId="640552A6" w:rsidR="00673EEF" w:rsidRPr="00CF31F2" w:rsidRDefault="331EDFF8" w:rsidP="6725C2FA">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF31F2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1300 360 462</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3333BC56" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...8 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00524233">
+          <w:p w14:paraId="0BD5329E" w14:textId="32452DE9" w:rsidR="009E470D" w:rsidRDefault="009E470D" w:rsidP="006D346D">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="009E470D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Email the North Melbourne Housing Office</w:t>
+                <w:t>North Melbourne Housing office</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
-[...7 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C3E41AF" w14:textId="66A034D1" w:rsidR="009E470D" w:rsidRDefault="009E470D" w:rsidP="006D346D">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E470D">
+              <w:t>https://www.dffh.vic.gov.au/north-melbourne-housing-office</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3333BC56" w14:textId="07C80F6B" w:rsidR="006D346D" w:rsidRPr="00E841D8" w:rsidRDefault="009E470D" w:rsidP="006D346D">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="00A97DA3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>northmelbourne.housing@dffh.vic.gov.au</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="744BA5F6" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C31D6C6" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
@@ -1934,67 +1899,67 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F095AB2" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>03 9328 4753</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34E946BE" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="34E946BE" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="00416070">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="152ABE63" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc127354549"/>
-      <w:bookmarkStart w:id="3" w:name="_Toc173422002"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc222232491"/>
       <w:r w:rsidRPr="00E841D8">
         <w:t>City of Melbourne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="583A4A77" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
@@ -2012,60 +1977,66 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7C7A0EFE" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="719E128B" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="719E128B" w14:textId="00E5A128" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00547FF6" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD664C">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF">
+              <w:t xml:space="preserve"> email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="219ECE69" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F47ADB1" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -2079,85 +2050,84 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0BDF3FD0" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>03 9658 9658</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E9FC03E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...8 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00F33C0B">
+          <w:p w14:paraId="06E71558" w14:textId="77777777" w:rsidR="00C41D64" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="00B60D15">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit City of Melbourne</w:t>
+                <w:t>City of Melbourne</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00C73F89">
-[...6 lines deleted...]
-              <w:t>&gt;</w:t>
+          </w:p>
+          <w:p w14:paraId="0E9FC03E" w14:textId="0A4151AD" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00B60D15" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60D15">
+              <w:t>https://www.melbourne.vic.gov.au/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="64615B59" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc127354550"/>
-      <w:bookmarkStart w:id="5" w:name="_Toc173422003"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc222232492"/>
       <w:r w:rsidRPr="00E841D8">
         <w:t>Emergency services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="245517AB" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
@@ -2174,122 +2144,151 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6EFF8E01" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="5CF7AA82" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="5CF7AA82" w14:textId="303581EE" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD664C">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="3DBD9566" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F79B7CF" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">North Melbourne Police Station </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B8D8559" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="2B8D8559" w14:textId="405B9FDB" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="008634A7" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008634A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>03 8379 0800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F4178A0" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2C91CBD8" w14:textId="0AB22BD7" w:rsidR="00673EEF" w:rsidRDefault="00C41D64" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidRPr="00161058">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>Melbourne North Police Station</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="6F4178A0" w14:textId="453AF46A" w:rsidR="00C41D64" w:rsidRPr="00E841D8" w:rsidRDefault="00161058" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00161058">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://www.police.vic.gov.au/melbourne-north-police-station</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="323B0F68" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D194CE3" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Police, Fire and Ambulance</w:t>
@@ -2317,51 +2316,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37A78F8E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1ECAD3F0" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc127354551"/>
-      <w:bookmarkStart w:id="7" w:name="_Toc173422004"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc222232493"/>
       <w:r w:rsidRPr="00E841D8">
         <w:t>Family services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="5D60672F" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
@@ -2379,60 +2378,66 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0E27CC26" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="27CF78F7" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="27CF78F7" w14:textId="00FC845B" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD664C">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="5E00820B" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56634C8A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -2446,81 +2451,87 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A7C3B80" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>03 9340 1444</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B037085" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...8 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00952C71">
+          <w:p w14:paraId="482FEEDF" w14:textId="455E0B09" w:rsidR="00AD7354" w:rsidRDefault="00AD7354" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidRPr="00CD664C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Arial"/>
-                  <w:szCs w:val="21"/>
                 </w:rPr>
-                <w:t>Email City of Melbourne Chlild Health</w:t>
+                <w:t>Maternal and child health</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          </w:p>
+          <w:p w14:paraId="729CC38B" w14:textId="2E0175CD" w:rsidR="00AD7354" w:rsidRDefault="00CD664C" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD664C">
+              <w:t>https://www.melbourne.vic.gov.au/maternal-and-child-health</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B037085" w14:textId="7344053E" w:rsidR="00CD664C" w:rsidRPr="00E841D8" w:rsidRDefault="00CD664C" w:rsidP="00CD664C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r w:rsidRPr="00A97DA3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>mchbookings@melbourne.vic.gov.au</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="52FD8C10" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5489D722" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
@@ -2535,175 +2546,170 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="470F05D9" w14:textId="483C624D" w:rsidR="00673EEF" w:rsidRPr="00FC110D" w:rsidRDefault="5B31B233" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC110D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1800 737 732</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26602F26" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00F03513" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...11 lines deleted...]
-            <w:r w:rsidR="00673EEF">
+          <w:p w14:paraId="0CF0A6B8" w14:textId="77777777" w:rsidR="00027F1B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:color w:val="auto"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00673EEF">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Orange Door </w:t>
-[...2 lines deleted...]
-              <w:t>&lt;https://www.orangedoor.vic.gov.au&gt;</w:t>
+              <w:t>The Orange Doo</w:t>
+            </w:r>
+            <w:r w:rsidR="00027F1B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26602F26" w14:textId="3878CA2B" w:rsidR="00673EEF" w:rsidRPr="00F03513" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03513">
+              <w:t>https://www.orangedoor.vic.gov.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="1F8692E5" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63F311AF" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Drummond Street Services </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EFA5889" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00AF408E">
+          <w:p w14:paraId="7EFA5889" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidRPr="00AF408E">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
                 <w:t>03 9663 6733</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65238A89" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="2325A25D" w14:textId="2E6CF209" w:rsidR="00027F1B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00F03513">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidRPr="00F03513">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Visit Drummond Street Services</w:t>
+                <w:t>Drummond Street Services</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00F03513">
-[...9 lines deleted...]
-              <w:rPr>
+          </w:p>
+          <w:p w14:paraId="65238A89" w14:textId="13916436" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03513">
+              <w:t>https://ds.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="25C52456" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="08BE2EF7" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
@@ -2725,94 +2731,76 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="031C700F" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>0421 961 568</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75039702" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00F03513">
+          <w:p w14:paraId="75039702" w14:textId="1EE54E33" w:rsidR="00547FF6" w:rsidRPr="00E841D8" w:rsidRDefault="00547FF6" w:rsidP="00547FF6">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidRPr="00A97DA3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Email Talowadaag Melbourne</w:t>
+                <w:t>talowadaagamssa@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="170FC459" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc127354552"/>
-      <w:bookmarkStart w:id="9" w:name="_Toc173422005"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc222232494"/>
       <w:r w:rsidRPr="00E841D8">
         <w:lastRenderedPageBreak/>
         <w:t>Youth services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="0FAE6F1E" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2831,365 +2819,363 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4B84E5F3" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="4476768A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="4476768A" w14:textId="4A88919A" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
+            </w:r>
+            <w:r w:rsidR="000F49C3">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="7DAD1B1B" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="31E9835A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The Venny</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6660E909" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="6660E909" w14:textId="492938F4" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00547FF6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9376 0589</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2ED8FA34" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00BA6357" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="2ED8FA34" w14:textId="5E2BDB23" w:rsidR="00673EEF" w:rsidRPr="00A007F6" w:rsidRDefault="00A007F6" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...28 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText>HYPERLINK "https://thevenny.org.au/"</w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00A007F6">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>The Venny</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55036100" w14:textId="41936CFE" w:rsidR="00673EEF" w:rsidRPr="005D2E4A" w:rsidRDefault="00A007F6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A007F6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">https://thevenny.org.au </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="00D99DD0" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74F5E067" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The Huddle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17AECA87" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="17AECA87" w14:textId="5AE14AE5" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00547FF6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9320 2400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="279C614E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="007D4925" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="279C614E" w14:textId="5118FB65" w:rsidR="00673EEF" w:rsidRPr="007D4925" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
-              <w:r w:rsidR="00673EEF" w:rsidRPr="009C34E7">
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidRPr="009C34E7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Visit The Huddle</w:t>
+                <w:t>The Huddle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="007D4925">
+            <w:r w:rsidRPr="007D4925">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="354DB305" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="354DB305" w14:textId="5870DB66" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="004F06C3" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D4925">
-[...14 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="004F06C3">
+              <w:t>https://www.thehuddle.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="7BEB4B3B" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3787E39E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The Drum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="733400EF" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="733400EF" w14:textId="5C5E9B30" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00547FF6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9663 6733</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D14C2A4" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00D13DF2" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="2D14C2A4" w14:textId="5F427CD7" w:rsidR="00673EEF" w:rsidRPr="00D13DF2" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
-              <w:r w:rsidR="00673EEF" w:rsidRPr="009C34E7">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="009C34E7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Visit The Drum</w:t>
-[...26 lines deleted...]
-                <w:t>www.thedrum.ds.org.au</w:t>
+                <w:t>The Drum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D13DF2">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times"/>
-[...1 lines deleted...]
-              <w:t>&gt;</w:t>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="107BE420" w14:textId="35EC9BD1" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00B375D9" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B375D9">
+              <w:t>https://ds.org.au/our-services/the-drum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="4E45DB2D" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0CB20BB3" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -3203,98 +3189,81 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25778FD8" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>0401 565 350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76D625AF" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00B2201B" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="76D625AF" w14:textId="26D3E823" w:rsidR="00673EEF" w:rsidRPr="00B2201B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
-              <w:r w:rsidR="00673EEF" w:rsidRPr="009C34E7">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidRPr="009C34E7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit The Ubuntu Project</w:t>
-[...27 lines deleted...]
-                <w:t>www.ubp.org.au</w:t>
+                <w:t>The Ubuntu Project</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B2201B">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times"/>
-[...1 lines deleted...]
-              <w:t>&gt;</w:t>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1070B113" w14:textId="2DE21A3B" w:rsidR="00673EEF" w:rsidRPr="00B2201B" w:rsidRDefault="00F1799B" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1799B">
+              <w:t>https://ubp.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="4A2DB5A2" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="68F62CCE" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -3308,194 +3277,204 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4721C469" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>1300 851 810</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7578C75C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00D14F60" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="7578C75C" w14:textId="61431614" w:rsidR="00673EEF" w:rsidRPr="00D14F60" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
-              <w:r w:rsidR="00673EEF" w:rsidRPr="009C34E7">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidRPr="009C34E7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Helping Hoops</w:t>
-[...25 lines deleted...]
-                <w:t>www.helpinghoops.com.au</w:t>
+                <w:t>Helping Hoops</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D14F60">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times"/>
-[...1 lines deleted...]
-              <w:t>&gt;</w:t>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3584FEBF" w14:textId="48914332" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00F1799B" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1799B">
+              <w:t>https://www.helpinghoops.com.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="226F21AD" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="569DF64B" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Young Australian People </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04FE9169" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...10 lines deleted...]
-              <w:t>0478 140 938</w:t>
+          <w:p w14:paraId="04FE9169" w14:textId="5B320F0D" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00952829" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00952829">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>0478</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952829">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>140</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00952829">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>938</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="351D2DC8" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00D14F60" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="351D2DC8" w14:textId="0CFDB7A3" w:rsidR="00673EEF" w:rsidRPr="00D14F60" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
-              <w:r w:rsidR="00673EEF" w:rsidRPr="009C34E7">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidRPr="009C34E7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Young Australian People</w:t>
+                <w:t>Young Australian People</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="3B7213D2" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="6572A338" w14:textId="0605944D" w:rsidR="00673EEF" w:rsidRDefault="00952829" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00570A55">
+              <w:t>https://www.youngaustralianpeople.com</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B7213D2" w14:textId="2F104044" w:rsidR="009561B3" w:rsidRPr="00E841D8" w:rsidRDefault="009561B3" w:rsidP="009561B3">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:r w:rsidRPr="00D14F60">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidRPr="00A97DA3">
                 <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>www.youngaustralianpeople.com.au</w:t>
+                <w:t>info@youngaustralianpeople.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D14F60">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="1CB126B7" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C6BC124" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
@@ -3508,275 +3487,276 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6CDD4D01" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>0411 287 787</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00E011C8" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00D14F60" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="009C34E7">
+          <w:p w14:paraId="4EC31483" w14:textId="7FBFB20C" w:rsidR="00A5378D" w:rsidRDefault="00A71910" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidRPr="00115EEE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Email AMSSA Youth Connect</w:t>
+                <w:t>AMSSA Youth Services</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00D14F60">
-[...6 lines deleted...]
-          <w:p w14:paraId="2F16E738" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          </w:p>
+          <w:p w14:paraId="410B22D7" w14:textId="0AD589F7" w:rsidR="00115EEE" w:rsidRDefault="00115EEE" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00115EEE">
+              <w:t>https://amssa.org.au/services/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F16E738" w14:textId="45C332B1" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00A5378D" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:r w:rsidRPr="00D447C5">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidRPr="00A97DA3">
                 <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t xml:space="preserve">amssayouthconnect@gmail.com&gt; </w:t>
+                <w:t xml:space="preserve">amssayouthconnect@gmail.com </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5326F184" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
+    <w:p w14:paraId="5326F184" w14:textId="5772244B" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc127354553"/>
-      <w:bookmarkStart w:id="11" w:name="_Toc173422006"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc222232495"/>
       <w:r w:rsidRPr="00E841D8">
         <w:t>Homework club</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidR="006F5970">
+        <w:t>s</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2795"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5019"/>
+        <w:gridCol w:w="2830"/>
+        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="61AEE7CC" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="180C2B89" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="25EEE902" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="596DBB15" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="596DBB15" w14:textId="5D5C57CB" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
+            </w:r>
+            <w:r w:rsidR="00E2149F">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="25719794" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0DFF6EC7" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">The Huddle </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B4990D3" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="1B4990D3" w14:textId="01F253BE" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00547FF6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9320 2400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7045C1E5" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00C65D10" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="4963C408" w14:textId="77777777" w:rsidR="00E2149F" w:rsidRPr="007D4925" w:rsidRDefault="00E2149F" w:rsidP="00E2149F">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00722AD2">
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidRPr="009C34E7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Visit The Huddle</w:t>
+                <w:t>The Huddle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00C65D10">
+            <w:r w:rsidRPr="007D4925">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F2C66D4" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="3F2C66D4" w14:textId="13644D1D" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00E2149F" w:rsidP="00E2149F">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="004F06C3">
+              <w:t>https://www.thehuddle.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="48F19665" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11D0C3F6" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -3790,432 +3770,351 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10FA7AE1" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>03 9326 8245</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7448BA4A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00C65D10" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="7448BA4A" w14:textId="5DBBDA8B" w:rsidR="00673EEF" w:rsidRPr="00C65D10" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00722AD2">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidRPr="00A64A1D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Hotham Mission</w:t>
+                <w:t>Hotham Mission</w:t>
               </w:r>
-            </w:hyperlink>
-[...22 lines deleted...]
-              <w:r w:rsidRPr="00C65D10">
+              <w:r w:rsidR="00A64A1D" w:rsidRPr="00A64A1D">
                 <w:rPr>
-                  <w:rFonts w:eastAsia="Times"/>
+                  <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>www.hothammission.org.au</w:t>
+                <w:t xml:space="preserve"> Homework Club</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C65D10">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times"/>
-[...1 lines deleted...]
-              <w:t>&gt;</w:t>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="251F9DB3" w14:textId="004CD841" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00A64A1D" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64A1D">
+              <w:t>https://hothammission.org.au/homework-club</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="081500B8" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77238DA2" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="77238DA2" w14:textId="60DD5615" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Somali </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Womens</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Development Association </w:t>
+              <w:t xml:space="preserve"> Development Association</w:t>
+            </w:r>
+            <w:r w:rsidR="00E45EC1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SWDA)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E841D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29FD841A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>0432 231 141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DC1A3D8" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00EE2E18" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00722AD2">
+          <w:p w14:paraId="3FE3756A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00E45EC1" w:rsidP="00E45EC1">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidRPr="00E45EC1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visit Somali </w:t>
-[...13 lines deleted...]
-                <w:t xml:space="preserve"> Development Association</w:t>
+                <w:t>SWDA Homework Club</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00EE2E18">
+          </w:p>
+          <w:p w14:paraId="08B7A3D6" w14:textId="466BFC92" w:rsidR="00E45EC1" w:rsidRPr="00EE2E18" w:rsidRDefault="00E45EC1" w:rsidP="00E45EC1">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E45EC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-[...16 lines deleted...]
-              <w:t>&gt;</w:t>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>https://www.swdai.org.au/education</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="600A433C" w14:textId="77777777" w:rsidTr="006D429C">
+      <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="600A433C" w14:textId="77777777" w:rsidTr="00697A2D">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28C93A42" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">NMLL Homework Cub </w:t>
+          <w:p w14:paraId="28C93A42" w14:textId="64C83E3C" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00281022" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00281022">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Home Away </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00281022">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>From</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00281022">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Homework Club</w:t>
+            </w:r>
+            <w:r w:rsidR="000824AD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00697A2D" w:rsidRPr="00697A2D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>North &amp; West Melbourne Neighbourhood Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4ACCBE48" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="4ACCBE48" w14:textId="097617DF" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00F158D3" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F158D3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>03 9328 1126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
-            <w:hideMark/>
-[...9 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="004D1F9B">
+          </w:tcPr>
+          <w:p w14:paraId="3579748D" w14:textId="5724E654" w:rsidR="00673EEF" w:rsidRDefault="00697A2D" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:anchor="for-kids" w:history="1">
+              <w:r w:rsidRPr="008A1E27">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Visit The Centre</w:t>
+                <w:t xml:space="preserve">Home Away </w:t>
+              </w:r>
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="008A1E27">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>From</w:t>
+              </w:r>
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidRPr="008A1E27">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Homework Club</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00EE2E18">
-[...19 lines deleted...]
-                <w:t>http://www.centre.org.au/homeworkclub/sessions/</w:t>
+          </w:p>
+          <w:p w14:paraId="7D43204A" w14:textId="3F76DD72" w:rsidR="00697A2D" w:rsidRDefault="008A1E27" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A1E27">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://nwmnc.org.au/whats-on#for-kids</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BA33A8F" w14:textId="0B101FD3" w:rsidR="00F158D3" w:rsidRPr="00697A2D" w:rsidRDefault="00F158D3" w:rsidP="00F158D3">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="00A97DA3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>admin@centre.org.au</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...97 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5C55FE8E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc127354554"/>
-      <w:bookmarkStart w:id="13" w:name="_Toc173422007"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc222232496"/>
       <w:r w:rsidRPr="00E841D8">
         <w:lastRenderedPageBreak/>
         <w:t>Schools</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="394E0D36" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4279,954 +4178,926 @@
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="025D91F5" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>North Melbourne Primary School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AB52677" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="5AB52677" w14:textId="70AE4498" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00547FF6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9329 6902</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7291817D" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00BB65D9" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="7291817D" w14:textId="697518B4" w:rsidR="00673EEF" w:rsidRPr="00BB65D9" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
-              <w:r w:rsidR="00673EEF" w:rsidRPr="008F4772">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="008F4772">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit North Melbourne Primary School</w:t>
+                <w:t>North Melbourne Primary School</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00BB65D9">
+            <w:r w:rsidRPr="00BB65D9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53219C95" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="53219C95" w14:textId="70373421" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00951CEB" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="00951CEB">
+              <w:t>https://www.northmelbourneps.vic.edu.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="76F747D6" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B98355A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Debney Meadows Primary School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0943796B" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="0943796B" w14:textId="49CFB5D1" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00547FF6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">9376 1570 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C95A86D" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00BB65D9" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="7C95A86D" w14:textId="02CBBD84" w:rsidR="00673EEF" w:rsidRPr="00BB65D9" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
-              <w:r w:rsidR="00673EEF" w:rsidRPr="008F4772">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidRPr="008F4772">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Debney Meadows Primary School</w:t>
+                <w:t>Debney Meadows Primary School</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00BB65D9">
+            <w:r w:rsidRPr="00BB65D9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="146B6466" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00BB65D9" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="146B6466" w14:textId="4D181480" w:rsidR="00673EEF" w:rsidRPr="00BB65D9" w:rsidRDefault="004531BF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="004531BF">
+              <w:t>https://www.debneymeadowsps.vic.edu.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="1C27B22C" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="078BD215" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Mount Alexander College </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A07347E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="1A07347E" w14:textId="7F1F1423" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00547FF6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">9376 1622 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2175767B" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00BB65D9" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="2175767B" w14:textId="336DE1CD" w:rsidR="00673EEF" w:rsidRPr="00BB65D9" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
-              <w:r w:rsidR="00673EEF" w:rsidRPr="008F4772">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidRPr="008F4772">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Mount Alexander College</w:t>
+                <w:t>Mount Alexander College</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00BB65D9">
+            <w:r w:rsidRPr="00BB65D9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="324F02B5" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="324F02B5" w14:textId="508DB669" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00970C97" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="00970C97">
+              <w:t>https://www.mountalexandercollege.vic.edu.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="5FB9E180" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39EB0259" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>University High School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07C5EB4C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="07C5EB4C" w14:textId="438B5C36" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00547FF6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9347 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EE089B7" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00BB65D9" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="4EE089B7" w14:textId="753EA8FB" w:rsidR="00673EEF" w:rsidRPr="00BB65D9" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
-              <w:r w:rsidR="00673EEF" w:rsidRPr="008F4772">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r w:rsidRPr="008C5728">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit University High</w:t>
+                <w:t>University High</w:t>
+              </w:r>
+              <w:r w:rsidR="008C5728" w:rsidRPr="008C5728">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> School</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="171019C9" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="171019C9" w14:textId="13695B40" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="008C5728" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="008C5728">
+              <w:t>https://unihigh.vic.edu.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="790CCF27" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc127354555"/>
-      <w:bookmarkStart w:id="15" w:name="_Toc173422008"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc222232497"/>
       <w:r w:rsidRPr="00E841D8">
         <w:t>Learning and Community Development</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2789"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5031"/>
+        <w:gridCol w:w="2809"/>
+        <w:gridCol w:w="2392"/>
+        <w:gridCol w:w="4993"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="681EEAD3" w14:textId="77777777" w:rsidTr="55CADD76">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7B73FB55" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
               <w:t>Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2B7DE8F0" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="185DF8CF" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="185DF8CF" w14:textId="4D7C8B56" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
+            </w:r>
+            <w:r w:rsidR="00493028">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036247B">
+              <w:t>email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="59216783" w14:textId="77777777" w:rsidTr="55CADD76">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05238164" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>North Melbourne Language and Learning (NMLL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E27798C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="3E27798C" w14:textId="6A7C96D6" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00547FF6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9326 7447</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B6ECDC0" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00EF7CBA" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="55CADD76">
+          <w:p w14:paraId="5C917F57" w14:textId="67C80AB7" w:rsidR="00266D88" w:rsidRDefault="00266D88" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r w:rsidRPr="007F2819">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit NMLL</w:t>
+                <w:t>North Melbourne Language and Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="34D7E2B7" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="34D7E2B7" w14:textId="4C971F1D" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00266D88" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="00266D88">
+              <w:t>https://www.nmll.org.au/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="55CADD76" w14:paraId="709F3514" w14:textId="77777777" w:rsidTr="55CADD76">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53072EDA" w14:textId="2ED06E9B" w:rsidR="59B85BDF" w:rsidRDefault="59B85BDF" w:rsidP="55CADD76">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="55CADD76">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>North Melbourne Public Housing Resident Association</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2374" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05CE4285" w14:textId="233AFCDF" w:rsidR="59B85BDF" w:rsidRDefault="59B85BDF" w:rsidP="55CADD76">
+          <w:p w14:paraId="05CE4285" w14:textId="14C5D4BE" w:rsidR="59B85BDF" w:rsidRDefault="00B82E1A" w:rsidP="55CADD76">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="55CADD76">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>info@nmphra.com.au</w:t>
+              <w:t>0421964568</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5031" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="609BEF93" w14:textId="47C50214" w:rsidR="59B85BDF" w:rsidRDefault="59B85BDF" w:rsidP="55CADD76">
+          <w:p w14:paraId="609BEF93" w14:textId="1069DB46" w:rsidR="00300665" w:rsidRDefault="00300665" w:rsidP="00300665">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="55CADD76">
-[...5 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r w:rsidRPr="00A97DA3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                  <w:szCs w:val="21"/>
+                </w:rPr>
+                <w:t>info@nmphra.com.au</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="4259D9D4" w14:textId="77777777" w:rsidTr="55CADD76">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="718CEF0B" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>River Nile School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46BB6CC3" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="46BB6CC3" w14:textId="554F572D" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00C43C09" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9329 8425</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F4840BF" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="005C32B7" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="1F4840BF" w14:textId="1CE1B636" w:rsidR="00673EEF" w:rsidRPr="005C32B7" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r w:rsidRPr="008F4772">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>River Nile School</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="005C32B7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31E892F0" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="31E892F0" w14:textId="573D7BB4" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="004D44E3" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidRPr="004D44E3">
+              <w:t>https://www.rivernileschool.vic.edu.au</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="66C2B00E" w14:textId="77777777" w:rsidTr="55CADD76">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C066F4A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">The Centre </w:t>
+          <w:p w14:paraId="0C066F4A" w14:textId="5066C9FB" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="002D4147" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>North and West Melbourne Neighbourhood Centre</w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="005C29A1">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6DE8121E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>03 9328 1126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B0BF77D" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="003217A6" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="008F4772">
+          <w:p w14:paraId="6342A2E4" w14:textId="550C950F" w:rsidR="00673EEF" w:rsidRDefault="00DA592D" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r w:rsidRPr="00DA592D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visit </w:t>
-[...11 lines deleted...]
-                <w:t>he Centre</w:t>
+                <w:t>North and West Melbourne Neighbourhood Centre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="003217A6">
-[...23 lines deleted...]
-              <w:t>&gt;</w:t>
+          </w:p>
+          <w:p w14:paraId="15227A83" w14:textId="5EBF4048" w:rsidR="00DA592D" w:rsidRPr="00DA592D" w:rsidRDefault="00DA592D" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA592D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://nwmnc.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="40BE7897" w14:textId="77777777" w:rsidTr="55CADD76">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55E8F954" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Kensington Neighbourhood House </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65B1E919" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="65B1E919" w14:textId="393C60AA" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00AC360D" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9376 6366</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75485F43" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="003217A6" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="008F4772">
+          <w:p w14:paraId="2FE6F397" w14:textId="3EB5DB05" w:rsidR="00673EEF" w:rsidRPr="00AC360D" w:rsidRDefault="00AC360D" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r w:rsidRPr="00D42A0E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Visit Kensington Neighbourhood House</w:t>
+                <w:t>Kensington Neighbourhood House</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="003217A6">
-[...23 lines deleted...]
-              <w:t>&gt;</w:t>
+          </w:p>
+          <w:p w14:paraId="747B7EDA" w14:textId="50A1A5D5" w:rsidR="00AC360D" w:rsidRPr="00D42A0E" w:rsidRDefault="00D42A0E" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D42A0E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://www.kensingtonneighbourhoodhouse.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="66251B62" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc127354556"/>
-      <w:bookmarkStart w:id="17" w:name="_Toc173422009"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc222232498"/>
       <w:r w:rsidRPr="00E841D8">
         <w:t>Health and medical</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="4F3FC6D2" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
@@ -5244,565 +5115,575 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4C739FF3" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="0ACC009A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="0ACC009A" w14:textId="0BD78119" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
-              <w:t>Website or email</w:t>
+              <w:t>Websit</w:t>
+            </w:r>
+            <w:r w:rsidR="00493028">
+              <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="4610CCBD" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CBB4CF0" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Royal Melbourne Hospital </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18838D8C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="18838D8C" w14:textId="6C99CC58" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00D94179" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9342 7000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09D9FF17" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00DB4534" w:rsidRDefault="00712656" w:rsidP="006D429C">
+          <w:p w14:paraId="09D9FF17" w14:textId="3E0D8388" w:rsidR="00673EEF" w:rsidRPr="00DB4534" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
-              <w:r w:rsidR="00673EEF" w:rsidRPr="006B6696">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r w:rsidRPr="006B6696">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit The Royal Melbourne Hospital</w:t>
+                <w:t>The Royal Melbourne Hospital</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00DB4534">
+            <w:r w:rsidRPr="00DB4534">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B1BD6EC" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00DB4534" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="0B1BD6EC" w14:textId="002F0998" w:rsidR="00673EEF" w:rsidRPr="00DB4534" w:rsidRDefault="00493028" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="00493028">
+              <w:t>https://www.thermh.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="4A9CD215" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D8B408F" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Royal Women's Hospital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="323875E2" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="323875E2" w14:textId="3A7EBDA3" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00D94179" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>8345 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B0F20F7" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00DB4534" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00FB38EF">
+          <w:p w14:paraId="58EE7067" w14:textId="32FC873A" w:rsidR="00673EEF" w:rsidRDefault="006B38AE" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r w:rsidRPr="006B38AE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visit The </w:t>
-[...30 lines deleted...]
-                <w:t>www.thewomens.org.au</w:t>
+                <w:t>The Royal Women’s Hospital</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-              <w:t>&gt;</w:t>
+          </w:p>
+          <w:p w14:paraId="4E70709B" w14:textId="54183900" w:rsidR="006B38AE" w:rsidRPr="006B38AE" w:rsidRDefault="006B38AE" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B38AE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://www.thewomens.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="10F07AAD" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D345F6B" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Royal Children's Hospital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D3D8C5F" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="5D3D8C5F" w14:textId="3545D944" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00D94179" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9345 5522</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D3F0622" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00A34BE5">
+          <w:p w14:paraId="1D3F0622" w14:textId="4CEDB3AB" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r w:rsidRPr="00A34BE5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit The Royal Children’s Hospital</w:t>
-[...19 lines deleted...]
-                <w:t>www.rch.org.au</w:t>
+                <w:t>The Royal Children’s Hospital</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
-              <w:t>&gt;</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15DB163A" w14:textId="63A32F7B" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="001C717D" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C717D">
+              <w:t>https://www.rch.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="1A549262" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="749EFCE3" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>cohealth</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Kensington) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12587998" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="12587998" w14:textId="024BF5E2" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00D94179" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">9448 5537 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="673D69B3" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...9 lines deleted...]
-              </w:r>
+          <w:p w14:paraId="673D69B3" w14:textId="12ACC3A0" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00673EEF" w:rsidRPr="0057698D">
+              <w:r w:rsidRPr="00486DD6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Cohealth</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-            </w:hyperlink>
-[...17 lines deleted...]
-                <w:t>www.cohealth.org.au</w:t>
+              <w:r w:rsidRPr="00486DD6">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00486DD6" w:rsidRPr="00486DD6">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>– Kensington</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-              <w:t>&gt;</w:t>
+          </w:p>
+          <w:p w14:paraId="3A0CDBAF" w14:textId="7643B10A" w:rsidR="00673EEF" w:rsidRPr="00486DD6" w:rsidRDefault="00486DD6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00486DD6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://www.cohealth.org.au/location/kensington</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="2D8C3B29" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="398069DB" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="398069DB" w14:textId="0CB48AFE" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>cohealth</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (West Melbourne) </w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB686D" w:rsidRPr="00FB686D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>North Melbourne Child and Family Health</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E841D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E69CF80" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...10 lines deleted...]
-              <w:t>9448 5557</w:t>
+          <w:p w14:paraId="0E69CF80" w14:textId="763A0F00" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00D94179" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>9448 55</w:t>
+            </w:r>
+            <w:r w:rsidR="00512356">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C4A2C48" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00DD5897">
+          <w:p w14:paraId="1E406907" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00FB686D" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r w:rsidRPr="000E7A6F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visit </w:t>
+                <w:t>North Melbourne Child and Family Health</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-          </w:p>
-[...9 lines deleted...]
-              <w:t>&lt;www.cohealth.org.au&gt;</w:t>
+            <w:r w:rsidRPr="00FB686D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14918446" w14:textId="1024505D" w:rsidR="000E7A6F" w:rsidRPr="000E7A6F" w:rsidRDefault="000E7A6F" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E7A6F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://www.cohealth.org.au/location/north-melbourne-child-and-family-health</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77C6638A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc127354557"/>
-      <w:bookmarkStart w:id="19" w:name="_Toc173422010"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc222232499"/>
       <w:r w:rsidRPr="00E841D8">
         <w:lastRenderedPageBreak/>
         <w:t>Women's services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="4C14F2C8" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5821,60 +5702,60 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="55804080" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="34376470" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="34376470" w14:textId="41D8BFC8" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="649842A9" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AB2B12E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -5888,168 +5769,196 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14441957" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">1800 015 188 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="138CDA1A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="008C0013" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...1 lines deleted...]
-              <w:pStyle w:val="Tabletext"/>
+          <w:p w14:paraId="138CDA1A" w14:textId="286929CF" w:rsidR="00673EEF" w:rsidRPr="007028EC" w:rsidRDefault="00673EEF" w:rsidP="007028EC">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-[...20 lines deleted...]
-                <w:t>https://www.safesteps.org.au/</w:t>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r w:rsidRPr="0050053B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Safe Steps</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="007028EC">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D97D377" w14:textId="5F5BB4FF" w:rsidR="00673EEF" w:rsidRPr="008C0013" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r w:rsidRPr="00A8002C">
+                <w:t>https://www.safesteps.org.au</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="305F2AE7" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="404243B5" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">MARG Foundation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="492C4953" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="492C4953" w14:textId="2F00833A" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4305D56F" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00EF4AB6" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="38C3BC13" w14:textId="01EA23E2" w:rsidR="00972629" w:rsidRDefault="00972629" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00EF4AB6">
+                <w:rFonts w:eastAsia="Times"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r w:rsidRPr="00972629">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>The MARG Foundation</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00972629">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-[...9 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F8552E9" w14:textId="327DA519" w:rsidR="00673EEF" w:rsidRDefault="00F748B6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F748B6">
+              <w:t>https://marg-foundation.org/what-we-do</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51D9ECD3" w14:textId="60E048DE" w:rsidR="00F748B6" w:rsidRPr="00EF4AB6" w:rsidRDefault="00F748B6" w:rsidP="00F748B6">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r w:rsidRPr="00A97DA3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>office@marg-foundation.org</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EBD981C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc173422011"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc222232500"/>
       <w:r>
         <w:t>Dental</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w14:paraId="181BE796" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6065,60 +5974,60 @@
             <w:r>
               <w:t>Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="088EA1A2" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62DB74C7" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="62DB74C7" w14:textId="51C20375" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w14:paraId="3BD1A64F" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0190318C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>cohealth</w:t>
@@ -6133,191 +6042,186 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13C9895A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9448 5537</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35A6EBBB" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...9 lines deleted...]
-              </w:r>
+          <w:p w14:paraId="164A3679" w14:textId="77777777" w:rsidR="002C4D51" w:rsidRDefault="002C4D51" w:rsidP="002C4D51">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00673EEF" w:rsidRPr="050A187A">
+              <w:r w:rsidRPr="00486DD6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Cohealth</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-            </w:hyperlink>
-[...17 lines deleted...]
-                <w:t>www.cohealth.org.au</w:t>
+              <w:r w:rsidRPr="00486DD6">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> – Kensington</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-              <w:t>&gt;</w:t>
+          </w:p>
+          <w:p w14:paraId="5FAE4673" w14:textId="38186DE4" w:rsidR="00673EEF" w:rsidRDefault="002C4D51" w:rsidP="002C4D51">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00486DD6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://www.cohealth.org.au/location/kensington</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w14:paraId="1F51D7F6" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74E5FA31" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="002012DE">
+          <w:p w14:paraId="74E5FA31" w14:textId="6778083D" w:rsidR="00673EEF" w:rsidRDefault="003B3DDF" w:rsidP="002012DE">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Oral Health Victoria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BC0D4E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="002012DE">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>The Royal Dental Hospital of Melbourne</w:t>
-[...17 lines deleted...]
-              </w:rPr>
               <w:t>9341 1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A574B92" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...13 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="050A187A">
+          <w:p w14:paraId="222FEE3D" w14:textId="2E1758C6" w:rsidR="00673EEF" w:rsidRDefault="003B3DDF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r w:rsidRPr="00BF664B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
-                <w:t>Royal Dental Hospital of Melbourne</w:t>
+                <w:t xml:space="preserve">Oral </w:t>
+              </w:r>
+              <w:r w:rsidR="00BF664B" w:rsidRPr="00BF664B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                  <w:szCs w:val="21"/>
+                </w:rPr>
+                <w:t>Health Victoria Public dental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="51FAD889" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="51FAD889" w14:textId="6F5F0042" w:rsidR="00BF664B" w:rsidRDefault="00BF664B" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="050A187A">
+            <w:r w:rsidRPr="00BF664B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>&lt;www.dhsv.org.au&gt;</w:t>
+              <w:t>https://www.ohv.org.au/our-services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="21D6CA31" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc127354558"/>
-      <w:bookmarkStart w:id="22" w:name="_Toc173422012"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc222232501"/>
       <w:r>
         <w:t>Counselling and mental health</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="432F3A7C" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
@@ -6335,60 +6239,60 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="47CD7730" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="306238F1" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="306238F1" w14:textId="6A597AAB" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="40FAF9B0" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05E38516" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -6402,84 +6306,78 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04754EE6" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>13 11 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23607FFC" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00470F16">
+          <w:p w14:paraId="23607FFC" w14:textId="7BCDCA50" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r w:rsidRPr="00470F16">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Lifeline</w:t>
-[...19 lines deleted...]
-                <w:t>https://www.lifeline.org.au/</w:t>
+                <w:t>Lifeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
-              <w:t>&gt;</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="481AA363" w14:textId="2F4B082F" w:rsidR="00673EEF" w:rsidRPr="00AA7FAB" w:rsidRDefault="00AA7FAB" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA7FAB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>http://lifeline.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="28173008" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77499DEA" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -6493,82 +6391,77 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5E3C1710" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>1300 224 636</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="424DA0CC" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00470F16">
+          <w:p w14:paraId="424DA0CC" w14:textId="49163675" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r w:rsidRPr="00470F16">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Beyond Blue</w:t>
+                <w:t>Beyond Blue</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="371E7FBC" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="371E7FBC" w14:textId="75BEAEF6" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="005B6133" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidRPr="005B6133">
+              <w:t>https://www.beyondblue.org.au</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="5A8CC9E0" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C9A697E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
@@ -6581,81 +6474,81 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6ACDBE4B" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>1800 551 800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="720A33EF" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="003B46EB">
+          <w:p w14:paraId="720A33EF" w14:textId="1B6A63E6" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r w:rsidRPr="003B46EB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Kids Helpline</w:t>
+                <w:t>Kids Helpline</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C775F39" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="0C775F39" w14:textId="1A421F7D" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="005B6133" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B46EB">
-              <w:t>https://kidshelpline.com.au/</w:t>
+            <w:r w:rsidRPr="005B6133">
+              <w:t>https://kidshelpline.com.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="1AD1A2BE" w14:textId="77777777" w:rsidTr="006D429C">
+      <w:tr w:rsidR="00673EEF" w:rsidRPr="00593C3E" w14:paraId="1AD1A2BE" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66296ABE" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Gamblers Help</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6664,76 +6557,93 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5DF0E917" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>1800 858 858</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E2B1109" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00603072">
+          <w:p w14:paraId="3E404A56" w14:textId="5FACA964" w:rsidR="00ED3430" w:rsidRPr="00593C3E" w:rsidRDefault="00ED3430" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00593C3E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                  <w:lang w:val="fr-FR"/>
                 </w:rPr>
-                <w:t>Visit Gamblers</w:t>
+                <w:t>Gambler’s</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00593C3E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> help</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
-[...12 lines deleted...]
-              <w:t>https://gamblershelp.com.au/</w:t>
+          </w:p>
+          <w:p w14:paraId="553985DF" w14:textId="7DEB46DA" w:rsidR="00673EEF" w:rsidRPr="00593C3E" w:rsidRDefault="00ED3430" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593C3E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>https://gamblershelp.com.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="6297259F" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="775D079F" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -6747,82 +6657,79 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46FA4C3B" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>1800 729 367</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B4B5BD0" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00BE4519" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00783F44">
+          <w:p w14:paraId="5F20F00C" w14:textId="70735661" w:rsidR="00C7684E" w:rsidRDefault="00C7684E" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r w:rsidRPr="00FF0CCB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Switchboard</w:t>
+                <w:t xml:space="preserve">Switchboard </w:t>
+              </w:r>
+              <w:r w:rsidR="00FF0CCB" w:rsidRPr="00FF0CCB">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Victoria</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00BE4519">
-[...6 lines deleted...]
-          <w:p w14:paraId="650DEF03" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          </w:p>
+          <w:p w14:paraId="650DEF03" w14:textId="110E04AF" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00FF0CCB" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>https://www.switchboard.org.au/</w:t>
+            <w:r w:rsidRPr="00FF0CCB">
+              <w:t>https://www.switchboard.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="3ED7293B" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B8B354D" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
@@ -6844,175 +6751,166 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0688C46F" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>1300 78 99 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47E49AA9" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00BE4519" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...12 lines deleted...]
-              </w:r>
+          <w:p w14:paraId="7553DACF" w14:textId="6F0D7919" w:rsidR="00FF0CCB" w:rsidRDefault="00FF0CCB" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00783F44">
+              <w:r w:rsidRPr="00FF0CCB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>MensLine</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00FF0CCB">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Australia</w:t>
+              </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00BE4519">
-[...6 lines deleted...]
-          <w:p w14:paraId="280E120C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          </w:p>
+          <w:p w14:paraId="280E120C" w14:textId="2B0C45B5" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00FF0CCB" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>https://mensline.org.au/</w:t>
+            <w:r w:rsidRPr="00FF0CCB">
+              <w:t>https://mensline.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F55923A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc127354559"/>
-      <w:bookmarkStart w:id="24" w:name="_Toc173422013"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc222232502"/>
       <w:r w:rsidRPr="00E841D8">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Drug and alcohol </w:t>
       </w:r>
       <w:r w:rsidRPr="004C69CC">
         <w:t>services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
-        <w:gridCol w:w="4914"/>
+        <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="7A7F99CA" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="70D79415" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
               <w:t>Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1958E1BE" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="01D8F019" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="01D8F019" w14:textId="4BB6A862" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="2AE5D154" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C3BC8C2" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
@@ -7034,388 +6932,283 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C9173F2" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>1800 888 236</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2319F0F8" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00783F44" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...40 lines deleted...]
-                <w:t>https://www.directline.org.au/</w:t>
+          <w:p w14:paraId="3398B847" w14:textId="47E80A3C" w:rsidR="00673EEF" w:rsidRDefault="001C14E8" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00C550B6">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>Directline</w:t>
               </w:r>
+              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r>
-              <w:t>&gt;</w:t>
+          </w:p>
+          <w:p w14:paraId="353E1CDB" w14:textId="4E3B2A81" w:rsidR="00C550B6" w:rsidRPr="001C14E8" w:rsidRDefault="00C550B6" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C550B6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://www.directline.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="434C3203" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="270"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D9C6034" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="4D9C6034" w14:textId="0C47F58D" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Uniting </w:t>
             </w:r>
+            <w:r w:rsidR="002F75C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="002F75C0" w:rsidRPr="002F75C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>lcohol and drug related support.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="032378D2" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>1800 700 514</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02DEC02C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="002145D0" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00840B3C">
+          <w:p w14:paraId="0E614029" w14:textId="36124715" w:rsidR="00673EEF" w:rsidRDefault="002F75C0" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r w:rsidRPr="004F0AC1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Uniting</w:t>
+                <w:t>Unitin</w:t>
               </w:r>
-            </w:hyperlink>
-[...87 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00840B3C">
+              <w:r w:rsidR="004F0AC1" w:rsidRPr="004F0AC1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Project Sunrise</w:t>
+                <w:t>g</w:t>
+              </w:r>
+              <w:r w:rsidRPr="004F0AC1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> alcohol and drug related support</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="002145D0">
-[...23 lines deleted...]
-              <w:t>&gt;</w:t>
+          </w:p>
+          <w:p w14:paraId="367F0E16" w14:textId="484F6900" w:rsidR="004F0AC1" w:rsidRPr="002F75C0" w:rsidRDefault="004F0AC1" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0AC1">
+              <w:t>https://www.unitingvictas.org.au/services/alcohol-other-drugs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="0CB80C7F" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FA82342" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="5FA82342" w14:textId="30961EBD" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Youth Support + Advocacy Service </w:t>
             </w:r>
+            <w:r w:rsidR="00CB19AA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>– YSAS</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="505D751D" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="505D751D" w14:textId="27820E97" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="001765A9" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9415 8881</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C62C715" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00F60D62">
+          <w:p w14:paraId="2C62C715" w14:textId="32142EF1" w:rsidR="00673EEF" w:rsidRDefault="00CB19AA" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r w:rsidRPr="00C404EF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit YSAS</w:t>
+                <w:t>Youth Support + Advocacy Service – YSAS</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
-[...3 lines deleted...]
-          <w:p w14:paraId="647C3988" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          </w:p>
+          <w:p w14:paraId="647C3988" w14:textId="43768947" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="001765A9" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="001765A9">
+              <w:t>https://ysas.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0BC421CE" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc127354560"/>
-      <w:bookmarkStart w:id="26" w:name="_Toc173422014"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc222232503"/>
       <w:r w:rsidRPr="00E841D8">
         <w:t>Legal services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="20810AEE" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
@@ -7433,174 +7226,165 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1CC54147" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="5665F551" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="5665F551" w14:textId="5CB89B7B" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="113E5505" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="118D1286" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Inner Melbourne Community Legal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>(IMCL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C0C4BC9" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="6C0C4BC9" w14:textId="7B2E1029" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00BD6D01" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9328 1885</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EC44532" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00F60D62" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00F60D62">
+          <w:p w14:paraId="57BB62C0" w14:textId="033A1954" w:rsidR="00BD6D01" w:rsidRDefault="00BD6D01" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r w:rsidRPr="00BD6D01">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit IMCL</w:t>
+                <w:t>Inner Melbourne Community Legal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00F60D62">
-[...23 lines deleted...]
-              <w:t>&gt;</w:t>
+          </w:p>
+          <w:p w14:paraId="3A9F6DA6" w14:textId="7D850756" w:rsidR="00673EEF" w:rsidRPr="00BD6D01" w:rsidRDefault="00BD6D01" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD6D01">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://imcl.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F5060E2" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc127354561"/>
-      <w:bookmarkStart w:id="28" w:name="_Toc173422015"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc222232504"/>
       <w:r w:rsidRPr="00E841D8">
         <w:t>Public internet access</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="1340A2EC" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
@@ -7618,103 +7402,109 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="734C9864" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="5C7F1B21" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="5C7F1B21" w14:textId="722DB0E2" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00703EA1" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0036247B">
-              <w:t>Website or email</w:t>
+            <w:r>
+              <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="46B8DDA1" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="31B6FAB9" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>North Melbourne Library</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53BD4D85" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="53BD4D85" w14:textId="225BED8D" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00BD6D01" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9658 9700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2053B7A4" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">66 Errol St, North Melbourne </w:t>
@@ -7732,94 +7522,100 @@
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D1B352B" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Flemington Library </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57D377A1" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="57D377A1" w14:textId="17EE6CAC" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00BD6D01" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9243 1975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66A1407D" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>313 Racecourse Rd, Flemington</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B6E118A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc127354562"/>
-      <w:bookmarkStart w:id="30" w:name="_Toc173422016"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc222232505"/>
       <w:r w:rsidRPr="00E841D8">
         <w:t>Local services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="749D5476" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
@@ -7837,310 +7633,483 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5682FE41" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="7A60F4D4" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="7A60F4D4" w14:textId="377F8B15" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00BD6D01" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0036247B">
-              <w:t>Website or email</w:t>
+            <w:r>
+              <w:t>Address, w</w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="0036247B">
+              <w:t>ebsite</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="7602BE7F" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52BE1EFD" w14:textId="0603391E" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="6725C2FA">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="6725C2FA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Australia Post - Arden Gardens</w:t>
             </w:r>
             <w:r w:rsidR="35C7A551" w:rsidRPr="6725C2FA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="35C7A551" w:rsidRPr="6725C2FA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>North Melbourne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62B7ADF2" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="62B7ADF2" w14:textId="0B01CB25" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00117D34" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>9326 9110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4863" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B98F52E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>9326 9110</w:t>
+              <w:t>121 Canning St, North Melbourne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00442C2B" w:rsidRPr="00E841D8" w14:paraId="1C154D7A" w14:textId="77777777" w:rsidTr="6725C2FA">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="785DA110" w14:textId="15E9B7A6" w:rsidR="00442C2B" w:rsidRPr="6725C2FA" w:rsidRDefault="00F90558" w:rsidP="6725C2FA">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Australia Post – North Melbourne Post Shop</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF8D647" w14:textId="2F6AC02B" w:rsidR="00442C2B" w:rsidRPr="00E841D8" w:rsidRDefault="00117D34" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00117D34">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>03 9329 6604</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
-            <w:hideMark/>
-[...12 lines deleted...]
-              <w:t>121 Canning St, North Melbourne</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="7741382F" w14:textId="0FD9455D" w:rsidR="00442C2B" w:rsidRPr="00E841D8" w:rsidRDefault="00117D34" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00117D34">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>72-82 Errol St,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> North Melbourne</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="26F8A4A6" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="625317B4" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Woolworths - Arden Gardens </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28C1411D" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="28C1411D" w14:textId="7A8C7F77" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00117D34" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>9624 6217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4863" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18EBBE85" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>9624 6217</w:t>
+              <w:t xml:space="preserve">Vaughan Terrace &amp; Canning St, North Melbourne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00716021" w:rsidRPr="00E841D8" w14:paraId="5AEDE3B2" w14:textId="77777777" w:rsidTr="6725C2FA">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="3CDEC865" w14:textId="685A2CC5" w:rsidR="00716021" w:rsidRPr="00E841D8" w:rsidRDefault="00716021" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IGA </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97430">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>– Melrose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="49BA982B" w14:textId="214579C7" w:rsidR="00716021" w:rsidRDefault="00141A12" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141A12">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141A12">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>93297815</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
-            <w:hideMark/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Vaughan Terrace &amp; Canning St, North Melbourne </w:t>
+          </w:tcPr>
+          <w:p w14:paraId="166C7C6B" w14:textId="723C3EB0" w:rsidR="00716021" w:rsidRPr="00E841D8" w:rsidRDefault="00B97430" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B97430">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>23 Melrose St, North Melbourne</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="42FB65DE" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2BD12DDA" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">North Melbourne Community Centre </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12D8CADB" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="12D8CADB" w14:textId="14D8F850" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00117D34" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9320 4700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21EAF20D" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00C32978" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="21EAF20D" w14:textId="5B64EA44" w:rsidR="00673EEF" w:rsidRPr="00C32978" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C32978">
-[...18 lines deleted...]
-              <w:r w:rsidRPr="00C32978">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r w:rsidRPr="00141A12">
                 <w:rPr>
-                  <w:rFonts w:eastAsia="Times"/>
+                  <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>www.nmcc.ymca.org.au</w:t>
+                <w:t>North Melbourne Community Centre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="00C32978">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D54A2EE" w14:textId="0301CA6D" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00141A12" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00141A12">
+              <w:t>https://nmcc.ymca.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="417FD495" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc127354563"/>
-      <w:bookmarkStart w:id="32" w:name="_Toc173422017"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc222232506"/>
       <w:r w:rsidRPr="00E841D8">
         <w:lastRenderedPageBreak/>
         <w:t>Housing</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="2F0133D7" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8159,60 +8128,66 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2954DF96" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="38123ED5" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="38123ED5" w14:textId="18098D8B" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
-              <w:t>Website or email</w:t>
+              <w:t>Website</w:t>
+            </w:r>
+            <w:r w:rsidR="00C05269">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036247B">
+              <w:t xml:space="preserve"> email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="703A2D09" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C2E9D5D" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -8226,95 +8201,81 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0357E5F6" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>1800 887 775</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E1DB46E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00C32978">
+          <w:p w14:paraId="5E1DB46E" w14:textId="4CD9E48E" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r w:rsidRPr="00C32978">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Wombat Housing and Support Service</w:t>
+                <w:t>Wombat Housing and Support Service</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="349FC44A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="349FC44A" w14:textId="4A525928" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00A833E7" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="00A833E7">
+              <w:t>https://www.wombat.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00673EEF" w14:paraId="4FFB9B63" w14:textId="77777777" w:rsidTr="006D429C">
+      <w:tr w:rsidR="00673EEF" w:rsidRPr="003E0989" w14:paraId="4FFB9B63" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02DEB087" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Victorian Public Tenants Association </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8324,107 +8285,101 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3426E111" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1800 015 510</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52952198" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="050A187A">
+          <w:p w14:paraId="334F4ED2" w14:textId="31910A77" w:rsidR="00EF3147" w:rsidRDefault="00EF3147" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r w:rsidRPr="00EF3147">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:val="fr-FR"/>
                 </w:rPr>
-                <w:t>Email Victorian Public Tenants Association</w:t>
+                <w:t>Victorian Public Tenants Association</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="3E369B96" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...14 lines deleted...]
-              <w:r w:rsidRPr="050A187A">
+          <w:p w14:paraId="3A9192AB" w14:textId="08CA1983" w:rsidR="007D55AF" w:rsidRDefault="007D55AF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007D55AF">
+              <w:t>https://vpta.org.au</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E369B96" w14:textId="42C364AE" w:rsidR="007D55AF" w:rsidRPr="00A833E7" w:rsidRDefault="007D55AF" w:rsidP="007D55AF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r w:rsidRPr="00A97DA3">
                 <w:rPr>
-                  <w:rFonts w:eastAsia="Times"/>
-                  <w:szCs w:val="21"/>
+                  <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>nquiries@vpta.org.au&gt;</w:t>
+                <w:t>enquiries@vpta.org.au</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="050A187A">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="02851343" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc127354564"/>
-      <w:bookmarkStart w:id="34" w:name="_Toc173422018"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc222232507"/>
       <w:r w:rsidRPr="00E841D8">
         <w:t>Financial and employment services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="0036247B" w14:paraId="57255AE9" w14:textId="77777777" w:rsidTr="423B9C67">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
@@ -8441,741 +8396,480 @@
               <w:t>Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3B279EC5" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A02C3FB" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="7A02C3FB" w14:textId="5D010872" w:rsidR="00673EEF" w:rsidRPr="0036247B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036247B">
-              <w:t>Website or email</w:t>
-[...185 lines deleted...]
-              <w:t>&gt;</w:t>
+              <w:t>Website</w:t>
+            </w:r>
+            <w:r w:rsidR="007D55AF">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036247B">
+              <w:t xml:space="preserve"> email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="2B88CE5E" w14:textId="77777777" w:rsidTr="423B9C67">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="380627CC" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="380627CC" w14:textId="0AFB955A" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Reconnect @ NMLL</w:t>
+              <w:t>Reconnect</w:t>
+            </w:r>
+            <w:r w:rsidR="00656D7C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F317C59" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5F317C59" w14:textId="1994FD0A" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="087C47DD" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00C32978" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00C32978">
+          <w:p w14:paraId="6ADC4437" w14:textId="0D1B109F" w:rsidR="00673EEF" w:rsidRPr="00D10884" w:rsidRDefault="00656D7C" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r w:rsidRPr="00D10884">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Email Reconnect</w:t>
+                <w:t>Reconnect program</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF" w:rsidRPr="00C32978">
-[...6 lines deleted...]
-          <w:p w14:paraId="22DDA17C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          </w:p>
+          <w:p w14:paraId="2D30F04E" w14:textId="1C932133" w:rsidR="00656D7C" w:rsidRPr="00D10884" w:rsidRDefault="00D10884" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D10884">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://www.vic.gov.au/reconnect-program</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22DDA17C" w14:textId="358AC02D" w:rsidR="00D10884" w:rsidRPr="00E841D8" w:rsidRDefault="00F64EB5" w:rsidP="00F64EB5">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:t>admin@wingateave.com.au*</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r w:rsidRPr="00A97DA3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>reconnect.program@djsir.vic.gov.au</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="42401105" w14:textId="77777777" w:rsidTr="423B9C67">
         <w:trPr>
           <w:trHeight w:val="615"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A61A817" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="3A61A817" w14:textId="22B50C46" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00593C3E" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Brotherhood of St Laurence</w:t>
+            </w:r>
+            <w:r w:rsidR="00C566A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (BSL) Job Services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7A602F" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve">First Jobs Project (Young </w:t>
-[...33 lines deleted...]
-              </w:rPr>
               <w:t>0482 162 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24C8BF25" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00C32978">
+          <w:p w14:paraId="24C8BF25" w14:textId="316CA87F" w:rsidR="00673EEF" w:rsidRDefault="00C566A3" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r w:rsidRPr="00C566A3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit First Jobs</w:t>
+                <w:t>Brotherhood of St Laurence (BSL) Job Services</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00673EEF">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4459C0A3" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="4459C0A3" w14:textId="52587895" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00C566A3" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00C566A3">
+              <w:t>https://www.bsl.org.au/services/getting-a-job</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="2E786765" w14:textId="77777777" w:rsidTr="423B9C67">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2ED9C48F" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="2ED9C48F" w14:textId="5D2094EF" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Capital City Local Learning &amp; Employment Network</w:t>
             </w:r>
+            <w:r w:rsidR="00D04374">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (City LLEN)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73567052" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>0435 421 376</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="561FF9D7" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00C32978">
+          <w:p w14:paraId="561FF9D7" w14:textId="51E8A311" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r w:rsidRPr="00C32978">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visit </w:t>
+                <w:t>City</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00C32978">
+              <w:r w:rsidR="00D04374">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>CityLLEN</w:t>
+                <w:t xml:space="preserve"> </w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00C32978">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>LL</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00C32978">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>E</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00C32978">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>N</w:t>
+              </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23C09748" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="23C09748" w14:textId="4F65D25F" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r w:rsidRPr="00C32978">
                 <w:t>https://www.cityllen.org.au/</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...109 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="40D4E97E" w14:textId="77777777" w:rsidTr="423B9C67">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58B92E7E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="58B92E7E" w14:textId="7A87F0A1" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMES Australia - Kensington </w:t>
+              <w:t xml:space="preserve">AMES Australia - </w:t>
+            </w:r>
+            <w:r w:rsidR="00670C12" w:rsidRPr="00670C12">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Jean McKendry Neighbourhood Centre - North Melbourne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5339828C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="5339828C" w14:textId="5D3A56EF" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>132637</w:t>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="0089454F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E841D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidR="0089454F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E841D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6052087A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00C32978">
+          <w:p w14:paraId="6052087A" w14:textId="753ED054" w:rsidR="00673EEF" w:rsidRDefault="0089454F" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r w:rsidRPr="0089454F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit AMES</w:t>
+                <w:t>AMES Australia</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
-[...3 lines deleted...]
-          <w:p w14:paraId="461C256F" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          </w:p>
+          <w:p w14:paraId="461C256F" w14:textId="780CD2A7" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="00C32978">
+              <w:t>https://www.ames.net.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="419F8E79" w14:textId="77777777" w:rsidTr="423B9C67">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="430E5C44" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -9190,95 +8884,99 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18F68036" w14:textId="442AFCAB" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="657FADFF" w:rsidP="423B9C67">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="423B9C67">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>03 9663 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43A1537C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00C32978">
+          <w:p w14:paraId="43A1537C" w14:textId="6FEBB64E" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r w:rsidRPr="00C32978">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Financial Counselling Victoria</w:t>
+                <w:t xml:space="preserve">Financial </w:t>
               </w:r>
-            </w:hyperlink>
-[...15 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r w:rsidRPr="00C32978">
-                <w:t>https://fcvic.org.au/</w:t>
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>C</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00C32978">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>ounselling Victoria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
-              <w:t>&gt;</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F0C9AE9" w14:textId="27D10649" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C32978">
+              <w:t>https://fcvic.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="212989C8" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="_Toc127354565"/>
-      <w:bookmarkStart w:id="36" w:name="_Toc173422019"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc222232508"/>
       <w:r w:rsidRPr="00E841D8">
         <w:t>Older persons services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="673365C3" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
@@ -9331,68 +9029,88 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="114B895B" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39D3C7E0" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Salvation Army - Support In Public Housing Program</w:t>
+              <w:t xml:space="preserve">Salvation Army - Support </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E841D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E841D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Public Housing Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CA7B4A5" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="0CA7B4A5" w14:textId="529C18FE" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="008D3669" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9328 5631</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18C9D05F" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>159 Melrose St North Melbourne</w:t>
@@ -9409,58 +9127,64 @@
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19E12E6B" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Jean McKendry Neighbourhood Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EBE87D9" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="6EBE87D9" w14:textId="205A0461" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="008D3669" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9328 1665</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E6E8CE4" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>91-111 Melrose St, North Melbourne</w:t>
@@ -9499,90 +9223,104 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56095526" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1300 765 178</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F147FC0" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="050A187A">
+          <w:p w14:paraId="3F147FC0" w14:textId="76497A47" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId82">
+              <w:r w:rsidRPr="050A187A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Visit Housing for the Aged Action Group</w:t>
+                <w:t>Housing for th</w:t>
+              </w:r>
+              <w:r w:rsidRPr="050A187A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>e</w:t>
+              </w:r>
+              <w:r w:rsidRPr="050A187A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Aged Action Group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="1075C6A3" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...10 lines deleted...]
-              <w:t>&lt;https://www.oldertenants.org.au/feedback&gt;</w:t>
+          <w:p w14:paraId="1075C6A3" w14:textId="0CA07C3C" w:rsidR="00673EEF" w:rsidRDefault="004B55D0" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B55D0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://www.oldertenants.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17772688" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc127354566"/>
-      <w:bookmarkStart w:id="38" w:name="_Toc173422020"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc222232509"/>
       <w:r w:rsidRPr="00E841D8">
         <w:lastRenderedPageBreak/>
         <w:t>Community and resident-led organisations</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="10102" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="58414155" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9668,193 +9406,178 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3763E658" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>0432 677 567</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E888BF9" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00400562">
+          <w:p w14:paraId="7DD3BC91" w14:textId="77777777" w:rsidR="00F23EFF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r w:rsidRPr="00400562">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Somali Community Inc</w:t>
+                <w:t>Somali Community Inc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
+          </w:p>
+          <w:p w14:paraId="276E864E" w14:textId="7DD4CA1B" w:rsidR="00673EEF" w:rsidRPr="00F23EFF" w:rsidRDefault="00866EFC" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00866EFC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://www.somalicommunity.org.au</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00866EFC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...27 lines deleted...]
-              <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="6CD0C889" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1FF56A9C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Somali Women Development Association</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25079B65" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="25079B65" w14:textId="47AA24BC" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="004B55D0" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>8596 7651</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FE1386D" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...10 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00400562">
+          <w:p w14:paraId="2FE1386D" w14:textId="5CCCC52C" w:rsidR="00673EEF" w:rsidRDefault="00F35A52" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r w:rsidR="00673EEF" w:rsidRPr="00F35A52">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Somali Women Development Association</w:t>
+                <w:t>Somali W</w:t>
+              </w:r>
+              <w:r w:rsidR="00673EEF" w:rsidRPr="00F35A52">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>o</w:t>
+              </w:r>
+              <w:r w:rsidR="00673EEF" w:rsidRPr="00F35A52">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>men Development Association</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="6E3E730E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="6E3E730E" w14:textId="10DA9F7D" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00F35A52" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="00F35A52">
+              <w:t>https://www.swdai.org.au/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="25AB171D" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20AA11B4" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
@@ -9868,95 +9591,71 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3775E974" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>0478 140 938</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4189D06C" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00400562">
+          <w:p w14:paraId="5F0D8B6F" w14:textId="32149669" w:rsidR="00454BD6" w:rsidRPr="00E841D8" w:rsidRDefault="00454BD6" w:rsidP="00454BD6">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r w:rsidRPr="00454BD6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Email Eritrean Australia Community</w:t>
+                <w:t>eritreancommunityaus@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
-[...27 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="2AA4CEFE" w14:textId="77777777" w:rsidTr="6725C2FA">
+      <w:tr w:rsidR="00673EEF" w:rsidRPr="00593C3E" w14:paraId="2AA4CEFE" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FA27BB1" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Multicultural Sudanese Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9965,91 +9664,67 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07700C12" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>0423 945 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="708BCF0D" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00400562">
+          <w:p w14:paraId="3E930E9F" w14:textId="70DD51FC" w:rsidR="00085F8B" w:rsidRPr="00085F8B" w:rsidRDefault="00673EEF" w:rsidP="00085F8B">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r w:rsidRPr="00085F8B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Email Sudanese Centre</w:t>
+                <w:t>sudanesecentre@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
-[...27 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="60EDDC5A" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FA5A8F7" w14:textId="7CAF7715" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6725C2FA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
@@ -10068,572 +9743,350 @@
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="614FB22B" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>0478 100 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4972FC6E" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00400562">
+          <w:p w14:paraId="5B4AD583" w14:textId="4B40D802" w:rsidR="00673EEF" w:rsidRPr="00085F8B" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r w:rsidRPr="00085F8B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                </w:rPr>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
                 <w:t>melbournesomalicommunity@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00400562">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="3FCF8BEF" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="270"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="202B59C4" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Chinese Social Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A1F6B5A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="3A1F6B5A" w14:textId="5D49C1C3" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="004B55D0" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9376 9088</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6266298B" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00400562">
+          <w:p w14:paraId="6266298B" w14:textId="6714DDC8" w:rsidR="00673EEF" w:rsidRDefault="00D241DC" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r w:rsidR="00673EEF" w:rsidRPr="00D241DC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Visit Chinese Social Centre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00673EEF">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0454AF23" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="0454AF23" w14:textId="079DEBCE" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r w:rsidRPr="00400562">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
                 <w:t>https://farnhamst.net/chinese-social-centre/</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="428BC506" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18382ED6" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Australian Vietnamese Women's Association</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E698782" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="3E698782" w14:textId="1CD78F91" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="004B55D0" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9428 9078</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71804FCE" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00400562">
+          <w:p w14:paraId="71804FCE" w14:textId="5769760E" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r w:rsidRPr="00400562">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit Australian Vietnamese Women's Association</w:t>
+                <w:t>Australian Vietnamese Women's Association</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="628279E9" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="628279E9" w14:textId="316A0F45" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="005A7D2B" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...99 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="005A7D2B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://www.avwa.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w:rsidRPr="00E841D8" w14:paraId="6BECE08C" w14:textId="77777777" w:rsidTr="6725C2FA">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A175D02" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">AMSSA </w:t>
+          <w:p w14:paraId="6A175D02" w14:textId="3EACE569" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00BD7903" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD7903">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Australian Muslim Social Services Agency (AMSSA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D5818A1" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E841D8">
+          <w:p w14:paraId="1D5818A1" w14:textId="16AD9D1A" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="004B55D0" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="00E841D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9329 0285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57B5987A" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...4 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="00400562">
+          <w:p w14:paraId="5BE3B106" w14:textId="72A593EB" w:rsidR="00BD7903" w:rsidRDefault="0054284A" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r w:rsidR="00BD7903" w:rsidRPr="0054284A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Visit AMSSA</w:t>
+                <w:t>Australian Muslim Social Services Agency (AMSSA)</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00673EEF">
+            <w:r w:rsidR="00BD7903" w:rsidRPr="00BD7903">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CA75ECD" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="6CA75ECD" w14:textId="0DC602F0" w:rsidR="00673EEF" w:rsidRPr="00E841D8" w:rsidRDefault="0054284A" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...114 lines deleted...]
-              <w:t>&gt;</w:t>
+            <w:r w:rsidRPr="0054284A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://amssa.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58B1BCB9" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc173422021"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc222232510"/>
       <w:r>
         <w:t>Aboriginal support services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="4863"/>
       </w:tblGrid>
       <w:tr w:rsidR="00673EEF" w14:paraId="0673FA28" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10700,250 +10153,240 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Aboriginal</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6ECB080D" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Housing Victoria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E00C3B2" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="050A187A">
+          <w:p w14:paraId="7E00C3B2" w14:textId="008328C8" w:rsidR="00673EEF" w:rsidRDefault="002B2410" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9403 2100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E606FEF" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="050A187A">
+          <w:p w14:paraId="7E606FEF" w14:textId="20570229" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId92">
+              <w:r w:rsidRPr="050A187A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Visit Aboriginal Housing Victoria</w:t>
+                <w:t>Aboriginal Housi</w:t>
+              </w:r>
+              <w:r w:rsidRPr="050A187A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>n</w:t>
+              </w:r>
+              <w:r w:rsidRPr="050A187A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>g Victoria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="54B30FCC" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="54B30FCC" w14:textId="562CD01E" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>&lt;https://ahvic.org.au/&gt;</w:t>
+              <w:t>https://ahvic.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00673EEF" w14:paraId="583744BE" w14:textId="77777777" w:rsidTr="006D429C">
+      <w:tr w:rsidR="00673EEF" w:rsidRPr="00B1501A" w14:paraId="583744BE" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E0D32C3" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Victorian Aboriginal</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B613AE1" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Health</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1CB3FD" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="0C1CB3FD" w14:textId="1AE6235A" w:rsidR="00673EEF" w:rsidRDefault="002B2410" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="050A187A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>9419 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4431BA44" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRPr="005F3852" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="42C395E0" w14:textId="25D7C874" w:rsidR="00673EEF" w:rsidRPr="00B1501A" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="42C395E0" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+                <w:rFonts w:eastAsia="Times"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r w:rsidRPr="00B1501A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Victorian Aboriginal</w:t>
+              </w:r>
+              <w:r w:rsidR="00B1501A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B1501A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="64597DAD" w14:textId="2DBF1478" w:rsidR="00673EEF" w:rsidRPr="00B1501A" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
-              </w:rPr>
-[...30 lines deleted...]
-              <w:r w:rsidRPr="050A187A">
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId94">
+              <w:r w:rsidRPr="00B1501A">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times"/>
+                  <w:lang w:val="fr-FR"/>
                 </w:rPr>
-                <w:t>https://www.vahs.org.au/</w:t>
+                <w:t>https://www.vahs.org.au</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="050A187A">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w14:paraId="0A66161C" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B550044" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Victorian Aboriginal</w:t>
             </w:r>
           </w:p>
@@ -10952,118 +10395,143 @@
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Child Care Agency</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5956B304" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>(VACCA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E1E7412" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="6E1E7412" w14:textId="0E12B6A5" w:rsidR="00673EEF" w:rsidRDefault="002B2410" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="050A187A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="050A187A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>9287 8800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2157CBA7" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="050A187A">
+          <w:p w14:paraId="0FB06A3A" w14:textId="6ABD80A8" w:rsidR="00B1501A" w:rsidRDefault="00333283" w:rsidP="00B1501A">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r w:rsidR="00B1501A" w:rsidRPr="00333283">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Visit VACCA</w:t>
+                <w:t>Victorian Aboriginal</w:t>
+              </w:r>
+              <w:r w:rsidR="00B1501A" w:rsidRPr="00333283">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00B1501A" w:rsidRPr="00333283">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Child Care Agency</w:t>
+              </w:r>
+              <w:r w:rsidR="00B1501A" w:rsidRPr="00333283">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00B1501A" w:rsidRPr="00333283">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>(VACCA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="402C9BE9" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="402C9BE9" w14:textId="397D9DAE" w:rsidR="00673EEF" w:rsidRDefault="00B1501A" w:rsidP="00B1501A">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="050A187A">
+            <w:r w:rsidRPr="00333283">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>&lt;</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="050A187A">
+              <w:t>https://www.va</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00333283">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">&gt; </w:t>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00333283">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ca.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00673EEF" w14:paraId="1177AEE4" w14:textId="77777777" w:rsidTr="006D429C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="096AE932" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Victorian Aboriginal</w:t>
             </w:r>
@@ -11073,596 +10541,490 @@
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Community Services</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C07741F" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="050A187A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Association (VACSAL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64FE8CD8" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
+          <w:p w14:paraId="64FE8CD8" w14:textId="43462CF7" w:rsidR="00673EEF" w:rsidRDefault="002B2410" w:rsidP="006D429C">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="050A187A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:t xml:space="preserve">03 </w:t>
+            </w:r>
+            <w:r w:rsidR="00673EEF" w:rsidRPr="050A187A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>9416 4266</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4863" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="146E3488" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00712656" w:rsidP="006D429C">
-[...7 lines deleted...]
-              <w:r w:rsidR="00673EEF" w:rsidRPr="050A187A">
+          <w:p w14:paraId="79CE0E1C" w14:textId="5A37256B" w:rsidR="000120A6" w:rsidRDefault="00CF521D" w:rsidP="000120A6">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r w:rsidR="000120A6" w:rsidRPr="00CF521D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times"/>
                 </w:rPr>
-                <w:t>Visit VACSAL</w:t>
+                <w:t>Victorian Aboriginal</w:t>
+              </w:r>
+              <w:r w:rsidR="000120A6" w:rsidRPr="00CF521D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="000120A6" w:rsidRPr="00CF521D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>Community Services</w:t>
+              </w:r>
+              <w:r w:rsidR="000120A6" w:rsidRPr="00CF521D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="000120A6" w:rsidRPr="00CF521D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times"/>
+                </w:rPr>
+                <w:t>Association (VACSAL)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="62E1F4C2" w14:textId="77777777" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="006D429C">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">&lt;https://acsal.org.au&gt; </w:t>
+          <w:p w14:paraId="62E1F4C2" w14:textId="44E4137F" w:rsidR="00673EEF" w:rsidRDefault="00CF521D" w:rsidP="000120A6">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF521D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>https://www.vacsal.org.au</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A8A783E" w14:textId="7409DCEA" w:rsidR="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF"/>
+    <w:p w14:paraId="312DEA78" w14:textId="272C90ED" w:rsidR="00162CA9" w:rsidRDefault="00162CA9" w:rsidP="00621D92">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10194"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0055119B" w14:paraId="696A6191" w14:textId="77777777" w:rsidTr="00641724">
+      <w:tr w:rsidR="00985CA6" w14:paraId="7D1325AB" w14:textId="77777777" w:rsidTr="00985CA6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74E35183" w14:textId="10EAEC1E" w:rsidR="0036667D" w:rsidRPr="001865AB" w:rsidRDefault="0036667D" w:rsidP="0036667D">
+          <w:p w14:paraId="0A9B5E5D" w14:textId="77777777" w:rsidR="00985CA6" w:rsidRDefault="00985CA6" w:rsidP="00985CA6">
             <w:pPr>
               <w:pStyle w:val="Accessibilitypara"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="40" w:name="_Hlk37240926"/>
             <w:r w:rsidRPr="001865AB">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-              <w:r w:rsidR="007406C6" w:rsidRPr="001865AB">
+              <w:t xml:space="preserve">To receive this document in </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>an accessible</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001865AB">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> format</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, email </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r w:rsidRPr="00BA3AE6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
-                  <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t xml:space="preserve">email </w:t>
+                <w:t>northmelbourne.housing@dffh.vic.gov.au</w:t>
               </w:r>
-              <w:r w:rsidR="4402E673" w:rsidRPr="001865AB">
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="057FCEBC" w14:textId="77777777" w:rsidR="00985CA6" w:rsidRDefault="00985CA6" w:rsidP="00985CA6">
+            <w:pPr>
+              <w:pStyle w:val="Accessibilitypara"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA3AE6">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Authorised and published by the Victorian Government, 1 Treasury Place, Melbourne.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="132AB793" w14:textId="77777777" w:rsidR="00985CA6" w:rsidRDefault="00985CA6" w:rsidP="00985CA6">
+            <w:pPr>
+              <w:pStyle w:val="Accessibilitypara"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA3AE6">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>© State of Victoria, Department of Families, Fairness and Housing,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> February</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3AE6">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3AE6">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F8ADB7D" w14:textId="6BBE7D01" w:rsidR="00985CA6" w:rsidRDefault="00985CA6" w:rsidP="00985CA6">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Available on </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r w:rsidRPr="00BA3AE6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t>the Department of Families, Fairness and Housing</w:t>
+                <w:t>Housing.Vic’s Forms and Guides page</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="007406C6" w:rsidRPr="001865AB">
-[...1 lines deleted...]
-                <w:sz w:val="21"/>
+            <w:r>
+              <w:rPr>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006D429C" w:rsidRPr="001865AB">
-[...1 lines deleted...]
-                <w:sz w:val="21"/>
+            <w:r w:rsidRPr="00BA3AE6">
+              <w:rPr>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>&lt;</w:t>
-[...230 lines deleted...]
-            </w:hyperlink>
+              <w:t>https://www.housing.vic.gov.au/about/forms-guides</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="40"/>
     </w:tbl>
-    <w:p w14:paraId="312DEA78" w14:textId="272C90ED" w:rsidR="00162CA9" w:rsidRDefault="00162CA9" w:rsidP="00621D92">
+    <w:p w14:paraId="3614A989" w14:textId="77777777" w:rsidR="00985CA6" w:rsidRDefault="00985CA6" w:rsidP="00621D92">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00162CA9" w:rsidSect="00593A99">
+    <w:sectPr w:rsidR="00985CA6" w:rsidSect="00593A99">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="851" w:left="851" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00B21105" w14:textId="77777777" w:rsidR="00D644D1" w:rsidRDefault="00D644D1">
+    <w:p w14:paraId="47AA35A8" w14:textId="77777777" w:rsidR="00D2535B" w:rsidRDefault="00D2535B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A439222" w14:textId="77777777" w:rsidR="00D644D1" w:rsidRDefault="00D644D1"/>
+    <w:p w14:paraId="67D953B5" w14:textId="77777777" w:rsidR="00D2535B" w:rsidRDefault="00D2535B"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3965021E" w14:textId="77777777" w:rsidR="00D644D1" w:rsidRDefault="00D644D1">
+    <w:p w14:paraId="5353F8B0" w14:textId="77777777" w:rsidR="00D2535B" w:rsidRDefault="00D2535B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730F040C" w14:textId="77777777" w:rsidR="00D644D1" w:rsidRDefault="00D644D1"/>
+    <w:p w14:paraId="57785AFE" w14:textId="77777777" w:rsidR="00D2535B" w:rsidRDefault="00D2535B"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0B99B9DA" w14:textId="77777777" w:rsidR="00FC0CFB" w:rsidRDefault="00FC0CFB">
+    <w:p w14:paraId="39FA8DAC" w14:textId="77777777" w:rsidR="00D2535B" w:rsidRDefault="00D2535B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="VIC">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="016C29F6" w14:textId="044C41A7" w:rsidR="00E261B3" w:rsidRPr="00F65AA9" w:rsidRDefault="00967335" w:rsidP="00EF2C72">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C7F58B7" wp14:editId="798A5D84">
           <wp:simplePos x="538163" y="9644063"/>
           <wp:positionH relativeFrom="page">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>bottom</wp:align>
           </wp:positionV>
           <wp:extent cx="7560000" cy="792720"/>
           <wp:effectExtent l="0" t="0" r="3175" b="7620"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="Picture 7" descr="Victoria State Government Families, Fairness and Housing"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -11800,52 +11162,52 @@
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00B21F90">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="65F67A31" w14:textId="77777777" w:rsidR="00E261B3" w:rsidRDefault="00E261B3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="36861015" wp14:editId="5023B46B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189687</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 6" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -11927,52 +11289,52 @@
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00B21F90">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6434A8BE" w14:textId="5BA638FF" w:rsidR="00593A99" w:rsidRPr="00F65AA9" w:rsidRDefault="00593A99" w:rsidP="00EF2C72">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="005089CE" wp14:editId="12E569FA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Text Box 3" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
@@ -12056,189 +11418,152 @@
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00B21F90">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7899B2EB" w14:textId="77777777" w:rsidR="00D644D1" w:rsidRDefault="00D644D1" w:rsidP="00207717">
+    <w:p w14:paraId="0942C632" w14:textId="77777777" w:rsidR="00D2535B" w:rsidRDefault="00D2535B" w:rsidP="00207717">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17C89108" w14:textId="77777777" w:rsidR="00D644D1" w:rsidRDefault="00D644D1">
+    <w:p w14:paraId="3DFD7580" w14:textId="77777777" w:rsidR="00D2535B" w:rsidRDefault="00D2535B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0470AAFD" w14:textId="77777777" w:rsidR="00D644D1" w:rsidRDefault="00D644D1"/>
+    <w:p w14:paraId="3F9172C9" w14:textId="77777777" w:rsidR="00D2535B" w:rsidRDefault="00D2535B"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7FC9EA60" w14:textId="77777777" w:rsidR="00FC0CFB" w:rsidRDefault="00FC0CFB">
+    <w:p w14:paraId="339D1C18" w14:textId="77777777" w:rsidR="00D2535B" w:rsidRDefault="00D2535B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...30 lines deleted...]
-  <w:p w14:paraId="01FD96D1" w14:textId="0E863411" w:rsidR="00E261B3" w:rsidRPr="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="01FD96D1" w14:textId="7486B5F7" w:rsidR="00E261B3" w:rsidRPr="00673EEF" w:rsidRDefault="00673EEF" w:rsidP="00673EEF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00673EEF">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>North Melbourne public housing estate</w:t>
     </w:r>
     <w:r w:rsidR="00257709">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> s</w:t>
     </w:r>
     <w:r w:rsidRPr="00673EEF">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve">ervices guide </w:t>
-[...6 lines deleted...]
-      <w:t>- accessible</w:t>
+      <w:t>ervices guide</w:t>
     </w:r>
     <w:r w:rsidR="00B14B5F">
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9B685C78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D2A8F2FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -14702,1112 +14027,1268 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C04F42"/>
     <w:rsid w:val="00000719"/>
     <w:rsid w:val="00002D68"/>
     <w:rsid w:val="00003403"/>
     <w:rsid w:val="00004475"/>
     <w:rsid w:val="00005347"/>
     <w:rsid w:val="000072B6"/>
     <w:rsid w:val="0001021B"/>
     <w:rsid w:val="00011D89"/>
+    <w:rsid w:val="000120A6"/>
     <w:rsid w:val="000154FD"/>
     <w:rsid w:val="00022271"/>
     <w:rsid w:val="000235E8"/>
     <w:rsid w:val="00024D89"/>
     <w:rsid w:val="000250B6"/>
+    <w:rsid w:val="00027F1B"/>
     <w:rsid w:val="00033D81"/>
     <w:rsid w:val="00037366"/>
+    <w:rsid w:val="00037745"/>
     <w:rsid w:val="00041BF0"/>
     <w:rsid w:val="00042C8A"/>
     <w:rsid w:val="0004536B"/>
     <w:rsid w:val="00046B68"/>
+    <w:rsid w:val="00047DD4"/>
     <w:rsid w:val="000527DD"/>
     <w:rsid w:val="000578B2"/>
     <w:rsid w:val="00060959"/>
     <w:rsid w:val="00060C8F"/>
+    <w:rsid w:val="0006144C"/>
     <w:rsid w:val="0006298A"/>
     <w:rsid w:val="000643BD"/>
     <w:rsid w:val="000663CD"/>
     <w:rsid w:val="000733FE"/>
     <w:rsid w:val="00074219"/>
     <w:rsid w:val="00074ED5"/>
+    <w:rsid w:val="00080BCE"/>
+    <w:rsid w:val="000824AD"/>
     <w:rsid w:val="0008508E"/>
+    <w:rsid w:val="00085F8B"/>
     <w:rsid w:val="00086557"/>
     <w:rsid w:val="00087951"/>
     <w:rsid w:val="0009050A"/>
     <w:rsid w:val="0009113B"/>
     <w:rsid w:val="00093402"/>
     <w:rsid w:val="00094DA3"/>
     <w:rsid w:val="00096CD1"/>
     <w:rsid w:val="000A012C"/>
     <w:rsid w:val="000A0EB9"/>
     <w:rsid w:val="000A186C"/>
     <w:rsid w:val="000A1EA4"/>
     <w:rsid w:val="000A2476"/>
     <w:rsid w:val="000A641A"/>
     <w:rsid w:val="000B2117"/>
     <w:rsid w:val="000B3EDB"/>
     <w:rsid w:val="000B543D"/>
     <w:rsid w:val="000B55F9"/>
     <w:rsid w:val="000B5BF7"/>
     <w:rsid w:val="000B6BC8"/>
     <w:rsid w:val="000C0303"/>
     <w:rsid w:val="000C42EA"/>
     <w:rsid w:val="000C4546"/>
     <w:rsid w:val="000D1242"/>
     <w:rsid w:val="000E0970"/>
     <w:rsid w:val="000E3CC7"/>
     <w:rsid w:val="000E6BD4"/>
     <w:rsid w:val="000E6D6D"/>
+    <w:rsid w:val="000E7A6F"/>
     <w:rsid w:val="000F1F1E"/>
     <w:rsid w:val="000F2259"/>
     <w:rsid w:val="000F2DDA"/>
     <w:rsid w:val="000F2EA0"/>
+    <w:rsid w:val="000F49C3"/>
     <w:rsid w:val="000F5213"/>
     <w:rsid w:val="00101001"/>
     <w:rsid w:val="00103276"/>
     <w:rsid w:val="0010392D"/>
     <w:rsid w:val="0010447F"/>
     <w:rsid w:val="00104FE3"/>
     <w:rsid w:val="00105291"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="001120C5"/>
+    <w:rsid w:val="00114C0F"/>
+    <w:rsid w:val="00115EEE"/>
+    <w:rsid w:val="00117D34"/>
     <w:rsid w:val="00120BD3"/>
     <w:rsid w:val="00122FEA"/>
     <w:rsid w:val="001232BD"/>
     <w:rsid w:val="00124ED5"/>
     <w:rsid w:val="001276FA"/>
+    <w:rsid w:val="00141A12"/>
     <w:rsid w:val="001447B3"/>
     <w:rsid w:val="001461E1"/>
+    <w:rsid w:val="001476B9"/>
     <w:rsid w:val="00152073"/>
     <w:rsid w:val="00156598"/>
     <w:rsid w:val="0016037B"/>
+    <w:rsid w:val="00161058"/>
     <w:rsid w:val="00161939"/>
     <w:rsid w:val="00161AA0"/>
     <w:rsid w:val="00161D2E"/>
     <w:rsid w:val="00161F3E"/>
     <w:rsid w:val="00162093"/>
     <w:rsid w:val="00162CA9"/>
     <w:rsid w:val="00164C72"/>
     <w:rsid w:val="00165459"/>
     <w:rsid w:val="00165A57"/>
     <w:rsid w:val="001712C2"/>
     <w:rsid w:val="00172BAF"/>
+    <w:rsid w:val="001765A9"/>
     <w:rsid w:val="0017674D"/>
     <w:rsid w:val="001771DD"/>
     <w:rsid w:val="00177995"/>
     <w:rsid w:val="00177A8C"/>
     <w:rsid w:val="001865AB"/>
     <w:rsid w:val="00186B33"/>
     <w:rsid w:val="00192F9D"/>
     <w:rsid w:val="00196EB8"/>
     <w:rsid w:val="00196EFB"/>
     <w:rsid w:val="001979FF"/>
     <w:rsid w:val="00197B17"/>
     <w:rsid w:val="001A1950"/>
     <w:rsid w:val="001A1C54"/>
     <w:rsid w:val="001A202A"/>
     <w:rsid w:val="001A3ACE"/>
     <w:rsid w:val="001B058F"/>
     <w:rsid w:val="001B6B96"/>
     <w:rsid w:val="001B7228"/>
     <w:rsid w:val="001B738B"/>
     <w:rsid w:val="001C09DB"/>
+    <w:rsid w:val="001C14E8"/>
     <w:rsid w:val="001C277E"/>
     <w:rsid w:val="001C2A72"/>
     <w:rsid w:val="001C31B7"/>
+    <w:rsid w:val="001C717D"/>
     <w:rsid w:val="001D0344"/>
     <w:rsid w:val="001D0B75"/>
     <w:rsid w:val="001D39A5"/>
     <w:rsid w:val="001D3C09"/>
     <w:rsid w:val="001D44E8"/>
     <w:rsid w:val="001D60EC"/>
     <w:rsid w:val="001D64BA"/>
     <w:rsid w:val="001D6F59"/>
     <w:rsid w:val="001E44DF"/>
     <w:rsid w:val="001E68A5"/>
     <w:rsid w:val="001E6BB0"/>
     <w:rsid w:val="001E7282"/>
     <w:rsid w:val="001F3826"/>
     <w:rsid w:val="001F6E46"/>
     <w:rsid w:val="001F7C91"/>
     <w:rsid w:val="002012DE"/>
     <w:rsid w:val="00202A79"/>
     <w:rsid w:val="002033B7"/>
     <w:rsid w:val="00206463"/>
     <w:rsid w:val="00206F2F"/>
     <w:rsid w:val="00207717"/>
     <w:rsid w:val="0021053D"/>
     <w:rsid w:val="00210A92"/>
     <w:rsid w:val="00214AB7"/>
     <w:rsid w:val="00216C03"/>
     <w:rsid w:val="00220C04"/>
     <w:rsid w:val="0022278D"/>
     <w:rsid w:val="0022701F"/>
     <w:rsid w:val="00227C68"/>
     <w:rsid w:val="00233311"/>
     <w:rsid w:val="002333F5"/>
     <w:rsid w:val="00233724"/>
     <w:rsid w:val="002365B4"/>
     <w:rsid w:val="00242378"/>
     <w:rsid w:val="002432E1"/>
     <w:rsid w:val="00246207"/>
     <w:rsid w:val="00246C5E"/>
+    <w:rsid w:val="0025038A"/>
     <w:rsid w:val="00250960"/>
     <w:rsid w:val="00250DC4"/>
     <w:rsid w:val="00251343"/>
     <w:rsid w:val="002536A4"/>
     <w:rsid w:val="00254F58"/>
     <w:rsid w:val="00257709"/>
     <w:rsid w:val="002620BC"/>
     <w:rsid w:val="00262802"/>
     <w:rsid w:val="00263A90"/>
     <w:rsid w:val="0026408B"/>
+    <w:rsid w:val="00266D88"/>
     <w:rsid w:val="00267C3E"/>
     <w:rsid w:val="002709BB"/>
     <w:rsid w:val="0027131C"/>
     <w:rsid w:val="00273BAC"/>
     <w:rsid w:val="002763B3"/>
     <w:rsid w:val="002802E3"/>
     <w:rsid w:val="00280C4B"/>
+    <w:rsid w:val="00281022"/>
     <w:rsid w:val="0028213D"/>
     <w:rsid w:val="002862F1"/>
     <w:rsid w:val="00291373"/>
     <w:rsid w:val="0029597D"/>
     <w:rsid w:val="002962C3"/>
     <w:rsid w:val="0029752B"/>
     <w:rsid w:val="002A0A9C"/>
     <w:rsid w:val="002A483C"/>
     <w:rsid w:val="002B0C7C"/>
     <w:rsid w:val="002B1729"/>
+    <w:rsid w:val="002B2410"/>
     <w:rsid w:val="002B36C7"/>
     <w:rsid w:val="002B4DD4"/>
     <w:rsid w:val="002B5277"/>
     <w:rsid w:val="002B5375"/>
     <w:rsid w:val="002B77C1"/>
     <w:rsid w:val="002C0ED7"/>
     <w:rsid w:val="002C2728"/>
+    <w:rsid w:val="002C4D51"/>
     <w:rsid w:val="002D1E0D"/>
+    <w:rsid w:val="002D4147"/>
     <w:rsid w:val="002D5006"/>
     <w:rsid w:val="002E01D0"/>
     <w:rsid w:val="002E161D"/>
     <w:rsid w:val="002E3100"/>
     <w:rsid w:val="002E6C95"/>
     <w:rsid w:val="002E7C36"/>
     <w:rsid w:val="002F3ADF"/>
     <w:rsid w:val="002F3D32"/>
     <w:rsid w:val="002F5F31"/>
     <w:rsid w:val="002F5F46"/>
+    <w:rsid w:val="002F75C0"/>
+    <w:rsid w:val="00300665"/>
     <w:rsid w:val="00302216"/>
     <w:rsid w:val="00303E53"/>
     <w:rsid w:val="00305CC1"/>
     <w:rsid w:val="00306E5F"/>
     <w:rsid w:val="00307E14"/>
     <w:rsid w:val="00314054"/>
     <w:rsid w:val="00316F27"/>
     <w:rsid w:val="003214F1"/>
     <w:rsid w:val="00322E4B"/>
     <w:rsid w:val="003252EE"/>
     <w:rsid w:val="00327870"/>
     <w:rsid w:val="0033259D"/>
+    <w:rsid w:val="00333283"/>
     <w:rsid w:val="003333D2"/>
+    <w:rsid w:val="00335B74"/>
     <w:rsid w:val="00337339"/>
     <w:rsid w:val="003406C6"/>
     <w:rsid w:val="00340FA1"/>
     <w:rsid w:val="003418CC"/>
     <w:rsid w:val="003459BD"/>
     <w:rsid w:val="00350D38"/>
     <w:rsid w:val="00351405"/>
     <w:rsid w:val="00351B36"/>
     <w:rsid w:val="00357B4E"/>
     <w:rsid w:val="0036667D"/>
     <w:rsid w:val="003716FD"/>
     <w:rsid w:val="0037204B"/>
     <w:rsid w:val="003744CF"/>
     <w:rsid w:val="00374717"/>
     <w:rsid w:val="0037676C"/>
     <w:rsid w:val="00377A1A"/>
     <w:rsid w:val="00381043"/>
     <w:rsid w:val="003829E5"/>
     <w:rsid w:val="00386109"/>
     <w:rsid w:val="00386944"/>
     <w:rsid w:val="003956CC"/>
     <w:rsid w:val="00395C9A"/>
     <w:rsid w:val="003A04E1"/>
     <w:rsid w:val="003A0853"/>
     <w:rsid w:val="003A6B67"/>
     <w:rsid w:val="003B13B6"/>
     <w:rsid w:val="003B14C3"/>
     <w:rsid w:val="003B15E6"/>
     <w:rsid w:val="003B1BDC"/>
+    <w:rsid w:val="003B3DDF"/>
     <w:rsid w:val="003B408A"/>
     <w:rsid w:val="003C08A2"/>
     <w:rsid w:val="003C2045"/>
     <w:rsid w:val="003C43A1"/>
     <w:rsid w:val="003C4FC0"/>
     <w:rsid w:val="003C55F4"/>
+    <w:rsid w:val="003C5C20"/>
     <w:rsid w:val="003C64B3"/>
     <w:rsid w:val="003C7897"/>
     <w:rsid w:val="003C7A3F"/>
     <w:rsid w:val="003D2766"/>
     <w:rsid w:val="003D2A74"/>
     <w:rsid w:val="003D3E8F"/>
     <w:rsid w:val="003D6475"/>
     <w:rsid w:val="003D6EE6"/>
     <w:rsid w:val="003D7000"/>
     <w:rsid w:val="003D7E30"/>
+    <w:rsid w:val="003E0989"/>
+    <w:rsid w:val="003E1BC5"/>
     <w:rsid w:val="003E375C"/>
     <w:rsid w:val="003E4086"/>
     <w:rsid w:val="003E639E"/>
     <w:rsid w:val="003E71E5"/>
     <w:rsid w:val="003F0445"/>
     <w:rsid w:val="003F0CF0"/>
     <w:rsid w:val="003F14B1"/>
     <w:rsid w:val="003F2B20"/>
     <w:rsid w:val="003F3289"/>
     <w:rsid w:val="003F3C62"/>
     <w:rsid w:val="003F5CB9"/>
     <w:rsid w:val="004013C7"/>
     <w:rsid w:val="00401FCF"/>
     <w:rsid w:val="00406157"/>
     <w:rsid w:val="00406285"/>
     <w:rsid w:val="004148F9"/>
+    <w:rsid w:val="00416070"/>
     <w:rsid w:val="0042084E"/>
     <w:rsid w:val="00421EEF"/>
     <w:rsid w:val="00424D65"/>
     <w:rsid w:val="00430393"/>
     <w:rsid w:val="00431806"/>
     <w:rsid w:val="004350F9"/>
     <w:rsid w:val="00437AC5"/>
+    <w:rsid w:val="00442C2B"/>
     <w:rsid w:val="00442C6C"/>
     <w:rsid w:val="00443CBE"/>
     <w:rsid w:val="00443E8A"/>
     <w:rsid w:val="004441BC"/>
     <w:rsid w:val="004468B4"/>
     <w:rsid w:val="00447EC4"/>
     <w:rsid w:val="0045221D"/>
     <w:rsid w:val="0045230A"/>
+    <w:rsid w:val="004531BF"/>
     <w:rsid w:val="00454AD0"/>
+    <w:rsid w:val="00454BD6"/>
     <w:rsid w:val="00457337"/>
+    <w:rsid w:val="00460272"/>
     <w:rsid w:val="00462E3D"/>
     <w:rsid w:val="0046440A"/>
+    <w:rsid w:val="00465F1E"/>
     <w:rsid w:val="00466E79"/>
     <w:rsid w:val="00470D7D"/>
     <w:rsid w:val="0047372D"/>
     <w:rsid w:val="00473BA3"/>
     <w:rsid w:val="004743DD"/>
     <w:rsid w:val="00474CEA"/>
     <w:rsid w:val="00483968"/>
     <w:rsid w:val="004841BE"/>
     <w:rsid w:val="00484F86"/>
+    <w:rsid w:val="00486DD6"/>
     <w:rsid w:val="00490746"/>
     <w:rsid w:val="00490852"/>
     <w:rsid w:val="00491C9C"/>
     <w:rsid w:val="00492F30"/>
+    <w:rsid w:val="00493028"/>
     <w:rsid w:val="004946F4"/>
     <w:rsid w:val="0049487E"/>
     <w:rsid w:val="004A160D"/>
     <w:rsid w:val="004A3E81"/>
     <w:rsid w:val="004A4195"/>
     <w:rsid w:val="004A4CBA"/>
     <w:rsid w:val="004A5C62"/>
     <w:rsid w:val="004A5CE5"/>
     <w:rsid w:val="004A707D"/>
+    <w:rsid w:val="004A7FF7"/>
     <w:rsid w:val="004B4185"/>
+    <w:rsid w:val="004B55D0"/>
+    <w:rsid w:val="004C3662"/>
     <w:rsid w:val="004C5541"/>
     <w:rsid w:val="004C6EEE"/>
     <w:rsid w:val="004C702B"/>
+    <w:rsid w:val="004C7AF2"/>
     <w:rsid w:val="004D0033"/>
     <w:rsid w:val="004D016B"/>
     <w:rsid w:val="004D1B22"/>
     <w:rsid w:val="004D23CC"/>
     <w:rsid w:val="004D36F2"/>
+    <w:rsid w:val="004D44E3"/>
     <w:rsid w:val="004E1106"/>
     <w:rsid w:val="004E138F"/>
     <w:rsid w:val="004E4649"/>
     <w:rsid w:val="004E5C2B"/>
     <w:rsid w:val="004F00DD"/>
+    <w:rsid w:val="004F06C3"/>
+    <w:rsid w:val="004F0AC1"/>
     <w:rsid w:val="004F2133"/>
     <w:rsid w:val="004F5398"/>
     <w:rsid w:val="004F55F1"/>
     <w:rsid w:val="004F6936"/>
     <w:rsid w:val="004F6DEE"/>
     <w:rsid w:val="004F7B35"/>
+    <w:rsid w:val="0050053B"/>
     <w:rsid w:val="00503DC6"/>
+    <w:rsid w:val="005059D6"/>
     <w:rsid w:val="00506F5D"/>
     <w:rsid w:val="00510C37"/>
+    <w:rsid w:val="00512356"/>
     <w:rsid w:val="005126D0"/>
     <w:rsid w:val="00513109"/>
     <w:rsid w:val="00514667"/>
     <w:rsid w:val="0051568D"/>
     <w:rsid w:val="00526AC7"/>
     <w:rsid w:val="00526C15"/>
     <w:rsid w:val="00536499"/>
+    <w:rsid w:val="0054284A"/>
     <w:rsid w:val="00542A03"/>
     <w:rsid w:val="00543903"/>
     <w:rsid w:val="00543F11"/>
     <w:rsid w:val="00546305"/>
     <w:rsid w:val="00547A95"/>
+    <w:rsid w:val="00547FF6"/>
     <w:rsid w:val="0055119B"/>
     <w:rsid w:val="00561202"/>
+    <w:rsid w:val="00570A55"/>
     <w:rsid w:val="00572031"/>
     <w:rsid w:val="00572282"/>
     <w:rsid w:val="00573CE3"/>
     <w:rsid w:val="00576E84"/>
     <w:rsid w:val="00580394"/>
     <w:rsid w:val="005809CD"/>
     <w:rsid w:val="00580E25"/>
     <w:rsid w:val="00582B8C"/>
     <w:rsid w:val="0058757E"/>
     <w:rsid w:val="00593A99"/>
+    <w:rsid w:val="00593C3E"/>
     <w:rsid w:val="00596A4B"/>
     <w:rsid w:val="00597507"/>
     <w:rsid w:val="005A2AF8"/>
     <w:rsid w:val="005A479D"/>
+    <w:rsid w:val="005A7D2B"/>
     <w:rsid w:val="005B1C6D"/>
     <w:rsid w:val="005B21B6"/>
     <w:rsid w:val="005B3A08"/>
+    <w:rsid w:val="005B6133"/>
     <w:rsid w:val="005B7A63"/>
     <w:rsid w:val="005C0955"/>
     <w:rsid w:val="005C49DA"/>
     <w:rsid w:val="005C50F3"/>
     <w:rsid w:val="005C54B5"/>
     <w:rsid w:val="005C5D80"/>
     <w:rsid w:val="005C5D91"/>
     <w:rsid w:val="005D07B8"/>
     <w:rsid w:val="005D1125"/>
     <w:rsid w:val="005D6597"/>
     <w:rsid w:val="005E14E7"/>
     <w:rsid w:val="005E26A3"/>
     <w:rsid w:val="005E2ECB"/>
     <w:rsid w:val="005E447E"/>
     <w:rsid w:val="005E4FD1"/>
     <w:rsid w:val="005E67BE"/>
     <w:rsid w:val="005F0775"/>
     <w:rsid w:val="005F0CF5"/>
     <w:rsid w:val="005F21EB"/>
     <w:rsid w:val="005F64CF"/>
+    <w:rsid w:val="00600A85"/>
     <w:rsid w:val="006041AD"/>
     <w:rsid w:val="00605908"/>
     <w:rsid w:val="00607850"/>
     <w:rsid w:val="00610D7C"/>
     <w:rsid w:val="00613414"/>
     <w:rsid w:val="00614054"/>
     <w:rsid w:val="00620154"/>
     <w:rsid w:val="00621D92"/>
     <w:rsid w:val="0062408D"/>
     <w:rsid w:val="006240CC"/>
     <w:rsid w:val="00624940"/>
     <w:rsid w:val="006254F8"/>
     <w:rsid w:val="00627DA7"/>
     <w:rsid w:val="00630DA4"/>
     <w:rsid w:val="00631CD4"/>
     <w:rsid w:val="00632597"/>
     <w:rsid w:val="00634D13"/>
     <w:rsid w:val="006358B4"/>
     <w:rsid w:val="00641724"/>
     <w:rsid w:val="006419AA"/>
     <w:rsid w:val="00644B1F"/>
     <w:rsid w:val="00644B7E"/>
     <w:rsid w:val="006454E6"/>
     <w:rsid w:val="00646235"/>
     <w:rsid w:val="00646A68"/>
     <w:rsid w:val="006505BD"/>
     <w:rsid w:val="006508EA"/>
     <w:rsid w:val="0065092E"/>
     <w:rsid w:val="006557A7"/>
     <w:rsid w:val="00656290"/>
+    <w:rsid w:val="00656D7C"/>
     <w:rsid w:val="006601C9"/>
     <w:rsid w:val="006608D8"/>
     <w:rsid w:val="006621D7"/>
     <w:rsid w:val="0066302A"/>
     <w:rsid w:val="00667770"/>
     <w:rsid w:val="00670597"/>
     <w:rsid w:val="006706D0"/>
+    <w:rsid w:val="00670C12"/>
     <w:rsid w:val="00673EEF"/>
     <w:rsid w:val="00677574"/>
     <w:rsid w:val="00683878"/>
     <w:rsid w:val="0068454C"/>
     <w:rsid w:val="00691B62"/>
     <w:rsid w:val="006933B5"/>
     <w:rsid w:val="00693D14"/>
     <w:rsid w:val="00695A93"/>
+    <w:rsid w:val="006965EC"/>
     <w:rsid w:val="00696F27"/>
+    <w:rsid w:val="00697A2D"/>
     <w:rsid w:val="006A18C2"/>
     <w:rsid w:val="006A3383"/>
     <w:rsid w:val="006B077C"/>
     <w:rsid w:val="006B16AF"/>
+    <w:rsid w:val="006B38AE"/>
     <w:rsid w:val="006B6803"/>
+    <w:rsid w:val="006C2A06"/>
     <w:rsid w:val="006D0F16"/>
     <w:rsid w:val="006D2A3F"/>
     <w:rsid w:val="006D2FBC"/>
+    <w:rsid w:val="006D346D"/>
     <w:rsid w:val="006D429C"/>
     <w:rsid w:val="006D4925"/>
     <w:rsid w:val="006E138B"/>
     <w:rsid w:val="006E1867"/>
     <w:rsid w:val="006F0330"/>
     <w:rsid w:val="006F1FDC"/>
+    <w:rsid w:val="006F5970"/>
     <w:rsid w:val="006F6B8C"/>
     <w:rsid w:val="007013EF"/>
+    <w:rsid w:val="007028EC"/>
+    <w:rsid w:val="00703EA1"/>
     <w:rsid w:val="007055BD"/>
     <w:rsid w:val="00710D9E"/>
+    <w:rsid w:val="00716021"/>
     <w:rsid w:val="007173CA"/>
     <w:rsid w:val="007216AA"/>
     <w:rsid w:val="00721AB5"/>
     <w:rsid w:val="00721CFB"/>
     <w:rsid w:val="00721DEF"/>
     <w:rsid w:val="00724A43"/>
     <w:rsid w:val="007273AC"/>
     <w:rsid w:val="00731AD4"/>
     <w:rsid w:val="007346E4"/>
     <w:rsid w:val="007406C6"/>
     <w:rsid w:val="00740F22"/>
     <w:rsid w:val="00741977"/>
     <w:rsid w:val="00741CF0"/>
     <w:rsid w:val="00741F1A"/>
     <w:rsid w:val="00743A2C"/>
     <w:rsid w:val="007447DA"/>
     <w:rsid w:val="007450F8"/>
+    <w:rsid w:val="00745C0C"/>
     <w:rsid w:val="0074696E"/>
+    <w:rsid w:val="00746BD5"/>
     <w:rsid w:val="00750135"/>
     <w:rsid w:val="00750EC2"/>
     <w:rsid w:val="00752B28"/>
     <w:rsid w:val="007541A9"/>
     <w:rsid w:val="00754E36"/>
     <w:rsid w:val="00763139"/>
     <w:rsid w:val="00766F80"/>
     <w:rsid w:val="00770F37"/>
     <w:rsid w:val="007711A0"/>
     <w:rsid w:val="00772D5E"/>
     <w:rsid w:val="0077463E"/>
     <w:rsid w:val="00776928"/>
     <w:rsid w:val="00776E0F"/>
     <w:rsid w:val="007774B1"/>
     <w:rsid w:val="00777BE1"/>
     <w:rsid w:val="007833D8"/>
     <w:rsid w:val="00785677"/>
     <w:rsid w:val="00786F16"/>
     <w:rsid w:val="007872F4"/>
     <w:rsid w:val="00791BD7"/>
     <w:rsid w:val="007933F7"/>
     <w:rsid w:val="00796E20"/>
     <w:rsid w:val="00797C32"/>
     <w:rsid w:val="007A11E8"/>
     <w:rsid w:val="007B0914"/>
     <w:rsid w:val="007B1374"/>
     <w:rsid w:val="007B32E5"/>
     <w:rsid w:val="007B3DB9"/>
     <w:rsid w:val="007B3EA9"/>
     <w:rsid w:val="007B589F"/>
     <w:rsid w:val="007B6186"/>
     <w:rsid w:val="007B73BC"/>
+    <w:rsid w:val="007B7409"/>
     <w:rsid w:val="007C1838"/>
     <w:rsid w:val="007C20B9"/>
     <w:rsid w:val="007C2A11"/>
     <w:rsid w:val="007C62DD"/>
     <w:rsid w:val="007C7301"/>
     <w:rsid w:val="007C7859"/>
     <w:rsid w:val="007C7F28"/>
     <w:rsid w:val="007D1466"/>
     <w:rsid w:val="007D2BDE"/>
     <w:rsid w:val="007D2FB6"/>
     <w:rsid w:val="007D32CE"/>
     <w:rsid w:val="007D49EB"/>
+    <w:rsid w:val="007D55AF"/>
     <w:rsid w:val="007D5E1C"/>
     <w:rsid w:val="007E0DE2"/>
     <w:rsid w:val="007E3B98"/>
     <w:rsid w:val="007E417A"/>
+    <w:rsid w:val="007F2819"/>
     <w:rsid w:val="007F31B6"/>
     <w:rsid w:val="007F546C"/>
     <w:rsid w:val="007F625F"/>
     <w:rsid w:val="007F665E"/>
     <w:rsid w:val="00800412"/>
     <w:rsid w:val="0080587B"/>
     <w:rsid w:val="00806468"/>
     <w:rsid w:val="008119CA"/>
     <w:rsid w:val="00811BBF"/>
     <w:rsid w:val="008130C4"/>
     <w:rsid w:val="008155F0"/>
     <w:rsid w:val="00816735"/>
     <w:rsid w:val="00820141"/>
     <w:rsid w:val="00820E0C"/>
     <w:rsid w:val="00823275"/>
     <w:rsid w:val="0082366F"/>
     <w:rsid w:val="008338A2"/>
     <w:rsid w:val="00841AA9"/>
+    <w:rsid w:val="008431D6"/>
     <w:rsid w:val="008474FE"/>
     <w:rsid w:val="0085232E"/>
     <w:rsid w:val="00853EE4"/>
     <w:rsid w:val="00855535"/>
     <w:rsid w:val="00857C5A"/>
     <w:rsid w:val="0086255E"/>
     <w:rsid w:val="008633F0"/>
+    <w:rsid w:val="008634A7"/>
+    <w:rsid w:val="00866EFC"/>
     <w:rsid w:val="00867D9D"/>
     <w:rsid w:val="00872C54"/>
     <w:rsid w:val="00872E0A"/>
     <w:rsid w:val="00873594"/>
     <w:rsid w:val="00875285"/>
     <w:rsid w:val="00877B47"/>
     <w:rsid w:val="0088236B"/>
     <w:rsid w:val="00884B62"/>
     <w:rsid w:val="0088529C"/>
     <w:rsid w:val="00887903"/>
     <w:rsid w:val="0089270A"/>
     <w:rsid w:val="00893AF6"/>
+    <w:rsid w:val="0089454F"/>
     <w:rsid w:val="00894BC4"/>
+    <w:rsid w:val="008A1E27"/>
     <w:rsid w:val="008A28A8"/>
     <w:rsid w:val="008A5B32"/>
     <w:rsid w:val="008A5D60"/>
     <w:rsid w:val="008B2029"/>
     <w:rsid w:val="008B2EE4"/>
     <w:rsid w:val="008B3821"/>
     <w:rsid w:val="008B4D3D"/>
     <w:rsid w:val="008B57C7"/>
     <w:rsid w:val="008C2F92"/>
+    <w:rsid w:val="008C5728"/>
     <w:rsid w:val="008C589D"/>
     <w:rsid w:val="008C6804"/>
     <w:rsid w:val="008C6D51"/>
     <w:rsid w:val="008D1B13"/>
     <w:rsid w:val="008D2846"/>
+    <w:rsid w:val="008D3669"/>
     <w:rsid w:val="008D4236"/>
     <w:rsid w:val="008D462F"/>
     <w:rsid w:val="008D5C45"/>
     <w:rsid w:val="008D6DCF"/>
     <w:rsid w:val="008E4376"/>
     <w:rsid w:val="008E7A0A"/>
     <w:rsid w:val="008E7B49"/>
     <w:rsid w:val="008F59F6"/>
+    <w:rsid w:val="008F6520"/>
     <w:rsid w:val="00900719"/>
     <w:rsid w:val="009017AC"/>
     <w:rsid w:val="00902A9A"/>
     <w:rsid w:val="00904A1C"/>
     <w:rsid w:val="00905030"/>
     <w:rsid w:val="00906490"/>
     <w:rsid w:val="009111B2"/>
     <w:rsid w:val="00912A42"/>
     <w:rsid w:val="009151F5"/>
+    <w:rsid w:val="00922DC6"/>
     <w:rsid w:val="00924AE1"/>
     <w:rsid w:val="009257ED"/>
     <w:rsid w:val="009269B1"/>
     <w:rsid w:val="0092724D"/>
     <w:rsid w:val="009272B3"/>
     <w:rsid w:val="009315BE"/>
     <w:rsid w:val="0093338F"/>
     <w:rsid w:val="00937BD9"/>
     <w:rsid w:val="00950E2C"/>
+    <w:rsid w:val="00951CEB"/>
     <w:rsid w:val="00951D50"/>
     <w:rsid w:val="009525EB"/>
+    <w:rsid w:val="00952829"/>
     <w:rsid w:val="00952C71"/>
     <w:rsid w:val="0095470B"/>
     <w:rsid w:val="00954874"/>
     <w:rsid w:val="00954D01"/>
     <w:rsid w:val="0095615A"/>
+    <w:rsid w:val="009561B3"/>
+    <w:rsid w:val="00957465"/>
     <w:rsid w:val="00961400"/>
     <w:rsid w:val="00963646"/>
     <w:rsid w:val="0096632D"/>
     <w:rsid w:val="00967124"/>
     <w:rsid w:val="00967335"/>
+    <w:rsid w:val="00970C97"/>
     <w:rsid w:val="009718C7"/>
+    <w:rsid w:val="00972629"/>
     <w:rsid w:val="0097559F"/>
     <w:rsid w:val="009761EA"/>
     <w:rsid w:val="0097761E"/>
     <w:rsid w:val="00982454"/>
     <w:rsid w:val="00982CF0"/>
     <w:rsid w:val="009853E1"/>
+    <w:rsid w:val="00985CA6"/>
     <w:rsid w:val="00986E6B"/>
     <w:rsid w:val="00990032"/>
     <w:rsid w:val="00990B19"/>
     <w:rsid w:val="0099153B"/>
     <w:rsid w:val="00991769"/>
     <w:rsid w:val="0099232C"/>
     <w:rsid w:val="00994386"/>
     <w:rsid w:val="00994791"/>
     <w:rsid w:val="009A13D8"/>
     <w:rsid w:val="009A279E"/>
     <w:rsid w:val="009A3015"/>
     <w:rsid w:val="009A3490"/>
     <w:rsid w:val="009B0A6F"/>
     <w:rsid w:val="009B0A94"/>
     <w:rsid w:val="009B2AE8"/>
     <w:rsid w:val="009B5622"/>
     <w:rsid w:val="009B59E9"/>
+    <w:rsid w:val="009B6199"/>
     <w:rsid w:val="009B70AA"/>
     <w:rsid w:val="009C1A3D"/>
     <w:rsid w:val="009C1CB1"/>
     <w:rsid w:val="009C5E77"/>
     <w:rsid w:val="009C7A7E"/>
     <w:rsid w:val="009D02E8"/>
+    <w:rsid w:val="009D0FEC"/>
     <w:rsid w:val="009D51D0"/>
     <w:rsid w:val="009D70A4"/>
     <w:rsid w:val="009D7A52"/>
     <w:rsid w:val="009D7B14"/>
     <w:rsid w:val="009E08D1"/>
     <w:rsid w:val="009E1B95"/>
+    <w:rsid w:val="009E470D"/>
     <w:rsid w:val="009E496F"/>
     <w:rsid w:val="009E4B0D"/>
     <w:rsid w:val="009E5250"/>
     <w:rsid w:val="009E7A69"/>
     <w:rsid w:val="009E7F92"/>
     <w:rsid w:val="009F02A3"/>
     <w:rsid w:val="009F2F27"/>
     <w:rsid w:val="009F34AA"/>
     <w:rsid w:val="009F6BCB"/>
+    <w:rsid w:val="009F6C16"/>
     <w:rsid w:val="009F7B78"/>
     <w:rsid w:val="00A0057A"/>
+    <w:rsid w:val="00A007F6"/>
     <w:rsid w:val="00A02FA1"/>
     <w:rsid w:val="00A04CCE"/>
     <w:rsid w:val="00A07421"/>
     <w:rsid w:val="00A0776B"/>
     <w:rsid w:val="00A10FB9"/>
     <w:rsid w:val="00A11421"/>
     <w:rsid w:val="00A11FD8"/>
     <w:rsid w:val="00A1389F"/>
     <w:rsid w:val="00A14996"/>
     <w:rsid w:val="00A157B1"/>
     <w:rsid w:val="00A22229"/>
     <w:rsid w:val="00A24442"/>
     <w:rsid w:val="00A252B9"/>
     <w:rsid w:val="00A3195F"/>
+    <w:rsid w:val="00A31B77"/>
     <w:rsid w:val="00A32577"/>
     <w:rsid w:val="00A330BB"/>
     <w:rsid w:val="00A34ACD"/>
     <w:rsid w:val="00A402F7"/>
     <w:rsid w:val="00A44882"/>
     <w:rsid w:val="00A45125"/>
     <w:rsid w:val="00A513A9"/>
+    <w:rsid w:val="00A5378D"/>
     <w:rsid w:val="00A54715"/>
     <w:rsid w:val="00A6061C"/>
     <w:rsid w:val="00A62D44"/>
+    <w:rsid w:val="00A64A1D"/>
     <w:rsid w:val="00A67263"/>
     <w:rsid w:val="00A7161C"/>
+    <w:rsid w:val="00A71910"/>
     <w:rsid w:val="00A754E2"/>
     <w:rsid w:val="00A77AA3"/>
     <w:rsid w:val="00A8236D"/>
     <w:rsid w:val="00A82648"/>
+    <w:rsid w:val="00A833E7"/>
     <w:rsid w:val="00A854EB"/>
     <w:rsid w:val="00A872E5"/>
     <w:rsid w:val="00A91406"/>
     <w:rsid w:val="00A96E65"/>
     <w:rsid w:val="00A96ECE"/>
     <w:rsid w:val="00A97C72"/>
     <w:rsid w:val="00AA310B"/>
     <w:rsid w:val="00AA63D4"/>
+    <w:rsid w:val="00AA7FAB"/>
     <w:rsid w:val="00AB06E8"/>
     <w:rsid w:val="00AB1A4F"/>
     <w:rsid w:val="00AB1CD3"/>
     <w:rsid w:val="00AB352F"/>
     <w:rsid w:val="00AC274B"/>
+    <w:rsid w:val="00AC360D"/>
     <w:rsid w:val="00AC4764"/>
     <w:rsid w:val="00AC6D36"/>
     <w:rsid w:val="00AD0CBA"/>
     <w:rsid w:val="00AD26E2"/>
+    <w:rsid w:val="00AD7354"/>
     <w:rsid w:val="00AD784C"/>
     <w:rsid w:val="00AE126A"/>
     <w:rsid w:val="00AE1BAE"/>
     <w:rsid w:val="00AE3005"/>
     <w:rsid w:val="00AE3BD5"/>
     <w:rsid w:val="00AE59A0"/>
     <w:rsid w:val="00AE7145"/>
     <w:rsid w:val="00AF0C57"/>
     <w:rsid w:val="00AF26F3"/>
+    <w:rsid w:val="00AF3A0D"/>
     <w:rsid w:val="00AF408E"/>
+    <w:rsid w:val="00AF40AF"/>
     <w:rsid w:val="00AF5F04"/>
     <w:rsid w:val="00B00672"/>
     <w:rsid w:val="00B009BB"/>
     <w:rsid w:val="00B01B4D"/>
     <w:rsid w:val="00B04489"/>
     <w:rsid w:val="00B06571"/>
     <w:rsid w:val="00B068BA"/>
     <w:rsid w:val="00B07217"/>
     <w:rsid w:val="00B1235A"/>
     <w:rsid w:val="00B13851"/>
     <w:rsid w:val="00B13B1C"/>
     <w:rsid w:val="00B14B5F"/>
+    <w:rsid w:val="00B1501A"/>
     <w:rsid w:val="00B21559"/>
     <w:rsid w:val="00B21F90"/>
     <w:rsid w:val="00B22291"/>
     <w:rsid w:val="00B23F9A"/>
     <w:rsid w:val="00B2417B"/>
     <w:rsid w:val="00B24E6F"/>
     <w:rsid w:val="00B25002"/>
     <w:rsid w:val="00B26CB5"/>
     <w:rsid w:val="00B2752E"/>
     <w:rsid w:val="00B307CC"/>
     <w:rsid w:val="00B326B7"/>
     <w:rsid w:val="00B3588E"/>
+    <w:rsid w:val="00B375D9"/>
     <w:rsid w:val="00B4198F"/>
     <w:rsid w:val="00B41F3D"/>
     <w:rsid w:val="00B431E8"/>
     <w:rsid w:val="00B45141"/>
     <w:rsid w:val="00B519CD"/>
     <w:rsid w:val="00B5273A"/>
     <w:rsid w:val="00B57329"/>
+    <w:rsid w:val="00B60D15"/>
     <w:rsid w:val="00B60E61"/>
     <w:rsid w:val="00B62B50"/>
     <w:rsid w:val="00B635B7"/>
     <w:rsid w:val="00B63AE8"/>
     <w:rsid w:val="00B65950"/>
     <w:rsid w:val="00B66D83"/>
     <w:rsid w:val="00B672C0"/>
     <w:rsid w:val="00B676FD"/>
     <w:rsid w:val="00B678B6"/>
     <w:rsid w:val="00B706E8"/>
     <w:rsid w:val="00B75646"/>
     <w:rsid w:val="00B7629E"/>
+    <w:rsid w:val="00B76E3F"/>
+    <w:rsid w:val="00B82E1A"/>
     <w:rsid w:val="00B84967"/>
     <w:rsid w:val="00B90729"/>
     <w:rsid w:val="00B907DA"/>
     <w:rsid w:val="00B91FFE"/>
     <w:rsid w:val="00B950BC"/>
     <w:rsid w:val="00B95AB9"/>
     <w:rsid w:val="00B9714C"/>
+    <w:rsid w:val="00B97430"/>
     <w:rsid w:val="00BA29AD"/>
     <w:rsid w:val="00BA33CF"/>
+    <w:rsid w:val="00BA3AE6"/>
     <w:rsid w:val="00BA3F8D"/>
     <w:rsid w:val="00BA51D7"/>
     <w:rsid w:val="00BA5660"/>
+    <w:rsid w:val="00BB2840"/>
     <w:rsid w:val="00BB7A10"/>
     <w:rsid w:val="00BC60BE"/>
     <w:rsid w:val="00BC7468"/>
     <w:rsid w:val="00BC7D4F"/>
     <w:rsid w:val="00BC7ED7"/>
     <w:rsid w:val="00BD2850"/>
     <w:rsid w:val="00BD6049"/>
+    <w:rsid w:val="00BD6D01"/>
+    <w:rsid w:val="00BD7903"/>
     <w:rsid w:val="00BE28D2"/>
     <w:rsid w:val="00BE4A64"/>
     <w:rsid w:val="00BE5E43"/>
     <w:rsid w:val="00BF557D"/>
+    <w:rsid w:val="00BF664B"/>
     <w:rsid w:val="00BF7F58"/>
     <w:rsid w:val="00C01381"/>
     <w:rsid w:val="00C01AB1"/>
     <w:rsid w:val="00C026A0"/>
     <w:rsid w:val="00C03EA4"/>
     <w:rsid w:val="00C04F42"/>
+    <w:rsid w:val="00C05269"/>
     <w:rsid w:val="00C06137"/>
     <w:rsid w:val="00C06929"/>
     <w:rsid w:val="00C079B8"/>
     <w:rsid w:val="00C10037"/>
     <w:rsid w:val="00C123EA"/>
     <w:rsid w:val="00C12A49"/>
     <w:rsid w:val="00C133EE"/>
     <w:rsid w:val="00C149D0"/>
     <w:rsid w:val="00C231A0"/>
     <w:rsid w:val="00C26588"/>
     <w:rsid w:val="00C27DE9"/>
     <w:rsid w:val="00C32989"/>
     <w:rsid w:val="00C33388"/>
     <w:rsid w:val="00C35484"/>
+    <w:rsid w:val="00C404EF"/>
     <w:rsid w:val="00C4173A"/>
+    <w:rsid w:val="00C41D64"/>
+    <w:rsid w:val="00C43C09"/>
     <w:rsid w:val="00C50DED"/>
     <w:rsid w:val="00C52217"/>
+    <w:rsid w:val="00C550B6"/>
+    <w:rsid w:val="00C566A3"/>
     <w:rsid w:val="00C602FF"/>
     <w:rsid w:val="00C61174"/>
     <w:rsid w:val="00C6148F"/>
     <w:rsid w:val="00C621B1"/>
     <w:rsid w:val="00C62F7A"/>
     <w:rsid w:val="00C63B9C"/>
     <w:rsid w:val="00C6682F"/>
     <w:rsid w:val="00C67BF4"/>
     <w:rsid w:val="00C7275E"/>
     <w:rsid w:val="00C72E48"/>
     <w:rsid w:val="00C74C5D"/>
+    <w:rsid w:val="00C759E9"/>
+    <w:rsid w:val="00C7684E"/>
     <w:rsid w:val="00C824D3"/>
     <w:rsid w:val="00C863C4"/>
     <w:rsid w:val="00C920EA"/>
     <w:rsid w:val="00C93C3E"/>
     <w:rsid w:val="00CA12E3"/>
     <w:rsid w:val="00CA1476"/>
     <w:rsid w:val="00CA6611"/>
     <w:rsid w:val="00CA6AE6"/>
     <w:rsid w:val="00CA782F"/>
     <w:rsid w:val="00CB187B"/>
+    <w:rsid w:val="00CB19AA"/>
     <w:rsid w:val="00CB2835"/>
     <w:rsid w:val="00CB3285"/>
     <w:rsid w:val="00CB4500"/>
     <w:rsid w:val="00CB469D"/>
     <w:rsid w:val="00CC0C72"/>
     <w:rsid w:val="00CC2BFD"/>
+    <w:rsid w:val="00CC33DF"/>
     <w:rsid w:val="00CD1A9A"/>
     <w:rsid w:val="00CD3476"/>
+    <w:rsid w:val="00CD565F"/>
     <w:rsid w:val="00CD64DF"/>
+    <w:rsid w:val="00CD664C"/>
     <w:rsid w:val="00CE225F"/>
+    <w:rsid w:val="00CF157E"/>
     <w:rsid w:val="00CF2F50"/>
     <w:rsid w:val="00CF31F2"/>
     <w:rsid w:val="00CF4148"/>
+    <w:rsid w:val="00CF521D"/>
     <w:rsid w:val="00CF6198"/>
     <w:rsid w:val="00D02919"/>
+    <w:rsid w:val="00D04374"/>
     <w:rsid w:val="00D04C61"/>
     <w:rsid w:val="00D05B8D"/>
     <w:rsid w:val="00D05B9B"/>
     <w:rsid w:val="00D065A2"/>
     <w:rsid w:val="00D079AA"/>
     <w:rsid w:val="00D07F00"/>
+    <w:rsid w:val="00D10884"/>
     <w:rsid w:val="00D1130F"/>
     <w:rsid w:val="00D17B72"/>
+    <w:rsid w:val="00D241DC"/>
+    <w:rsid w:val="00D2535B"/>
     <w:rsid w:val="00D3185C"/>
     <w:rsid w:val="00D3205F"/>
     <w:rsid w:val="00D3318E"/>
     <w:rsid w:val="00D33E72"/>
     <w:rsid w:val="00D35BD6"/>
     <w:rsid w:val="00D361B5"/>
     <w:rsid w:val="00D402DB"/>
     <w:rsid w:val="00D411A2"/>
+    <w:rsid w:val="00D42A0E"/>
     <w:rsid w:val="00D4606D"/>
     <w:rsid w:val="00D50B9C"/>
     <w:rsid w:val="00D52D73"/>
     <w:rsid w:val="00D52E58"/>
     <w:rsid w:val="00D56B20"/>
     <w:rsid w:val="00D578B3"/>
     <w:rsid w:val="00D618F4"/>
     <w:rsid w:val="00D644D1"/>
     <w:rsid w:val="00D714CC"/>
     <w:rsid w:val="00D75EA7"/>
     <w:rsid w:val="00D81ADF"/>
     <w:rsid w:val="00D81F21"/>
     <w:rsid w:val="00D8423D"/>
     <w:rsid w:val="00D84658"/>
     <w:rsid w:val="00D864F2"/>
+    <w:rsid w:val="00D94179"/>
     <w:rsid w:val="00D943F8"/>
     <w:rsid w:val="00D95470"/>
     <w:rsid w:val="00D96B55"/>
     <w:rsid w:val="00DA2619"/>
     <w:rsid w:val="00DA2E57"/>
     <w:rsid w:val="00DA39B6"/>
     <w:rsid w:val="00DA4239"/>
+    <w:rsid w:val="00DA592D"/>
     <w:rsid w:val="00DA65DE"/>
     <w:rsid w:val="00DB0B61"/>
     <w:rsid w:val="00DB1474"/>
     <w:rsid w:val="00DB2962"/>
     <w:rsid w:val="00DB52FB"/>
     <w:rsid w:val="00DC013B"/>
     <w:rsid w:val="00DC090B"/>
     <w:rsid w:val="00DC1679"/>
     <w:rsid w:val="00DC219B"/>
     <w:rsid w:val="00DC2CF1"/>
     <w:rsid w:val="00DC3A7C"/>
     <w:rsid w:val="00DC4FCF"/>
     <w:rsid w:val="00DC50E0"/>
     <w:rsid w:val="00DC6386"/>
     <w:rsid w:val="00DD1130"/>
     <w:rsid w:val="00DD1951"/>
     <w:rsid w:val="00DD487D"/>
     <w:rsid w:val="00DD4E83"/>
     <w:rsid w:val="00DD6628"/>
     <w:rsid w:val="00DD6945"/>
     <w:rsid w:val="00DE2D04"/>
     <w:rsid w:val="00DE3250"/>
     <w:rsid w:val="00DE6028"/>
     <w:rsid w:val="00DE6C85"/>
     <w:rsid w:val="00DE78A3"/>
     <w:rsid w:val="00DF1A71"/>
     <w:rsid w:val="00DF50FC"/>
     <w:rsid w:val="00DF68C7"/>
     <w:rsid w:val="00DF731A"/>
     <w:rsid w:val="00E06B75"/>
     <w:rsid w:val="00E11332"/>
     <w:rsid w:val="00E11352"/>
+    <w:rsid w:val="00E170C1"/>
     <w:rsid w:val="00E170DC"/>
     <w:rsid w:val="00E17546"/>
     <w:rsid w:val="00E210B5"/>
+    <w:rsid w:val="00E2149F"/>
     <w:rsid w:val="00E261B3"/>
     <w:rsid w:val="00E26818"/>
     <w:rsid w:val="00E27FFC"/>
     <w:rsid w:val="00E30B15"/>
     <w:rsid w:val="00E33237"/>
     <w:rsid w:val="00E40181"/>
     <w:rsid w:val="00E430B7"/>
+    <w:rsid w:val="00E45EC1"/>
     <w:rsid w:val="00E54950"/>
     <w:rsid w:val="00E55FB3"/>
     <w:rsid w:val="00E56A01"/>
     <w:rsid w:val="00E629A1"/>
     <w:rsid w:val="00E6794C"/>
     <w:rsid w:val="00E71591"/>
     <w:rsid w:val="00E71CEB"/>
     <w:rsid w:val="00E7474F"/>
     <w:rsid w:val="00E77901"/>
     <w:rsid w:val="00E80DE3"/>
     <w:rsid w:val="00E82C55"/>
     <w:rsid w:val="00E8787E"/>
     <w:rsid w:val="00E92AC3"/>
+    <w:rsid w:val="00E97762"/>
     <w:rsid w:val="00EA2F6A"/>
     <w:rsid w:val="00EB00E0"/>
     <w:rsid w:val="00EB05D5"/>
     <w:rsid w:val="00EB1931"/>
     <w:rsid w:val="00EC059F"/>
     <w:rsid w:val="00EC1F24"/>
     <w:rsid w:val="00EC20FF"/>
     <w:rsid w:val="00EC22F6"/>
     <w:rsid w:val="00EC4288"/>
     <w:rsid w:val="00ED195F"/>
+    <w:rsid w:val="00ED3430"/>
     <w:rsid w:val="00ED5B9B"/>
     <w:rsid w:val="00ED6BAD"/>
     <w:rsid w:val="00ED7447"/>
     <w:rsid w:val="00EE00D6"/>
     <w:rsid w:val="00EE11E7"/>
     <w:rsid w:val="00EE1488"/>
     <w:rsid w:val="00EE1730"/>
     <w:rsid w:val="00EE29AD"/>
     <w:rsid w:val="00EE3E24"/>
     <w:rsid w:val="00EE4D5D"/>
     <w:rsid w:val="00EE5131"/>
     <w:rsid w:val="00EF109B"/>
     <w:rsid w:val="00EF201C"/>
     <w:rsid w:val="00EF2C72"/>
+    <w:rsid w:val="00EF3147"/>
     <w:rsid w:val="00EF36AF"/>
     <w:rsid w:val="00EF59A3"/>
     <w:rsid w:val="00EF6675"/>
     <w:rsid w:val="00F0063D"/>
     <w:rsid w:val="00F00F9C"/>
     <w:rsid w:val="00F01E5F"/>
     <w:rsid w:val="00F024F3"/>
     <w:rsid w:val="00F029DC"/>
     <w:rsid w:val="00F02ABA"/>
     <w:rsid w:val="00F03701"/>
     <w:rsid w:val="00F0437A"/>
     <w:rsid w:val="00F07DD3"/>
     <w:rsid w:val="00F101B8"/>
     <w:rsid w:val="00F10C7D"/>
     <w:rsid w:val="00F11037"/>
+    <w:rsid w:val="00F158D3"/>
     <w:rsid w:val="00F16F1B"/>
+    <w:rsid w:val="00F1799B"/>
+    <w:rsid w:val="00F23EFF"/>
     <w:rsid w:val="00F250A9"/>
     <w:rsid w:val="00F267AF"/>
     <w:rsid w:val="00F30FF4"/>
     <w:rsid w:val="00F3122E"/>
+    <w:rsid w:val="00F31763"/>
     <w:rsid w:val="00F32368"/>
     <w:rsid w:val="00F331AD"/>
+    <w:rsid w:val="00F341CE"/>
     <w:rsid w:val="00F35287"/>
+    <w:rsid w:val="00F35A52"/>
+    <w:rsid w:val="00F40098"/>
     <w:rsid w:val="00F40A70"/>
     <w:rsid w:val="00F43A37"/>
     <w:rsid w:val="00F4641B"/>
     <w:rsid w:val="00F46EB8"/>
     <w:rsid w:val="00F476B8"/>
     <w:rsid w:val="00F50CD1"/>
     <w:rsid w:val="00F511E4"/>
     <w:rsid w:val="00F52D09"/>
     <w:rsid w:val="00F52E08"/>
     <w:rsid w:val="00F53A66"/>
     <w:rsid w:val="00F5462D"/>
     <w:rsid w:val="00F55B21"/>
     <w:rsid w:val="00F56EF6"/>
     <w:rsid w:val="00F60082"/>
     <w:rsid w:val="00F61A9F"/>
     <w:rsid w:val="00F61B5F"/>
     <w:rsid w:val="00F64696"/>
+    <w:rsid w:val="00F64EB5"/>
     <w:rsid w:val="00F65AA9"/>
     <w:rsid w:val="00F6768F"/>
     <w:rsid w:val="00F72115"/>
     <w:rsid w:val="00F72C2C"/>
     <w:rsid w:val="00F741F2"/>
+    <w:rsid w:val="00F748B6"/>
     <w:rsid w:val="00F76CAB"/>
     <w:rsid w:val="00F772C6"/>
     <w:rsid w:val="00F77F59"/>
     <w:rsid w:val="00F815B5"/>
     <w:rsid w:val="00F85195"/>
     <w:rsid w:val="00F868E3"/>
+    <w:rsid w:val="00F90558"/>
     <w:rsid w:val="00F91A6A"/>
     <w:rsid w:val="00F93088"/>
     <w:rsid w:val="00F938BA"/>
+    <w:rsid w:val="00F96F81"/>
     <w:rsid w:val="00F972B1"/>
     <w:rsid w:val="00F97919"/>
     <w:rsid w:val="00FA2C46"/>
     <w:rsid w:val="00FA3525"/>
     <w:rsid w:val="00FA5A53"/>
     <w:rsid w:val="00FB3501"/>
     <w:rsid w:val="00FB4769"/>
     <w:rsid w:val="00FB4CDA"/>
     <w:rsid w:val="00FB5B4E"/>
     <w:rsid w:val="00FB6481"/>
+    <w:rsid w:val="00FB686D"/>
     <w:rsid w:val="00FB6D36"/>
     <w:rsid w:val="00FC0965"/>
     <w:rsid w:val="00FC0CFB"/>
     <w:rsid w:val="00FC0F81"/>
     <w:rsid w:val="00FC110D"/>
     <w:rsid w:val="00FC252F"/>
     <w:rsid w:val="00FC395C"/>
     <w:rsid w:val="00FC5E8E"/>
     <w:rsid w:val="00FD3766"/>
     <w:rsid w:val="00FD47C4"/>
     <w:rsid w:val="00FD71BE"/>
     <w:rsid w:val="00FE2DCF"/>
     <w:rsid w:val="00FE3FA7"/>
+    <w:rsid w:val="00FF0CCB"/>
     <w:rsid w:val="00FF2A4E"/>
     <w:rsid w:val="00FF2FCE"/>
     <w:rsid w:val="00FF4F7D"/>
     <w:rsid w:val="00FF6D9D"/>
     <w:rsid w:val="00FF7DD5"/>
     <w:rsid w:val="05639A2C"/>
     <w:rsid w:val="0774F441"/>
     <w:rsid w:val="2537DFD8"/>
     <w:rsid w:val="331EDFF8"/>
     <w:rsid w:val="35C7A551"/>
     <w:rsid w:val="423B9C67"/>
     <w:rsid w:val="4402E673"/>
     <w:rsid w:val="509E9854"/>
     <w:rsid w:val="55CADD76"/>
     <w:rsid w:val="59B85BDF"/>
     <w:rsid w:val="5B31B233"/>
     <w:rsid w:val="657FADFF"/>
     <w:rsid w:val="6725C2FA"/>
     <w:rsid w:val="675D86F7"/>
     <w:rsid w:val="721E029F"/>
     <w:rsid w:val="7BABBC88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -15817,51 +15298,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="20609C5E"/>
   <w15:docId w15:val="{7E7F59CB-B472-414C-B082-B1FDE4529242}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17641,55 +17122,69 @@
         <w:tab w:val="left" w:pos="7937"/>
         <w:tab w:val="left" w:pos="8164"/>
         <w:tab w:val="left" w:pos="8391"/>
         <w:tab w:val="left" w:pos="8617"/>
         <w:tab w:val="left" w:pos="8844"/>
         <w:tab w:val="left" w:pos="9071"/>
         <w:tab w:val="left" w:pos="9298"/>
         <w:tab w:val="left" w:pos="9524"/>
         <w:tab w:val="left" w:pos="9751"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="28" w:after="28" w:line="210" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="VIC" w:hAnsi="VIC" w:cs="VIC"/>
       <w:color w:val="000000"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DHHSaccessibilitypara">
+    <w:name w:val="DHHS accessibility para"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="00985CA6"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="300" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="137504755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="94056959">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -17865,54 +17360,54 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2146117194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:03%209663%206733" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fcvic.org.au/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maintenance.forms.homes.vic.gov.au/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nmfc.com.au/huddle/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.swdai.org.au/education/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.centre.org.au/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thermh.org.au" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kidshelpline.com.au/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unitingvictas.org.au/services/alcohol-other-drugs" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melanie.teer@coact.org.au" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avwa.org.au/en/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inspire16@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@wingateave.com.au*" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thedrum.ds.org.au" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.helpinghoops.com.au" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.northmelbourneps.vic.edu.au" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unihigh.vic.edu.au" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cohealth.org.au" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dhsv.org.au" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vt.uniting" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.swdai.org.au/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melbournesomalicommunity@gmail.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vacsal.org.au/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unitingvictas.org.au/services/alcohol-other-drugs/%3E" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imcl.org.au" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:northmelbourne.housing@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ds.org.au/%3e" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nmfc.com.au/huddle/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.centre.org.au/homeworkclub/sessions" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.centre.org.au/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thewomens.org.au" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melanie.teer@coact.org.au" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fcvic.org.au/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melbpublictenantsassociation@gmail.com" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inspire16@gmail.com*" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lifeline.org.au/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gamblershelp.com.au/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.orangedoor.vic.gov.au/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thedrum.ds.org.au" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youngaustralianpeople.com.au" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.swdai.org.au/education/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unihigh.vic.edu.au" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thermh.org.au" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shep@vt.uniting.org*" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:https://www.bsl.org.au/services/getting-a-job/jobs-victoria-first-jobs/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ames.net.au/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eritreancommunityaus@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melbournesomalicommunity@gmail.com" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amssa.org.au/%3E" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tenant.maintenance@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amssayouthconnect@gmail.com%3E" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.debneymeadowsps.vic.edu.au" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rivernileschool.vic.edu.au" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thewomens.org.au" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cohealth.org.au" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.beyondblue.org.au/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.directline.org.au/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.theprojectsunrise.org" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imcl.org.au" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityllen.org.au/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avwa.org.au/en/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ahvic.org.au/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:northmelbourne.housing@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.melbourne.vic.gov.au/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:talowadaagamssa@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.helpinghoops.com.au" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.centre.org.au/homeworkclub/sessions/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mountalexandercollege.vic.edu.au" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clara@wingateave.com.au*" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melanie.teer@coact.org.au*" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oldertenants.org.au/feedback" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sudanesecentre@gmail.com*" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nmfc.com.au/huddle/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hothammission.org.au" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.northmelbourneps.vic.edu.au" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nmll.org.au" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ttps://www.kensingtonneighbourhoodhouse.com/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cohealth.org.au" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cohealth.org.au" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lifeline.org.au/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.switchboard.org.au/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ysas.org.au" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wombat.org.au" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Enquiries@vpta.org.au" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:http://www.swdai.org.au/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:https://farnhamst.net/chinese-social-centre/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melbpublictenantsassociation@gmail.com*" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vacca.org/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youngaustralianpeople.com.au" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bsl.org.au/services/getting-a-job/jobs-victoria-first-jobs/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ubp.org.au" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://au.kumonglobal.com/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.debneymeadowsps.vic.edu.au" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.safesteps.org.au/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nmcc.ymca.org.au" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clara@wingateave.com.au*" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somalicommunity.org.au/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eritreancommunityaus@gmail.com*" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vahs.org.au/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/about/forms-guides" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rch.org.au" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.theprojectsunrise.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thevenny.org.au" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mchbookings@melbourne.vic.gov.au" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amssayouthconnect@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hothammission.org.au" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kensingtonneighbourhoodhouse.com/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mensline.org.au/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityllen.org.au/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ames.net.au/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://farnhamst.net/chinese-social-centre/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amssa.org.au" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nmll.org.au" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.beyondblue.org.au/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nmfc.com.au/huddle/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ubp.org.au" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mountalexandercollege.vic.edu.au" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cohealth.org.au" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquiries@vpta.org.au" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clara@wingateave.com.au*" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sudanesecentre@gmail.com" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/about/forms-guides" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://au.kumonglobal.com/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rch.org.au" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ysas.org.au" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wombat.org.au" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somalicommunity.org.au/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vacca.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:talowadaagamssa@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.vic.gov.au/melbourne-north-police-station" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mountalexandercollege.vic.edu.au/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nwmnc.org.au/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gamblershelp.com.au/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ysas.org.au/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swdai.org.au/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://farnhamst.net/chinese-social-centre/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/repairs" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@youngaustralianpeople.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swdai.org.au/education/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cohealth.org.au/location/north-melbourne-child-and-family-health/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cohealth.org.au/location/kensington/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vic.gov.au/reconnect-program" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityllen.org.au/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avwa.org.au/en/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vacca.org/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbourne.vic.gov.au/maternal-and-child-health" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thehuddle.org.au/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unihigh.vic.edu.au/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kensingtonneighbourhoodhouse.com/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.switchboard.org.au/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imcl.org.au/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ames.net.au/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eritreancommunityaus@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maintenance.housing.vic.gov.au/public/welcome" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ds.org.au/%3e" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amssa.org.au/services/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nwmnc.org.au/whats-on" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rivernileschool.vic.edu.au/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ohv.org.au/our-services" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unitingvictas.org.au/services/alcohol-other-drugs/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbourne.vic.gov.au/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.debneymeadowsps.vic.edu.au/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safesteps.org.au/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kidshelpline.com.au/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nmcc.ymca.org.au/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reconnect.program@djsir.vic.gov.au" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.somalicommunity.org.au/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://farnhamst.net/chinese-social-centre/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amssa.org.au/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vacsal.org.au/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mchbookings@melbourne.vic.gov.au" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ds.org.au/our-services/the-drum/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hothammission.org.au/homework-club/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thermh.org.au/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@marg-foundation.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youngaustralianpeople.com/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nmll.org.au/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cohealth.org.au/location/kensington/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lifeline.org.au/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mensline.org.au/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquiries@vpta.org.au" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cityllen.org.au/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fcvic.org.au/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sudanesecentre@gmail.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vahs.org.au/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/north-melbourne-housing-office" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@centre.org.au" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amssayouthconnect@gmail.com%20" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thewomens.org.au/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.safesteps.org.au/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bsl.org.au/services/getting-a-job/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:northmelbourne.housing@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wombat.org.au/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ahvic.org.au/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubp.org.au/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:03%209663%206733" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.northmelbourneps.vic.edu.au/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@nmphra.com.au" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.directline.org.au/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melbournesomalicommunity@gmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.beyondblue.org.au/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oldertenants.org.au/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:northmelbourne.housing@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.helpinghoops.com.au/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thehuddle.org.au/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marg-foundation.org/what-we-do/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bsl.org.au/services/getting-a-job/jobs-victoria-first-jobs/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rch.org.au/home/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vpta.org.au/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vahs.org.au/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/about/forms-guides" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -18174,73 +17669,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...21 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010086D70A28C0E3EA41AA00D98F04C1F1E1" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2539928e59e00bea540ecbf266a1a8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cdcdc064-4f5f-4c19-9874-1c7b82cb08bc" xmlns:ns3="5e378923-eafe-4a70-a4bd-ea46a6384994" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="287723609c87b5a1b011105cba076c1c" ns2:_="" ns3:_="">
     <xsd:import namespace="cdcdc064-4f5f-4c19-9874-1c7b82cb08bc"/>
     <xsd:import namespace="5e378923-eafe-4a70-a4bd-ea46a6384994"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -18419,134 +17891,170 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="cdcdc064-4f5f-4c19-9874-1c7b82cb08bc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AF1D1B9-1257-486B-BF3F-74BA6DC5B34F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cdcdc064-4f5f-4c19-9874-1c7b82cb08bc"/>
     <ds:schemaRef ds:uri="5e378923-eafe-4a70-a4bd-ea46a6384994"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C30E650E-AC1E-48EA-81B8-1F904E97E90D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58CE1EBB-C189-4849-810F-0EC61D30BAF7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AC28CD-794A-4DE5-9080-AF945367D2AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="cdcdc064-4f5f-4c19-9874-1c7b82cb08bc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="5e378923-eafe-4a70-a4bd-ea46a6384994"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>16529</Characters>
+  <Pages>8</Pages>
+  <Words>1164</Words>
+  <Characters>14636</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>137</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>121</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>North Melbourne public housing estate services guide - accessible</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17684</CharactersWithSpaces>
+  <CharactersWithSpaces>15769</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>North Melbourne public housing estate services guide - accessible</dc:title>
   <dc:subject>North Melbourne public housing estate services guide</dc:subject>
-  <dc:creator>Victoria State Government, Department of Families, Fairness and Housing</dc:creator>
+  <dc:creator>Housing office</dc:creator>
   <cp:keywords>North Melbourne, public housing, services guide; accessible</cp:keywords>
   <dc:description/>
-  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x01010086D70A28C0E3EA41AA00D98F04C1F1E1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="version">
     <vt:lpwstr>2022v1 15032022</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="O365portals">
     <vt:lpwstr>https://dhhsvicgovau.sharepoint.com/:w:/s/dffh/Ed1G_4r4BHNHgqOGDkeMWhcB0Lm5z1k7mSu1dsrFHD18Fg?e=GtzvTT, DFFH A4 portrait factsheet Teal (O365)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
     <vt:lpwstr/>
   </property>