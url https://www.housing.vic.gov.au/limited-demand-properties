--- v0 (2025-10-15)
+++ v1 (2026-02-08)
@@ -14,488 +14,880 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00280C4B" w:rsidR="0074696E" w:rsidP="00280C4B" w:rsidRDefault="00B95AB9" w14:paraId="6FA8325E" w14:textId="29B66B6C">
+    <w:p w14:paraId="22A124A1" w14:textId="311591BA" w:rsidR="00A62D44" w:rsidRPr="00280C4B" w:rsidRDefault="00B95AB9" w:rsidP="00280C4B">
       <w:pPr>
         <w:pStyle w:val="Sectionbreakfirstpage"/>
+        <w:sectPr w:rsidR="00A62D44" w:rsidRPr="00280C4B" w:rsidSect="00593A99">
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="454" w:right="851" w:bottom="1418" w:left="851" w:header="340" w:footer="567" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00280C4B">
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="5643E9A5" wp14:editId="75C99A20">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7563600" cy="2070720"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Picture 4">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 4">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7563600" cy="2070720"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00280C4B" w:rsidR="00A62D44" w:rsidP="00280C4B" w:rsidRDefault="00A62D44" w14:paraId="22A124A1" w14:textId="77777777">
-[...15 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="7655" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B52C1" w:rsidTr="42532FDD" w14:paraId="765659DC" w14:textId="77777777">
+      <w:tr w:rsidR="003B52C1" w14:paraId="765659DC" w14:textId="77777777" w:rsidTr="4F2F054D">
         <w:trPr>
           <w:trHeight w:val="1418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="003B52C1" w:rsidP="003B52C1" w:rsidRDefault="003B52C1" w14:paraId="237D2E79" w14:textId="77777777">
-[...4 lines deleted...]
-          <w:p w:rsidRPr="003B52C1" w:rsidR="003B52C1" w:rsidP="003B52C1" w:rsidRDefault="003B52C1" w14:paraId="20978EBA" w14:textId="1A46479F">
+          <w:p w14:paraId="20978EBA" w14:textId="7B066D2C" w:rsidR="003B52C1" w:rsidRPr="003B52C1" w:rsidRDefault="05A15121" w:rsidP="003B52C1">
             <w:pPr>
               <w:pStyle w:val="Documenttitle"/>
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="42532FDD" w:rsidR="003B52C1">
+            <w:r w:rsidRPr="4F2F054D">
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t xml:space="preserve">Public </w:t>
             </w:r>
-            <w:r w:rsidRPr="42532FDD" w:rsidR="76C76DEE">
+            <w:r w:rsidR="70672BA1" w:rsidRPr="4F2F054D">
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
-            <w:r w:rsidRPr="42532FDD" w:rsidR="003B52C1">
+            <w:r w:rsidRPr="4F2F054D">
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t>ousing</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="003B52C1" w:rsidR="003B52C1" w:rsidP="003B52C1" w:rsidRDefault="003B52C1" w14:paraId="1B06FE4C" w14:textId="672F83E1">
+          <w:p w14:paraId="1B06FE4C" w14:textId="672F83E1" w:rsidR="003B52C1" w:rsidRPr="003B52C1" w:rsidRDefault="003B52C1" w:rsidP="003B52C1">
             <w:pPr>
               <w:pStyle w:val="Documenttitle"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B52C1">
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t>Limited Demand Properties</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B52C1" w:rsidTr="42532FDD" w14:paraId="5DF317EC" w14:textId="77777777">
+      <w:tr w:rsidR="003B52C1" w14:paraId="5DF317EC" w14:textId="77777777" w:rsidTr="4F2F054D">
         <w:trPr>
           <w:trHeight w:val="1247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0016037B" w:rsidR="003B52C1" w:rsidP="003B52C1" w:rsidRDefault="003B52C1" w14:paraId="69C24C39" w14:textId="2EDA81C6">
+          <w:p w14:paraId="69C24C39" w14:textId="2EDA81C6" w:rsidR="003B52C1" w:rsidRPr="0016037B" w:rsidRDefault="003B52C1" w:rsidP="003B52C1">
             <w:pPr>
               <w:pStyle w:val="Documentsubtitle"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4148" w:rsidTr="42532FDD" w14:paraId="5F5E6105" w14:textId="77777777">
+      <w:tr w:rsidR="00CF4148" w14:paraId="5F5E6105" w14:textId="77777777" w:rsidTr="4F2F054D">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00250DC4" w:rsidR="00CF4148" w:rsidP="00CF4148" w:rsidRDefault="000233F4" w14:paraId="45D389E8" w14:textId="74334762">
+          <w:p w14:paraId="45D389E8" w14:textId="74334762" w:rsidR="00CF4148" w:rsidRPr="00250DC4" w:rsidRDefault="00CF4148" w:rsidP="00CF4148">
             <w:pPr>
               <w:pStyle w:val="Bannermarking"/>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-            </w:r>
+            <w:fldSimple w:instr="FILLIN  &quot;Type the protective marking&quot; \d OFFICIAL \o  \* MERGEFORMAT">
+              <w:r>
+                <w:t>OFFICIAL</w:t>
+              </w:r>
+            </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007173CA" w:rsidP="00D079AA" w:rsidRDefault="007173CA" w14:paraId="623B2D43" w14:textId="146C969A">
+    <w:p w14:paraId="13445742" w14:textId="77777777" w:rsidR="00580394" w:rsidRPr="00B519CD" w:rsidRDefault="00580394" w:rsidP="007173CA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:sectPr w:rsidRPr="00B519CD" w:rsidR="00580394" w:rsidSect="00593A99">
+        <w:sectPr w:rsidR="00580394" w:rsidRPr="00B519CD" w:rsidSect="00593A99">
           <w:headerReference w:type="default" r:id="rId18"/>
           <w:footerReference w:type="default" r:id="rId19"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="851" w:bottom="851" w:left="851" w:header="851" w:footer="567" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00A330BB" w:rsidR="008A5D60" w:rsidP="005B6801" w:rsidRDefault="003B52C1" w14:paraId="03D3BD9C" w14:textId="6FDEA698">
+    <w:p w14:paraId="6D07AC93" w14:textId="36ED7966" w:rsidR="003B52C1" w:rsidRDefault="05A15121" w:rsidP="305E3723">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidR="003B52C1">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Limited demand properties as </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Limited demand properties </w:t>
       </w:r>
-      <w:r w:rsidR="001A0F92">
-        <w:rPr/>
+      <w:r w:rsidR="7E852AD7">
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidR="2E36D7E8">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="003B52C1">
-        <w:rPr/>
+      <w:r w:rsidR="7E852AD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="65337352">
-[...1 lines deleted...]
-        <w:t>30</w:t>
+      <w:r w:rsidR="7497BEC4">
+        <w:t>16 January</w:t>
       </w:r>
-      <w:r w:rsidR="00AA4D28">
-        <w:rPr/>
+      <w:r w:rsidR="2DC95681">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="5AFC17F1">
-[...8 lines deleted...]
-        <w:rPr/>
+      <w:r w:rsidR="65C8545B">
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00AA4D28">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="30852467">
+        <w:t>26</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003B1BDC" w:rsidR="003B1BDC" w:rsidP="003B1BDC" w:rsidRDefault="00777DCB" w14:paraId="2EDACCAB" w14:textId="4DCA9662">
+    <w:p w14:paraId="06C42190" w14:textId="77777777" w:rsidR="007A2468" w:rsidRPr="007A2468" w:rsidRDefault="007A2468" w:rsidP="007A2468">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10324" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1185"/>
+        <w:gridCol w:w="1788"/>
+        <w:gridCol w:w="1266"/>
+        <w:gridCol w:w="1705"/>
+        <w:gridCol w:w="1421"/>
+        <w:gridCol w:w="1369"/>
+        <w:gridCol w:w="1590"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004B75C7" w14:paraId="28175139" w14:textId="77777777" w:rsidTr="373D778F">
+        <w:trPr>
+          <w:trHeight w:val="1286"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1088BC37" w14:textId="1A8209AF" w:rsidR="008F0C8A" w:rsidRPr="009E766E" w:rsidRDefault="008F0C8A" w:rsidP="009E766E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E766E">
+              <w:t>Division</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="082B4B64" w14:textId="374C0C47" w:rsidR="008F0C8A" w:rsidRPr="009E766E" w:rsidRDefault="008F0C8A" w:rsidP="009E766E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E766E">
+              <w:t>Suburb/town</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD90823" w14:textId="559C2481" w:rsidR="008F0C8A" w:rsidRPr="009E766E" w:rsidRDefault="008F0C8A" w:rsidP="009E766E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E766E">
+              <w:t>Property Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DB4608" w14:textId="37E4902F" w:rsidR="008F0C8A" w:rsidRPr="009E766E" w:rsidRDefault="008F0C8A" w:rsidP="009E766E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E766E">
+              <w:t>Property Type</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E86EC6" w14:textId="77777777" w:rsidR="008F0C8A" w:rsidRPr="009E766E" w:rsidRDefault="008F0C8A" w:rsidP="009E766E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E766E">
+              <w:t>Eligibility Criteria</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E1A77BF" w14:textId="75453691" w:rsidR="008F0C8A" w:rsidRPr="009E766E" w:rsidRDefault="008F0C8A" w:rsidP="009E766E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E766E">
+              <w:t>(elderly, singles etc)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1369" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6870C83B" w14:textId="660C7B7F" w:rsidR="008F0C8A" w:rsidRPr="009E766E" w:rsidRDefault="008F0C8A" w:rsidP="009E766E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E766E">
+              <w:t>Preferred Area</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49BE6436" w14:textId="0A0AB073" w:rsidR="008F0C8A" w:rsidRPr="009E766E" w:rsidRDefault="008F0C8A" w:rsidP="009E766E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E766E">
+              <w:t>Responsible Office</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B75C7" w14:paraId="314C1D72" w14:textId="77777777" w:rsidTr="373D778F">
+        <w:trPr>
+          <w:trHeight w:val="573"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4242652C" w14:textId="3810E27B" w:rsidR="004B75C7" w:rsidRPr="00D32B1C" w:rsidRDefault="009E5379" w:rsidP="00D32B1C">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>North</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="685446B1" w14:textId="29F54E81" w:rsidR="004B75C7" w:rsidRPr="00E13C3C" w:rsidRDefault="007A2468" w:rsidP="00BB4F26">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NIL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5135C00E" w14:textId="3388D526" w:rsidR="004B75C7" w:rsidRPr="00E13C3C" w:rsidRDefault="004B75C7" w:rsidP="00BB4F26">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ADB6792" w14:textId="5E6A7CBA" w:rsidR="004B75C7" w:rsidRDefault="004B75C7" w:rsidP="00BB4F26">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0A2B27" w14:textId="2603D75A" w:rsidR="004B75C7" w:rsidRDefault="004B75C7" w:rsidP="00BB4F26">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0AB8EC" w14:textId="23120A81" w:rsidR="004B75C7" w:rsidRDefault="004B75C7" w:rsidP="00BB4F26">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08EE1945" w14:textId="71408E89" w:rsidR="004B75C7" w:rsidRDefault="004B75C7" w:rsidP="00BB4F26">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="1782B64D" w14:paraId="44F66D03" w14:textId="77777777" w:rsidTr="373D778F">
+        <w:trPr>
+          <w:trHeight w:val="547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D41864B" w14:textId="267A98D4" w:rsidR="1782B64D" w:rsidRDefault="4D3A8A63" w:rsidP="1782B64D">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">South </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7B9373" w14:textId="58EF3E38" w:rsidR="25A507BF" w:rsidRDefault="007A2468" w:rsidP="1782B64D">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NIL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20303248" w14:textId="11437933" w:rsidR="25A507BF" w:rsidRDefault="25A507BF" w:rsidP="1782B64D">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A129F1" w14:textId="240343D8" w:rsidR="25A507BF" w:rsidRDefault="25A507BF" w:rsidP="1782B64D">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA5A671" w14:textId="030A3967" w:rsidR="25A507BF" w:rsidRDefault="25A507BF" w:rsidP="1782B64D">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42F177EE" w14:textId="65FE4214" w:rsidR="25A507BF" w:rsidRDefault="25A507BF" w:rsidP="1782B64D">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3524C5B6" w14:textId="5B38CD28" w:rsidR="25A507BF" w:rsidRDefault="25A507BF" w:rsidP="1782B64D">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="373D778F" w14:paraId="2ACE1CC3" w14:textId="77777777" w:rsidTr="373D778F">
+        <w:trPr>
+          <w:trHeight w:val="547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26077372" w14:textId="5ABCE378" w:rsidR="4D3A8A63" w:rsidRDefault="4D3A8A63" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>East</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5062C8" w14:textId="6932C1ED" w:rsidR="373D778F" w:rsidRDefault="007A2468" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NIL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="282E62B2" w14:textId="7F717FD0" w:rsidR="373D778F" w:rsidRDefault="373D778F" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2721A128" w14:textId="14AA7BF0" w:rsidR="373D778F" w:rsidRDefault="373D778F" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1A9B9F" w14:textId="47EC163A" w:rsidR="373D778F" w:rsidRDefault="373D778F" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3932B402" w14:textId="54387626" w:rsidR="373D778F" w:rsidRDefault="373D778F" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="330C7EF1" w14:textId="708D86B8" w:rsidR="373D778F" w:rsidRDefault="373D778F" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="373D778F" w14:paraId="65683B53" w14:textId="77777777" w:rsidTr="373D778F">
+        <w:trPr>
+          <w:trHeight w:val="547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC7D831" w14:textId="4298D7FF" w:rsidR="4D3A8A63" w:rsidRDefault="4D3A8A63" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>West</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B86E1AC" w14:textId="248972F0" w:rsidR="373D778F" w:rsidRDefault="007A2468" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NIL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F05D09" w14:textId="2008DA91" w:rsidR="373D778F" w:rsidRDefault="373D778F" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="293AB288" w14:textId="68234018" w:rsidR="373D778F" w:rsidRDefault="373D778F" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB82E4D" w14:textId="37A663F2" w:rsidR="373D778F" w:rsidRDefault="373D778F" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED6EE63" w14:textId="0603CB02" w:rsidR="373D778F" w:rsidRDefault="373D778F" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B79E0DD" w14:textId="6AA66104" w:rsidR="373D778F" w:rsidRDefault="373D778F" w:rsidP="373D778F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1DCF34B1" w14:textId="70334554" w:rsidR="004F0909" w:rsidRDefault="004F0909" w:rsidP="00C51053">
+      <w:pPr>
+        <w:pStyle w:val="Tablefigurenote"/>
+        <w:spacing w:after="3600"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10245" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblCellMar>
           <w:bottom w:w="108" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10194"/>
+        <w:gridCol w:w="10245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0055119B" w:rsidTr="00641724" w14:paraId="696A6191" w14:textId="77777777">
+      <w:tr w:rsidR="004F0909" w14:paraId="074BC648" w14:textId="77777777" w:rsidTr="1782B64D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10194" w:type="dxa"/>
+            <w:tcW w:w="10245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B496A" w:rsidP="00871285" w:rsidRDefault="008B496A" w14:paraId="48D94402" w14:textId="77777777">
+          <w:p w14:paraId="0CD21A6A" w14:textId="5AEBE572" w:rsidR="004F0909" w:rsidRPr="0055119B" w:rsidRDefault="004F0909" w:rsidP="00893FE3">
             <w:pPr>
-              <w:pStyle w:val="DHHSaccessibilitypara"/>
-[...17 lines deleted...]
-              </w:pBdr>
+              <w:pStyle w:val="Accessibilitypara"/>
             </w:pPr>
             <w:r w:rsidRPr="0055119B">
               <w:t>To receive this document in another format</w:t>
             </w:r>
             <w:r>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="0055119B">
-              <w:t xml:space="preserve"> phone using the National Relay Service 13 36 77 if required, or email </w:t>
+              <w:t xml:space="preserve"> phone </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId20">
-              <w:r w:rsidRPr="00283647" w:rsidR="00871285">
+            <w:r w:rsidR="002B71FA" w:rsidRPr="0055119B">
+              <w:t>13 36 77</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055119B">
+              <w:t xml:space="preserve">, using the National Relay Service if required, or email </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidR="002B71FA" w:rsidRPr="002B71FA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Housing Business Operations</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00871285">
-[...6 lines deleted...]
-              <w:t>&lt;housingbusiness.operations@dffh.vic.gov.au&gt;</w:t>
+            <w:r w:rsidR="002B71FA">
+              <w:t xml:space="preserve"> &lt;housingbusiness.operations@dffh.vic.gov.au&gt;.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0055119B" w:rsidR="0055119B" w:rsidP="00E33237" w:rsidRDefault="0055119B" w14:paraId="7DF2FFCA" w14:textId="7A34A482">
+          <w:p w14:paraId="734C105F" w14:textId="77777777" w:rsidR="004F0909" w:rsidRPr="0055119B" w:rsidRDefault="004F0909" w:rsidP="00893FE3">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
             </w:pPr>
             <w:r w:rsidRPr="0055119B">
               <w:t>Authorised and published by the Victorian Government, 1 Treasury Place, Melbourne.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0055119B" w:rsidP="00E33237" w:rsidRDefault="0055119B" w14:paraId="6E4BD3D4" w14:textId="4EBB937E">
+          <w:p w14:paraId="10FE4FE5" w14:textId="3F2CC695" w:rsidR="004F0909" w:rsidRDefault="004F0909" w:rsidP="00893FE3">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
             </w:pPr>
             <w:r w:rsidRPr="0055119B">
               <w:t xml:space="preserve">© State of Victoria, Australia, Department </w:t>
             </w:r>
             <w:r w:rsidRPr="001B058F">
               <w:t xml:space="preserve">of </w:t>
             </w:r>
-            <w:r w:rsidR="00002D68">
+            <w:r>
               <w:t>Families, Fairness and Housing</w:t>
             </w:r>
             <w:r w:rsidRPr="0055119B">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="005B6801">
-              <w:t>March 2023</w:t>
+            <w:r w:rsidR="00E35527">
+              <w:t>January 2026</w:t>
             </w:r>
-            <w:r w:rsidRPr="00871285" w:rsidR="00871285">
+            <w:r w:rsidR="002B71FA" w:rsidRPr="002B71FA">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00871285" w:rsidR="00871285" w:rsidP="00E33237" w:rsidRDefault="00871285" w14:paraId="5DCFD3B0" w14:textId="77777777">
-[...8 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w:rsidR="00162CA9" w:rsidP="00162CA9" w:rsidRDefault="00162CA9" w14:paraId="312DEA78" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Body"/>
+    <w:p w14:paraId="32218C41" w14:textId="77777777" w:rsidR="004F0909" w:rsidRPr="00A330BB" w:rsidRDefault="004F0909" w:rsidP="004F0909">
+      <w:pPr>
+        <w:pStyle w:val="Tablefigurenote"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00162CA9" w:rsidSect="00593A99">
+    <w:sectPr w:rsidR="004F0909" w:rsidRPr="00A330BB" w:rsidSect="00593A99">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="851" w:left="851" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00082B65" w:rsidRDefault="00082B65" w14:paraId="36074694" w14:textId="77777777">
+    <w:p w14:paraId="2550C9C3" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRDefault="005C7B3D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00082B65" w:rsidRDefault="00082B65" w14:paraId="502B5DDA" w14:textId="77777777"/>
+    <w:p w14:paraId="27590373" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRDefault="005C7B3D"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00082B65" w:rsidRDefault="00082B65" w14:paraId="163B333C" w14:textId="77777777">
+    <w:p w14:paraId="43D1EC03" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRDefault="005C7B3D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00082B65" w:rsidRDefault="00082B65" w14:paraId="78294F59" w14:textId="77777777"/>
+    <w:p w14:paraId="67580B40" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRDefault="005C7B3D"/>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="22A4185B" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRDefault="005C7B3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -521,128 +913,128 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Ebrima"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00C65AF1" w:rsidRDefault="00C65AF1" w14:paraId="10C5BCB8" w14:textId="77777777">
+  <w:p w14:paraId="2EDF0A4A" w14:textId="77777777" w:rsidR="000909DC" w:rsidRDefault="000909DC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00F65AA9" w:rsidR="00E261B3" w:rsidP="00EF2C72" w:rsidRDefault="00967335" w14:paraId="016C29F6" w14:textId="044C41A7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="016C29F6" w14:textId="044C41A7" w:rsidR="00E261B3" w:rsidRPr="00F65AA9" w:rsidRDefault="00967335" w:rsidP="00EF2C72">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C7F58B7" wp14:editId="798A5D84">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C7F58B7" wp14:editId="798A5D84">
           <wp:simplePos x="538163" y="9644063"/>
           <wp:positionH relativeFrom="page">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>bottom</wp:align>
           </wp:positionV>
           <wp:extent cx="7560000" cy="792720"/>
           <wp:effectExtent l="0" t="0" r="3175" b="7620"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="Picture 7" descr="Victoria State Government Families, Fairness and Housing"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="7" name="Picture 7" descr="Victoria State Government Families, Fairness and Housing"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
@@ -655,513 +1047,517 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00E261B3">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3F220AE8" wp14:editId="5BC83ADF">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3F220AE8" wp14:editId="5BC83ADF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
-              <wp:docPr id="5" name="MSIPCMc3054336811d08b680b9289e" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:docPr id="5" name="Text Box 5" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="311785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00B21F90" w:rsidR="00E261B3" w:rsidP="00B21F90" w:rsidRDefault="00E261B3" w14:paraId="3E3ACDE0" w14:textId="77777777">
+                        <w:p w14:paraId="3E3ACDE0" w14:textId="77777777" w:rsidR="00E261B3" w:rsidRPr="00B21F90" w:rsidRDefault="00E261B3" w:rsidP="00B21F90">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00B21F90">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-          <w:pict w14:anchorId="6E87455A">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+          <w:pict w14:anchorId="6EA3BF4A">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="3F220AE8">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMc3054336811d08b680b9289e" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251654656;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1026" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdkot2FAIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0o2UmKbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDxzHYP0zRskZj&#10;03OpR+YZ2dvmj1Jtwy04kH7CoU1AyoaLuANuk6UfttnWzIi4C4LjzBkm9//K8qfD1rxY4vuv0COB&#10;AZDOuNyhM+zTS9uGL05KMI4QHs+wid4Tjs6b2TydZhjiGJtm2c3tLJRJLn8b6/w3AS0JRkEt0hLR&#10;YoeN80PqKSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7McFSqiOuJeFgXJn+LrB5hvm/Auz&#10;yDHOi7r1z3hIBdgERouSGuyvv/lDPkKPUUo61ExB3c89s4IS9V0jKXfZ9XUQWbygYd97y5NX79sH&#10;QDlm+DIMj2bI9epkSgvtG8p6FbphiGmOPQtanswHPygYnwUXq1VMQjkZ5jd6a3goHWAMkL72b8ya&#10;EXePjD3BSVUs/wD/kDsQsNp7kE3kJgA7oDnijVKM7I7PJmj9/T1mXR738jcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFMo&#10;gYY4FQJxQUIVperZiTc/TbyOYrdN3p7NCW67M6vZb9LNaDtxxsE3jhQsFxEIpMKZhioF+5+Pu2cQ&#10;PmgyunOECib0sMmur1KdGHehbzzvQiU4hHyiFdQh9ImUvqjRar9wPRJ7pRusDrwOlTSDvnC47eR9&#10;FMXS6ob4Q617fKuxaHcnq2C1XeelPLb2+DV9TlPTlof3vFTq9mZ8fQERcAx/xzDjMzpkzJS7Exkv&#10;OgVcJLAaR6sYxOwv1xFP+aw9PjyBzFL5v0P2CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJ2Si3YUAgAAJAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEgNXprfAAAACwEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;">
+            <v:shape id="Text Box 5" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1026" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdkot2FAIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0o2UmKbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDxzHYP0zRskZj&#10;03OpR+YZ2dvmj1Jtwy04kH7CoU1AyoaLuANuk6UfttnWzIi4C4LjzBkm9//K8qfD1rxY4vuv0COB&#10;AZDOuNyhM+zTS9uGL05KMI4QHs+wid4Tjs6b2TydZhjiGJtm2c3tLJRJLn8b6/w3AS0JRkEt0hLR&#10;YoeN80PqKSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7McFSqiOuJeFgXJn+LrB5hvm/Auz&#10;yDHOi7r1z3hIBdgERouSGuyvv/lDPkKPUUo61ExB3c89s4IS9V0jKXfZ9XUQWbygYd97y5NX79sH&#10;QDlm+DIMj2bI9epkSgvtG8p6FbphiGmOPQtanswHPygYnwUXq1VMQjkZ5jd6a3goHWAMkL72b8ya&#10;EXePjD3BSVUs/wD/kDsQsNp7kE3kJgA7oDnijVKM7I7PJmj9/T1mXR738jcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFMo&#10;gYY4FQJxQUIVperZiTc/TbyOYrdN3p7NCW67M6vZb9LNaDtxxsE3jhQsFxEIpMKZhioF+5+Pu2cQ&#10;PmgyunOECib0sMmur1KdGHehbzzvQiU4hHyiFdQh9ImUvqjRar9wPRJ7pRusDrwOlTSDvnC47eR9&#10;FMXS6ob4Q617fKuxaHcnq2C1XeelPLb2+DV9TlPTlof3vFTq9mZ8fQERcAx/xzDjMzpkzJS7Exkv&#10;OgVcJLAaR6sYxOwv1xFP+aw9PjyBzFL5v0P2CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJ2Si3YUAgAAJAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEgNXprfAAAACwEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w:rsidRPr="00B21F90" w:rsidR="00E261B3" w:rsidP="00B21F90" w:rsidRDefault="00E261B3" w14:paraId="09E77742" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00B21F90">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00E261B3" w:rsidRDefault="00E261B3" w14:paraId="65F67A31" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="65F67A31" w14:textId="77777777" w:rsidR="00E261B3" w:rsidRDefault="00E261B3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="36861015" wp14:editId="5023B46B">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="36861015" wp14:editId="5023B46B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189687</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
-              <wp:docPr id="6" name="MSIPCM418f4cbe97f099549309dca7" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:docPr id="6" name="Text Box 6" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="311785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00B21F90" w:rsidR="00E261B3" w:rsidP="00B21F90" w:rsidRDefault="00E261B3" w14:paraId="14CB6103" w14:textId="77777777">
+                        <w:p w14:paraId="14CB6103" w14:textId="77777777" w:rsidR="00E261B3" w:rsidRPr="00B21F90" w:rsidRDefault="00E261B3" w:rsidP="00B21F90">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00B21F90">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-          <w:pict w14:anchorId="02052E39">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+          <w:pict w14:anchorId="4097AE98">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="36861015">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCM418f4cbe97f099549309dca7" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1027" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqG+r9FgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEWB&#10;IAngFDnTFGkRoLgsSVtyv75Lyi+kPRW9UMvd1T5mhrP7vtVkJ5xXYCpajHJKhOFQK7Op6I+35Zdb&#10;SnxgpmYajKjoXnh6P//8adbZUlxBA7oWjmAR48vOVrQJwZZZ5nkjWuZHYIXBoATXsoBXt8lqxzqs&#10;3ursKs+nWQeutg648B69j0OQzlN9KQUPL1J6EYiuKM4W0unSuY5nNp+xcuOYbRQ/jMH+YYqWKYNN&#10;T6UeWWBk69QfpVrFHXiQYcShzUBKxUXaAbcp8g/brBpmRdoFwfH2BJP/f2X5825lXx0J/VfokcAI&#10;SGd96dEZ9+mla+MXJyUYRwj3J9hEHwhH581kmo8LDHGMjYvi5nYSy2Tnv63z4ZuAlkSjog5pSWix&#10;3ZMPQ+oxJTYzsFRaJ2q0IV1Fp+NJnn44RbC4NtjjPGu0Qr/uiaov9lhDvcf1HAzMe8uXCmd4Yj68&#10;ModU49go3/CCh9SAveBgUdKA+/U3f8xHBjBKSYfSqaj/uWVOUKK/G+Tmrri+jlpLFzTcpXd99Jpt&#10;+wCoygIfiOXJjLlBH03poH1HdS9iNwwxw7FnRddH8yEMQsbXwcVikZJQVZaFJ7OyPJaOaEZk3/p3&#10;5uwB/oDEPcNRXKz8wMKQO/Cw2AaQKlEU8R3QPMCOikwkH15PlPzlPWWd3/j8NwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3Gj&#10;dksJbRqnqkBckBCioJ6dePPTxOsodtvk7XFOcNyZ0ew3yX4wLbti72pLEpYLAQwpt7qmUsLP99vD&#10;BpjzirRqLaGEER3s09ldomJtb/SF16MvWSghFysJlfddzLnLKzTKLWyHFLzC9kb5cPYl1726hXLT&#10;8pUQETeqpvChUh2+VJg3x4uRsP7cZgU/N+b8Mb6PY90Up9eskPJ+Phx2wDwO/i8ME35AhzQwZfZC&#10;2rFWQhjigxqJ9TOwyV9uRQQsm7Snxw3wNOH/N6S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOob6v0WAgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAC+QSJfgAAAACwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;">
+            <v:shape id="Text Box 6" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1027" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqG+r9FgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEWB&#10;IAngFDnTFGkRoLgsSVtyv75Lyi+kPRW9UMvd1T5mhrP7vtVkJ5xXYCpajHJKhOFQK7Op6I+35Zdb&#10;SnxgpmYajKjoXnh6P//8adbZUlxBA7oWjmAR48vOVrQJwZZZ5nkjWuZHYIXBoATXsoBXt8lqxzqs&#10;3ursKs+nWQeutg648B69j0OQzlN9KQUPL1J6EYiuKM4W0unSuY5nNp+xcuOYbRQ/jMH+YYqWKYNN&#10;T6UeWWBk69QfpVrFHXiQYcShzUBKxUXaAbcp8g/brBpmRdoFwfH2BJP/f2X5825lXx0J/VfokcAI&#10;SGd96dEZ9+mla+MXJyUYRwj3J9hEHwhH581kmo8LDHGMjYvi5nYSy2Tnv63z4ZuAlkSjog5pSWix&#10;3ZMPQ+oxJTYzsFRaJ2q0IV1Fp+NJnn44RbC4NtjjPGu0Qr/uiaov9lhDvcf1HAzMe8uXCmd4Yj68&#10;ModU49go3/CCh9SAveBgUdKA+/U3f8xHBjBKSYfSqaj/uWVOUKK/G+Tmrri+jlpLFzTcpXd99Jpt&#10;+wCoygIfiOXJjLlBH03poH1HdS9iNwwxw7FnRddH8yEMQsbXwcVikZJQVZaFJ7OyPJaOaEZk3/p3&#10;5uwB/oDEPcNRXKz8wMKQO/Cw2AaQKlEU8R3QPMCOikwkH15PlPzlPWWd3/j8NwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3Gj&#10;dksJbRqnqkBckBCioJ6dePPTxOsodtvk7XFOcNyZ0ew3yX4wLbti72pLEpYLAQwpt7qmUsLP99vD&#10;BpjzirRqLaGEER3s09ldomJtb/SF16MvWSghFysJlfddzLnLKzTKLWyHFLzC9kb5cPYl1726hXLT&#10;8pUQETeqpvChUh2+VJg3x4uRsP7cZgU/N+b8Mb6PY90Up9eskPJ+Phx2wDwO/i8ME35AhzQwZfZC&#10;2rFWQhjigxqJ9TOwyV9uRQQsm7Snxw3wNOH/N6S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOob6v0WAgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAC+QSJfgAAAACwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w:rsidRPr="00B21F90" w:rsidR="00E261B3" w:rsidP="00B21F90" w:rsidRDefault="00E261B3" w14:paraId="08CE8BEA" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00B21F90">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00F65AA9" w:rsidR="00593A99" w:rsidP="00EF2C72" w:rsidRDefault="00610FED" w14:paraId="6434A8BE" w14:textId="171653E8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6434A8BE" w14:textId="4619E506" w:rsidR="00593A99" w:rsidRPr="00F65AA9" w:rsidRDefault="00FD4B96" w:rsidP="00EF2C72">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="1" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="4E9DABA5" wp14:editId="21C7214F">
-              <wp:simplePos x="0" y="10189687"/>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6A740313" wp14:editId="57521E4B">
+              <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="MSIPCMa42b45f8a83c14349d7d090d" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:docPr id="1" name="Text Box 1" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="311785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00610FED" w:rsidR="00610FED" w:rsidP="00610FED" w:rsidRDefault="00610FED" w14:paraId="41D89263" w14:textId="54DB6B2C">
+                        <w:p w14:paraId="3FD22A73" w14:textId="0123A9BE" w:rsidR="00FD4B96" w:rsidRPr="00FD4B96" w:rsidRDefault="00FD4B96" w:rsidP="00FD4B96">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00610FED">
+                          <w:r w:rsidRPr="00FD4B96">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="4E9DABA5">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+          <w:pict w14:anchorId="24188746">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6A740313">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMa42b45f8a83c14349d7d090d" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1028" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7jRm/GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0gChbYRoWKtmCah&#10;thKd+mwcm0RyfJ5tSNhfv7NDoOr2VPXFOd9d7sf3fZ7fdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4sxVKBKYQkW0S5vTUEr702eJI5XomFuBEZoDEqwDfN4tbuktKzF&#10;6o1Kxmk6S1qwpbHAhXPofeiDdBHrSym4f5LSCU9UQXE2H08bz204k8Wc5TvLTFXz0xjsA1M0rNbY&#10;9FzqgXlG9rb+p1RTcwsOpB9xaBKQsuYi7oDbZOm7bTYVMyLuguA4c4bJfV5Z/njYmGdLfPcdOiQw&#10;ANIalzt0hn06aZvwxUkJxhHC4xk20XnC0Xk9naWTDEMcY5Msu76ZhjLJ5W9jnf8hoCHBKKhFWiJa&#10;7LB2vk8dUkIzDataqUiN0qQt6GwyTeMP5wgWVxp7XGYNlu+2HanLgo6HPbZQHnE9Cz3zzvBVjTOs&#10;mfPPzCLVODbK1z/hIRVgLzhZlFRg//zPH/KRAYxS0qJ0Cup+75kVlKifGrm5za6ugtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQC7jRm/GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;">
+            <v:shape id="Text Box 1" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1028" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7jRm/GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0gChbYRoWKtmCah&#10;thKd+mwcm0RyfJ5tSNhfv7NDoOr2VPXFOd9d7sf3fZ7fdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4sxVKBKYQkW0S5vTUEr702eJI5XomFuBEZoDEqwDfN4tbuktKzF&#10;6o1Kxmk6S1qwpbHAhXPofeiDdBHrSym4f5LSCU9UQXE2H08bz204k8Wc5TvLTFXz0xjsA1M0rNbY&#10;9FzqgXlG9rb+p1RTcwsOpB9xaBKQsuYi7oDbZOm7bTYVMyLuguA4c4bJfV5Z/njYmGdLfPcdOiQw&#10;ANIalzt0hn06aZvwxUkJxhHC4xk20XnC0Xk9naWTDEMcY5Msu76ZhjLJ5W9jnf8hoCHBKKhFWiJa&#10;7LB2vk8dUkIzDataqUiN0qQt6GwyTeMP5wgWVxp7XGYNlu+2HanLgo6HPbZQHnE9Cz3zzvBVjTOs&#10;mfPPzCLVODbK1z/hIRVgLzhZlFRg//zPH/KRAYxS0qJ0Cup+75kVlKifGrm5za6ugtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQC7jRm/GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="00610FED" w:rsidR="00610FED" w:rsidP="00610FED" w:rsidRDefault="00610FED" w14:paraId="75F360E3" w14:textId="54DB6B2C">
+                  <w:p w:rsidRPr="00FD4B96" w:rsidR="00FD4B96" w:rsidP="00FD4B96" w:rsidRDefault="00FD4B96" w14:paraId="75F360E3" w14:textId="0123A9BE">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00610FED">
+                    <w:r w:rsidRPr="00FD4B96">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00082B65" w:rsidP="00207717" w:rsidRDefault="00082B65" w14:paraId="6D9249AF" w14:textId="77777777">
+    <w:p w14:paraId="38F39CEC" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRDefault="005C7B3D" w:rsidP="00207717">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00082B65" w:rsidRDefault="00082B65" w14:paraId="461A12A6" w14:textId="77777777">
+    <w:p w14:paraId="1742A719" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRDefault="005C7B3D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00082B65" w:rsidRDefault="00082B65" w14:paraId="714A4052" w14:textId="77777777"/>
+    <w:p w14:paraId="731121C0" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRDefault="005C7B3D"/>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="492F7F2E" w14:textId="77777777" w:rsidR="005C7B3D" w:rsidRDefault="005C7B3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00C65AF1" w:rsidRDefault="00C65AF1" w14:paraId="123037F1" w14:textId="77777777">
+  <w:p w14:paraId="01F10682" w14:textId="77777777" w:rsidR="000909DC" w:rsidRDefault="000909DC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00C65AF1" w:rsidRDefault="00C65AF1" w14:paraId="24FDF1F1" w14:textId="77777777">
+  <w:p w14:paraId="2DD6DCE3" w14:textId="77777777" w:rsidR="000909DC" w:rsidRDefault="000909DC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00C65AF1" w:rsidRDefault="00C65AF1" w14:paraId="5CC6B57F" w14:textId="77777777">
+  <w:p w14:paraId="6CBF631A" w14:textId="77777777" w:rsidR="000909DC" w:rsidRDefault="000909DC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="0051568D" w:rsidR="00E261B3" w:rsidP="0017674D" w:rsidRDefault="00B14B5F" w14:paraId="01FD96D1" w14:textId="57B22F56">
+  <w:p w14:paraId="01FD96D1" w14:textId="4EB294AC" w:rsidR="00E261B3" w:rsidRPr="0051568D" w:rsidRDefault="004F0909" w:rsidP="0017674D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
-      <w:t>Document title</w:t>
+      <w:t>Public Housing Limited Demand Property List</w:t>
     </w:r>
-    <w:r w:rsidR="00872C54">
-      <w:t xml:space="preserve"> (use Header style)</w:t>
+    <w:r w:rsidR="00B14B5F">
+      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r>
-[...2 lines deleted...]
-    <w:r w:rsidRPr="00DE6C85">
+    <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00DE6C85">
+    <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00DE6C85">
+    <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00DE6C85">
+    <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00DE6C85">
+    <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9B685C78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
@@ -1214,422 +1610,420 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1AD0F0D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7B0871F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="AB0A1B58"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="18F00008"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DABE69B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8AB24756"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C06715"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8A86A6B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="037845E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE9E7FA8"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03A50056"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A10A987A"/>
     <w:numStyleLink w:val="ZZNumbersloweralpha"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B8D43DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B4525A8A"/>
     <w:numStyleLink w:val="ZZNumbersdigit"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BAD2E30"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A10A987A"/>
     <w:styleLink w:val="ZZNumbersloweralpha"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:pStyle w:val="Numberloweralpha"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:pStyle w:val="Numberloweralphaindent"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="794"/>
         </w:tabs>
         <w:ind w:left="794" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -1824,67 +2218,67 @@
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="794"/>
         </w:tabs>
         <w:ind w:left="794" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="794"/>
         </w:tabs>
         <w:ind w:left="794" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1191"/>
         </w:tabs>
         <w:ind w:left="1191" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -1917,106 +2311,102 @@
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E6C68D4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B4525A8A"/>
     <w:styleLink w:val="ZZNumbersdigit"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Numberdigit"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Numberdigitindent"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="794"/>
         </w:tabs>
         <w:ind w:left="794" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
-      <w:pStyle w:val="Bulletafternumbers1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="794" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
-      <w:pStyle w:val="Bulletafternumbers2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1191" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
@@ -2186,183 +2576,183 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49E050DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD40D03A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="541611C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CE309CD8"/>
     <w:styleLink w:val="ZZTablebullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Tablebullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Tablebullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="227"/>
         </w:tabs>
         <w:ind w:left="454" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -2428,65 +2818,65 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54BA1E5A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94EEF5CE"/>
     <w:styleLink w:val="ZZBullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Bullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -2552,66 +2942,66 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6309259F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60E46E98"/>
     <w:styleLink w:val="ZZQuotebullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Quotebullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Quotebullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="964" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -2676,178 +3066,178 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66B20FA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE704FD8"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AC262D6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B38817FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="794" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1191" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -2912,260 +3302,260 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77485834"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B2EAC32"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79255E49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7748BF6"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1088188797">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="243800555">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2089619684">
     <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
@@ -3638,1225 +4028,1259 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C04F42"/>
     <w:rsid w:val="00000719"/>
     <w:rsid w:val="00002D68"/>
     <w:rsid w:val="00003403"/>
     <w:rsid w:val="00004475"/>
     <w:rsid w:val="00005347"/>
     <w:rsid w:val="000072B6"/>
     <w:rsid w:val="0001021B"/>
     <w:rsid w:val="00011D89"/>
-    <w:rsid w:val="00013C92"/>
     <w:rsid w:val="000154FD"/>
     <w:rsid w:val="00022271"/>
-    <w:rsid w:val="000233F4"/>
     <w:rsid w:val="000235E8"/>
     <w:rsid w:val="00024D89"/>
     <w:rsid w:val="000250B6"/>
     <w:rsid w:val="00033D81"/>
     <w:rsid w:val="00037366"/>
     <w:rsid w:val="00041BF0"/>
     <w:rsid w:val="00042C8A"/>
-    <w:rsid w:val="00042DE6"/>
     <w:rsid w:val="0004536B"/>
     <w:rsid w:val="00046B68"/>
     <w:rsid w:val="000527DD"/>
     <w:rsid w:val="000578B2"/>
     <w:rsid w:val="00060959"/>
     <w:rsid w:val="00060C8F"/>
     <w:rsid w:val="0006298A"/>
     <w:rsid w:val="000643BD"/>
     <w:rsid w:val="000663CD"/>
     <w:rsid w:val="000733FE"/>
     <w:rsid w:val="00074219"/>
     <w:rsid w:val="00074ED5"/>
-    <w:rsid w:val="00082B65"/>
     <w:rsid w:val="0008508E"/>
     <w:rsid w:val="00086557"/>
     <w:rsid w:val="00087951"/>
     <w:rsid w:val="0009050A"/>
+    <w:rsid w:val="000909DC"/>
     <w:rsid w:val="0009113B"/>
     <w:rsid w:val="00093402"/>
     <w:rsid w:val="00094DA3"/>
     <w:rsid w:val="00096CD1"/>
-    <w:rsid w:val="00097FFE"/>
     <w:rsid w:val="000A012C"/>
     <w:rsid w:val="000A0EB9"/>
     <w:rsid w:val="000A186C"/>
     <w:rsid w:val="000A1EA4"/>
     <w:rsid w:val="000A2476"/>
     <w:rsid w:val="000A641A"/>
     <w:rsid w:val="000B2117"/>
     <w:rsid w:val="000B3EDB"/>
     <w:rsid w:val="000B543D"/>
     <w:rsid w:val="000B55F9"/>
     <w:rsid w:val="000B5BF7"/>
     <w:rsid w:val="000B6BC8"/>
     <w:rsid w:val="000C0303"/>
     <w:rsid w:val="000C42EA"/>
     <w:rsid w:val="000C4546"/>
     <w:rsid w:val="000D1242"/>
     <w:rsid w:val="000E0970"/>
     <w:rsid w:val="000E3CC7"/>
     <w:rsid w:val="000E6BD4"/>
     <w:rsid w:val="000E6D6D"/>
-    <w:rsid w:val="000E7CD2"/>
     <w:rsid w:val="000F1F1E"/>
     <w:rsid w:val="000F2259"/>
     <w:rsid w:val="000F2DDA"/>
     <w:rsid w:val="000F2EA0"/>
     <w:rsid w:val="000F5213"/>
-    <w:rsid w:val="000F5861"/>
     <w:rsid w:val="00101001"/>
     <w:rsid w:val="00103276"/>
     <w:rsid w:val="0010392D"/>
     <w:rsid w:val="0010447F"/>
     <w:rsid w:val="00104FE3"/>
     <w:rsid w:val="00105291"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="001120C5"/>
     <w:rsid w:val="00120BD3"/>
     <w:rsid w:val="00122FEA"/>
     <w:rsid w:val="001232BD"/>
     <w:rsid w:val="00124ED5"/>
     <w:rsid w:val="001276FA"/>
-    <w:rsid w:val="00130A46"/>
     <w:rsid w:val="001447B3"/>
     <w:rsid w:val="00152073"/>
     <w:rsid w:val="00156598"/>
     <w:rsid w:val="0016037B"/>
     <w:rsid w:val="00161939"/>
     <w:rsid w:val="00161AA0"/>
     <w:rsid w:val="00161D2E"/>
     <w:rsid w:val="00161F3E"/>
     <w:rsid w:val="00162093"/>
     <w:rsid w:val="00162CA9"/>
     <w:rsid w:val="00165459"/>
     <w:rsid w:val="00165A57"/>
     <w:rsid w:val="001712C2"/>
     <w:rsid w:val="00172BAF"/>
     <w:rsid w:val="0017674D"/>
     <w:rsid w:val="001771DD"/>
     <w:rsid w:val="00177995"/>
     <w:rsid w:val="00177A8C"/>
     <w:rsid w:val="00186B33"/>
     <w:rsid w:val="00192F9D"/>
     <w:rsid w:val="00196EB8"/>
     <w:rsid w:val="00196EFB"/>
     <w:rsid w:val="001979FF"/>
     <w:rsid w:val="00197B17"/>
-    <w:rsid w:val="001A0F92"/>
     <w:rsid w:val="001A1950"/>
     <w:rsid w:val="001A1C54"/>
     <w:rsid w:val="001A202A"/>
     <w:rsid w:val="001A3ACE"/>
     <w:rsid w:val="001B058F"/>
     <w:rsid w:val="001B6B96"/>
     <w:rsid w:val="001B7228"/>
     <w:rsid w:val="001B738B"/>
     <w:rsid w:val="001C09DB"/>
     <w:rsid w:val="001C277E"/>
     <w:rsid w:val="001C2A72"/>
     <w:rsid w:val="001C31B7"/>
     <w:rsid w:val="001D0B75"/>
     <w:rsid w:val="001D39A5"/>
     <w:rsid w:val="001D3C09"/>
     <w:rsid w:val="001D44E8"/>
     <w:rsid w:val="001D60EC"/>
     <w:rsid w:val="001D6F59"/>
     <w:rsid w:val="001E44DF"/>
     <w:rsid w:val="001E68A5"/>
     <w:rsid w:val="001E6BB0"/>
     <w:rsid w:val="001E7282"/>
-    <w:rsid w:val="001F1297"/>
     <w:rsid w:val="001F3826"/>
     <w:rsid w:val="001F6E46"/>
     <w:rsid w:val="001F7C91"/>
     <w:rsid w:val="002033B7"/>
     <w:rsid w:val="00206463"/>
     <w:rsid w:val="00206F2F"/>
     <w:rsid w:val="00207717"/>
     <w:rsid w:val="0021053D"/>
     <w:rsid w:val="00210A92"/>
     <w:rsid w:val="00216C03"/>
     <w:rsid w:val="00220C04"/>
     <w:rsid w:val="0022278D"/>
     <w:rsid w:val="0022701F"/>
     <w:rsid w:val="00227C68"/>
     <w:rsid w:val="00233311"/>
     <w:rsid w:val="002333F5"/>
     <w:rsid w:val="00233724"/>
     <w:rsid w:val="002365B4"/>
     <w:rsid w:val="00242378"/>
     <w:rsid w:val="002432E1"/>
     <w:rsid w:val="00246207"/>
     <w:rsid w:val="00246C5E"/>
     <w:rsid w:val="00250960"/>
     <w:rsid w:val="00250DC4"/>
     <w:rsid w:val="00251343"/>
     <w:rsid w:val="002536A4"/>
-    <w:rsid w:val="00254ECD"/>
     <w:rsid w:val="00254F58"/>
     <w:rsid w:val="002620BC"/>
     <w:rsid w:val="00262802"/>
     <w:rsid w:val="00263A90"/>
     <w:rsid w:val="0026408B"/>
     <w:rsid w:val="00267C3E"/>
     <w:rsid w:val="002709BB"/>
     <w:rsid w:val="0027131C"/>
     <w:rsid w:val="00273BAC"/>
     <w:rsid w:val="002763B3"/>
     <w:rsid w:val="002802E3"/>
     <w:rsid w:val="00280C4B"/>
     <w:rsid w:val="0028213D"/>
-    <w:rsid w:val="00283647"/>
     <w:rsid w:val="002862F1"/>
     <w:rsid w:val="00291373"/>
     <w:rsid w:val="0029597D"/>
     <w:rsid w:val="002962C3"/>
     <w:rsid w:val="0029752B"/>
     <w:rsid w:val="002A0A9C"/>
     <w:rsid w:val="002A483C"/>
+    <w:rsid w:val="002A5D11"/>
     <w:rsid w:val="002B0C7C"/>
     <w:rsid w:val="002B1729"/>
     <w:rsid w:val="002B36C7"/>
     <w:rsid w:val="002B4DD4"/>
     <w:rsid w:val="002B5277"/>
     <w:rsid w:val="002B5375"/>
+    <w:rsid w:val="002B71FA"/>
     <w:rsid w:val="002B77C1"/>
     <w:rsid w:val="002C0ED7"/>
     <w:rsid w:val="002C2728"/>
     <w:rsid w:val="002D1E0D"/>
     <w:rsid w:val="002D5006"/>
     <w:rsid w:val="002E01D0"/>
     <w:rsid w:val="002E161D"/>
     <w:rsid w:val="002E3100"/>
     <w:rsid w:val="002E6C95"/>
     <w:rsid w:val="002E7C36"/>
     <w:rsid w:val="002F3ADF"/>
     <w:rsid w:val="002F3D32"/>
     <w:rsid w:val="002F5F31"/>
     <w:rsid w:val="002F5F46"/>
     <w:rsid w:val="00302216"/>
     <w:rsid w:val="00303E53"/>
     <w:rsid w:val="00305CC1"/>
     <w:rsid w:val="00306E5F"/>
     <w:rsid w:val="00307E14"/>
     <w:rsid w:val="00314054"/>
     <w:rsid w:val="00316F27"/>
     <w:rsid w:val="003214F1"/>
     <w:rsid w:val="00322E4B"/>
     <w:rsid w:val="003252EE"/>
     <w:rsid w:val="00327870"/>
     <w:rsid w:val="0033259D"/>
     <w:rsid w:val="003333D2"/>
     <w:rsid w:val="00337339"/>
     <w:rsid w:val="003406C6"/>
     <w:rsid w:val="003418CC"/>
     <w:rsid w:val="003459BD"/>
     <w:rsid w:val="00350D38"/>
     <w:rsid w:val="00351405"/>
     <w:rsid w:val="00351B36"/>
     <w:rsid w:val="00357B4E"/>
     <w:rsid w:val="003716FD"/>
     <w:rsid w:val="0037204B"/>
     <w:rsid w:val="003744CF"/>
     <w:rsid w:val="00374717"/>
     <w:rsid w:val="0037676C"/>
     <w:rsid w:val="00377A1A"/>
     <w:rsid w:val="00381043"/>
     <w:rsid w:val="003829E5"/>
     <w:rsid w:val="00386109"/>
     <w:rsid w:val="00386944"/>
+    <w:rsid w:val="00393FBC"/>
     <w:rsid w:val="003956CC"/>
     <w:rsid w:val="00395C9A"/>
     <w:rsid w:val="003A04E1"/>
     <w:rsid w:val="003A0853"/>
     <w:rsid w:val="003A6B67"/>
     <w:rsid w:val="003B13B6"/>
     <w:rsid w:val="003B14C3"/>
     <w:rsid w:val="003B15E6"/>
     <w:rsid w:val="003B1BDC"/>
     <w:rsid w:val="003B408A"/>
     <w:rsid w:val="003B52C1"/>
     <w:rsid w:val="003C08A2"/>
     <w:rsid w:val="003C2045"/>
     <w:rsid w:val="003C43A1"/>
     <w:rsid w:val="003C4FC0"/>
     <w:rsid w:val="003C55F4"/>
     <w:rsid w:val="003C7897"/>
     <w:rsid w:val="003C7A3F"/>
     <w:rsid w:val="003D2766"/>
     <w:rsid w:val="003D2A74"/>
     <w:rsid w:val="003D3E8F"/>
     <w:rsid w:val="003D6475"/>
     <w:rsid w:val="003D6EE6"/>
     <w:rsid w:val="003D7000"/>
     <w:rsid w:val="003D7E30"/>
     <w:rsid w:val="003E375C"/>
     <w:rsid w:val="003E4086"/>
     <w:rsid w:val="003E639E"/>
     <w:rsid w:val="003E71E5"/>
     <w:rsid w:val="003F0445"/>
     <w:rsid w:val="003F0CF0"/>
     <w:rsid w:val="003F14B1"/>
     <w:rsid w:val="003F2B20"/>
     <w:rsid w:val="003F3289"/>
     <w:rsid w:val="003F3C62"/>
     <w:rsid w:val="003F5CB9"/>
     <w:rsid w:val="004013C7"/>
     <w:rsid w:val="00401FCF"/>
     <w:rsid w:val="00406157"/>
     <w:rsid w:val="00406285"/>
-    <w:rsid w:val="0041259C"/>
     <w:rsid w:val="004148F9"/>
     <w:rsid w:val="0042084E"/>
     <w:rsid w:val="00421EEF"/>
     <w:rsid w:val="00424D65"/>
     <w:rsid w:val="00430393"/>
     <w:rsid w:val="00431806"/>
     <w:rsid w:val="004350F9"/>
     <w:rsid w:val="00437AC5"/>
     <w:rsid w:val="00442C6C"/>
     <w:rsid w:val="00443CBE"/>
     <w:rsid w:val="00443E8A"/>
     <w:rsid w:val="004441BC"/>
     <w:rsid w:val="004468B4"/>
     <w:rsid w:val="0045230A"/>
     <w:rsid w:val="00454AD0"/>
     <w:rsid w:val="00457337"/>
-    <w:rsid w:val="004576CC"/>
     <w:rsid w:val="00462E3D"/>
     <w:rsid w:val="0046440A"/>
     <w:rsid w:val="00466E79"/>
     <w:rsid w:val="00470D7D"/>
     <w:rsid w:val="0047372D"/>
     <w:rsid w:val="00473BA3"/>
     <w:rsid w:val="004743DD"/>
     <w:rsid w:val="00474CEA"/>
+    <w:rsid w:val="00477814"/>
     <w:rsid w:val="00483968"/>
     <w:rsid w:val="004841BE"/>
+    <w:rsid w:val="00484255"/>
     <w:rsid w:val="00484F86"/>
     <w:rsid w:val="00490746"/>
     <w:rsid w:val="00490852"/>
     <w:rsid w:val="00491C9C"/>
     <w:rsid w:val="00492F30"/>
     <w:rsid w:val="004946F4"/>
     <w:rsid w:val="0049487E"/>
     <w:rsid w:val="004A160D"/>
     <w:rsid w:val="004A3E81"/>
     <w:rsid w:val="004A4195"/>
     <w:rsid w:val="004A5C62"/>
     <w:rsid w:val="004A5CE5"/>
     <w:rsid w:val="004A707D"/>
+    <w:rsid w:val="004A7FF7"/>
     <w:rsid w:val="004B4185"/>
     <w:rsid w:val="004B75C7"/>
     <w:rsid w:val="004C5541"/>
     <w:rsid w:val="004C6EEE"/>
     <w:rsid w:val="004C702B"/>
     <w:rsid w:val="004D0033"/>
     <w:rsid w:val="004D016B"/>
     <w:rsid w:val="004D1B22"/>
     <w:rsid w:val="004D23CC"/>
     <w:rsid w:val="004D36F2"/>
     <w:rsid w:val="004E1106"/>
     <w:rsid w:val="004E138F"/>
     <w:rsid w:val="004E4649"/>
+    <w:rsid w:val="004E4A7E"/>
     <w:rsid w:val="004E5C2B"/>
     <w:rsid w:val="004F00DD"/>
+    <w:rsid w:val="004F0909"/>
     <w:rsid w:val="004F2133"/>
     <w:rsid w:val="004F5398"/>
     <w:rsid w:val="004F55F1"/>
     <w:rsid w:val="004F6936"/>
     <w:rsid w:val="004F7B35"/>
     <w:rsid w:val="00503DC6"/>
     <w:rsid w:val="00506F5D"/>
     <w:rsid w:val="00510C37"/>
     <w:rsid w:val="005126D0"/>
     <w:rsid w:val="00513109"/>
     <w:rsid w:val="00514667"/>
     <w:rsid w:val="0051568D"/>
     <w:rsid w:val="00526AC7"/>
     <w:rsid w:val="00526C15"/>
     <w:rsid w:val="00536499"/>
     <w:rsid w:val="00542A03"/>
     <w:rsid w:val="00543903"/>
     <w:rsid w:val="00543F11"/>
     <w:rsid w:val="00546305"/>
     <w:rsid w:val="00547A95"/>
     <w:rsid w:val="0055119B"/>
     <w:rsid w:val="00561202"/>
+    <w:rsid w:val="005613D3"/>
     <w:rsid w:val="00572031"/>
     <w:rsid w:val="00572282"/>
     <w:rsid w:val="00573CE3"/>
     <w:rsid w:val="00576E84"/>
     <w:rsid w:val="00580394"/>
     <w:rsid w:val="005809CD"/>
     <w:rsid w:val="00582B8C"/>
     <w:rsid w:val="0058757E"/>
     <w:rsid w:val="00593A99"/>
     <w:rsid w:val="00596A4B"/>
     <w:rsid w:val="00597507"/>
+    <w:rsid w:val="005A0FB0"/>
     <w:rsid w:val="005A2AF8"/>
     <w:rsid w:val="005A479D"/>
     <w:rsid w:val="005B1C6D"/>
     <w:rsid w:val="005B21B6"/>
     <w:rsid w:val="005B3A08"/>
-    <w:rsid w:val="005B49AC"/>
-    <w:rsid w:val="005B6801"/>
     <w:rsid w:val="005B7A63"/>
     <w:rsid w:val="005C0955"/>
     <w:rsid w:val="005C49DA"/>
     <w:rsid w:val="005C50F3"/>
     <w:rsid w:val="005C54B5"/>
     <w:rsid w:val="005C5D80"/>
     <w:rsid w:val="005C5D91"/>
+    <w:rsid w:val="005C7B3D"/>
     <w:rsid w:val="005D07B8"/>
     <w:rsid w:val="005D1125"/>
     <w:rsid w:val="005D6597"/>
     <w:rsid w:val="005E14E7"/>
     <w:rsid w:val="005E26A3"/>
     <w:rsid w:val="005E2ECB"/>
     <w:rsid w:val="005E447E"/>
     <w:rsid w:val="005E4FD1"/>
     <w:rsid w:val="005F0775"/>
     <w:rsid w:val="005F0CF5"/>
     <w:rsid w:val="005F21EB"/>
     <w:rsid w:val="005F64CF"/>
-    <w:rsid w:val="005F6839"/>
     <w:rsid w:val="006041AD"/>
     <w:rsid w:val="00605908"/>
     <w:rsid w:val="00607850"/>
     <w:rsid w:val="00610D7C"/>
-    <w:rsid w:val="00610FED"/>
     <w:rsid w:val="00613414"/>
     <w:rsid w:val="00620154"/>
     <w:rsid w:val="0062408D"/>
     <w:rsid w:val="006240CC"/>
     <w:rsid w:val="00624940"/>
     <w:rsid w:val="006254F8"/>
     <w:rsid w:val="00627DA7"/>
     <w:rsid w:val="00630DA4"/>
+    <w:rsid w:val="0063150A"/>
     <w:rsid w:val="00631CD4"/>
     <w:rsid w:val="00632597"/>
+    <w:rsid w:val="00633DAB"/>
     <w:rsid w:val="00634D13"/>
     <w:rsid w:val="006358B4"/>
     <w:rsid w:val="00641724"/>
     <w:rsid w:val="006419AA"/>
     <w:rsid w:val="00644B1F"/>
     <w:rsid w:val="00644B7E"/>
     <w:rsid w:val="006454E6"/>
     <w:rsid w:val="00646235"/>
     <w:rsid w:val="00646A68"/>
     <w:rsid w:val="006505BD"/>
     <w:rsid w:val="006508EA"/>
     <w:rsid w:val="0065092E"/>
     <w:rsid w:val="006557A7"/>
     <w:rsid w:val="00656290"/>
     <w:rsid w:val="006601C9"/>
     <w:rsid w:val="006608D8"/>
-    <w:rsid w:val="00660AFB"/>
     <w:rsid w:val="006621D7"/>
     <w:rsid w:val="0066302A"/>
     <w:rsid w:val="00667770"/>
     <w:rsid w:val="00670597"/>
     <w:rsid w:val="006706D0"/>
     <w:rsid w:val="00677574"/>
-    <w:rsid w:val="00677875"/>
     <w:rsid w:val="00683878"/>
     <w:rsid w:val="0068454C"/>
-    <w:rsid w:val="00687CB0"/>
+    <w:rsid w:val="006904D5"/>
     <w:rsid w:val="00691B62"/>
     <w:rsid w:val="006933B5"/>
     <w:rsid w:val="00693D14"/>
     <w:rsid w:val="00695A93"/>
     <w:rsid w:val="00696F27"/>
     <w:rsid w:val="006A18C2"/>
     <w:rsid w:val="006A3383"/>
     <w:rsid w:val="006B077C"/>
     <w:rsid w:val="006B16AF"/>
     <w:rsid w:val="006B6803"/>
     <w:rsid w:val="006D0F16"/>
     <w:rsid w:val="006D2A3F"/>
     <w:rsid w:val="006D2FBC"/>
     <w:rsid w:val="006E138B"/>
     <w:rsid w:val="006E1867"/>
     <w:rsid w:val="006F0330"/>
     <w:rsid w:val="006F1FDC"/>
     <w:rsid w:val="006F6B8C"/>
     <w:rsid w:val="007013EF"/>
     <w:rsid w:val="007055BD"/>
     <w:rsid w:val="007173CA"/>
     <w:rsid w:val="007216AA"/>
     <w:rsid w:val="00721AB5"/>
     <w:rsid w:val="00721CFB"/>
     <w:rsid w:val="00721DEF"/>
     <w:rsid w:val="00724A43"/>
     <w:rsid w:val="007273AC"/>
     <w:rsid w:val="00731AD4"/>
     <w:rsid w:val="007346E4"/>
     <w:rsid w:val="00740F22"/>
     <w:rsid w:val="00741977"/>
     <w:rsid w:val="00741CF0"/>
     <w:rsid w:val="00741F1A"/>
     <w:rsid w:val="00743A2C"/>
     <w:rsid w:val="007447DA"/>
     <w:rsid w:val="007450F8"/>
     <w:rsid w:val="0074696E"/>
     <w:rsid w:val="00750135"/>
     <w:rsid w:val="00750EC2"/>
     <w:rsid w:val="00752B28"/>
     <w:rsid w:val="007541A9"/>
     <w:rsid w:val="00754E36"/>
+    <w:rsid w:val="007622DB"/>
     <w:rsid w:val="00763139"/>
+    <w:rsid w:val="00765879"/>
     <w:rsid w:val="00766F80"/>
     <w:rsid w:val="00770F37"/>
     <w:rsid w:val="007711A0"/>
     <w:rsid w:val="00772D5E"/>
     <w:rsid w:val="0077463E"/>
     <w:rsid w:val="00776928"/>
     <w:rsid w:val="00776E0F"/>
     <w:rsid w:val="007774B1"/>
     <w:rsid w:val="00777BE1"/>
-    <w:rsid w:val="00777DCB"/>
     <w:rsid w:val="007833D8"/>
     <w:rsid w:val="00785677"/>
     <w:rsid w:val="00786F16"/>
     <w:rsid w:val="00791BD7"/>
     <w:rsid w:val="007933F7"/>
     <w:rsid w:val="00796E20"/>
     <w:rsid w:val="00797C32"/>
+    <w:rsid w:val="00797C3E"/>
     <w:rsid w:val="007A11E8"/>
-    <w:rsid w:val="007A5F2D"/>
+    <w:rsid w:val="007A2468"/>
     <w:rsid w:val="007B0914"/>
     <w:rsid w:val="007B1374"/>
     <w:rsid w:val="007B32E5"/>
     <w:rsid w:val="007B3DB9"/>
     <w:rsid w:val="007B589F"/>
     <w:rsid w:val="007B6186"/>
     <w:rsid w:val="007B73BC"/>
     <w:rsid w:val="007C1838"/>
     <w:rsid w:val="007C20B9"/>
     <w:rsid w:val="007C7301"/>
     <w:rsid w:val="007C7859"/>
     <w:rsid w:val="007C7F28"/>
     <w:rsid w:val="007D1466"/>
     <w:rsid w:val="007D2BDE"/>
     <w:rsid w:val="007D2FB6"/>
     <w:rsid w:val="007D49EB"/>
     <w:rsid w:val="007D5E1C"/>
     <w:rsid w:val="007E0DE2"/>
     <w:rsid w:val="007E3B98"/>
     <w:rsid w:val="007E417A"/>
     <w:rsid w:val="007F31B6"/>
     <w:rsid w:val="007F546C"/>
     <w:rsid w:val="007F625F"/>
     <w:rsid w:val="007F665E"/>
     <w:rsid w:val="00800412"/>
-    <w:rsid w:val="00801F17"/>
     <w:rsid w:val="0080587B"/>
     <w:rsid w:val="00806468"/>
     <w:rsid w:val="008119CA"/>
     <w:rsid w:val="00811BBF"/>
     <w:rsid w:val="008130C4"/>
     <w:rsid w:val="008155F0"/>
     <w:rsid w:val="00816735"/>
     <w:rsid w:val="00820141"/>
     <w:rsid w:val="00820E0C"/>
     <w:rsid w:val="00823275"/>
     <w:rsid w:val="0082366F"/>
+    <w:rsid w:val="008269FC"/>
     <w:rsid w:val="008338A2"/>
     <w:rsid w:val="00841AA9"/>
     <w:rsid w:val="008474FE"/>
     <w:rsid w:val="0085232E"/>
     <w:rsid w:val="00853EE4"/>
     <w:rsid w:val="00855535"/>
     <w:rsid w:val="00857C5A"/>
     <w:rsid w:val="0086255E"/>
     <w:rsid w:val="008633F0"/>
     <w:rsid w:val="00867D9D"/>
     <w:rsid w:val="00871285"/>
     <w:rsid w:val="00872C54"/>
     <w:rsid w:val="00872E0A"/>
     <w:rsid w:val="00873594"/>
     <w:rsid w:val="00875285"/>
     <w:rsid w:val="00884B62"/>
     <w:rsid w:val="0088529C"/>
-    <w:rsid w:val="00887595"/>
     <w:rsid w:val="00887903"/>
     <w:rsid w:val="0089270A"/>
     <w:rsid w:val="00893AF6"/>
+    <w:rsid w:val="00893FE3"/>
     <w:rsid w:val="00894BC4"/>
     <w:rsid w:val="008A28A8"/>
     <w:rsid w:val="008A5B32"/>
     <w:rsid w:val="008A5D60"/>
     <w:rsid w:val="008B2029"/>
     <w:rsid w:val="008B2EE4"/>
     <w:rsid w:val="008B3821"/>
     <w:rsid w:val="008B496A"/>
     <w:rsid w:val="008B4D3D"/>
     <w:rsid w:val="008B57C7"/>
     <w:rsid w:val="008C2F92"/>
     <w:rsid w:val="008C589D"/>
     <w:rsid w:val="008C6804"/>
     <w:rsid w:val="008C6D51"/>
     <w:rsid w:val="008D2846"/>
     <w:rsid w:val="008D4236"/>
     <w:rsid w:val="008D462F"/>
     <w:rsid w:val="008D5C45"/>
     <w:rsid w:val="008D6DCF"/>
     <w:rsid w:val="008E4376"/>
     <w:rsid w:val="008E7A0A"/>
     <w:rsid w:val="008E7B49"/>
     <w:rsid w:val="008F0C8A"/>
     <w:rsid w:val="008F59F6"/>
     <w:rsid w:val="00900719"/>
     <w:rsid w:val="009017AC"/>
     <w:rsid w:val="00902A9A"/>
     <w:rsid w:val="00904A1C"/>
     <w:rsid w:val="00905030"/>
     <w:rsid w:val="00906490"/>
-    <w:rsid w:val="00906F69"/>
     <w:rsid w:val="009111B2"/>
     <w:rsid w:val="009151F5"/>
     <w:rsid w:val="00924AE1"/>
     <w:rsid w:val="009257ED"/>
     <w:rsid w:val="009269B1"/>
     <w:rsid w:val="0092724D"/>
     <w:rsid w:val="009272B3"/>
     <w:rsid w:val="009315BE"/>
     <w:rsid w:val="0093338F"/>
     <w:rsid w:val="00937BD9"/>
     <w:rsid w:val="00950E2C"/>
     <w:rsid w:val="00951D50"/>
     <w:rsid w:val="009525EB"/>
     <w:rsid w:val="0095470B"/>
     <w:rsid w:val="00954874"/>
     <w:rsid w:val="00954D01"/>
     <w:rsid w:val="0095615A"/>
     <w:rsid w:val="00961400"/>
-    <w:rsid w:val="009619B0"/>
     <w:rsid w:val="00963646"/>
     <w:rsid w:val="0096632D"/>
     <w:rsid w:val="00967124"/>
     <w:rsid w:val="00967335"/>
     <w:rsid w:val="009718C7"/>
     <w:rsid w:val="0097559F"/>
     <w:rsid w:val="009761EA"/>
-    <w:rsid w:val="00976264"/>
     <w:rsid w:val="0097761E"/>
     <w:rsid w:val="00982454"/>
     <w:rsid w:val="00982CF0"/>
     <w:rsid w:val="009853E1"/>
     <w:rsid w:val="00986E6B"/>
     <w:rsid w:val="00990032"/>
     <w:rsid w:val="00990B19"/>
     <w:rsid w:val="0099153B"/>
     <w:rsid w:val="00991769"/>
     <w:rsid w:val="0099232C"/>
     <w:rsid w:val="00994386"/>
     <w:rsid w:val="00994791"/>
     <w:rsid w:val="009A13D8"/>
     <w:rsid w:val="009A279E"/>
     <w:rsid w:val="009A3015"/>
     <w:rsid w:val="009A3490"/>
     <w:rsid w:val="009B0A6F"/>
     <w:rsid w:val="009B0A94"/>
+    <w:rsid w:val="009B0EA0"/>
     <w:rsid w:val="009B2AE8"/>
     <w:rsid w:val="009B5622"/>
     <w:rsid w:val="009B59E9"/>
     <w:rsid w:val="009B70AA"/>
     <w:rsid w:val="009C1A3D"/>
     <w:rsid w:val="009C1CB1"/>
     <w:rsid w:val="009C5E77"/>
     <w:rsid w:val="009C7A7E"/>
     <w:rsid w:val="009D02E8"/>
     <w:rsid w:val="009D51D0"/>
     <w:rsid w:val="009D70A4"/>
     <w:rsid w:val="009D7A52"/>
     <w:rsid w:val="009D7B14"/>
     <w:rsid w:val="009E08D1"/>
     <w:rsid w:val="009E1B95"/>
-    <w:rsid w:val="009E32CE"/>
-    <w:rsid w:val="009E43FE"/>
     <w:rsid w:val="009E496F"/>
     <w:rsid w:val="009E4B0D"/>
     <w:rsid w:val="009E5250"/>
+    <w:rsid w:val="009E5379"/>
+    <w:rsid w:val="009E766E"/>
     <w:rsid w:val="009E7A69"/>
     <w:rsid w:val="009E7F92"/>
     <w:rsid w:val="009F02A3"/>
     <w:rsid w:val="009F2F27"/>
     <w:rsid w:val="009F34AA"/>
     <w:rsid w:val="009F6BCB"/>
     <w:rsid w:val="009F7B78"/>
+    <w:rsid w:val="009F7CC2"/>
     <w:rsid w:val="00A0057A"/>
     <w:rsid w:val="00A02FA1"/>
     <w:rsid w:val="00A04CCE"/>
     <w:rsid w:val="00A07421"/>
     <w:rsid w:val="00A0776B"/>
     <w:rsid w:val="00A10FB9"/>
     <w:rsid w:val="00A11421"/>
     <w:rsid w:val="00A11FD8"/>
-    <w:rsid w:val="00A12DF0"/>
     <w:rsid w:val="00A1389F"/>
-    <w:rsid w:val="00A14701"/>
     <w:rsid w:val="00A14996"/>
     <w:rsid w:val="00A157B1"/>
+    <w:rsid w:val="00A20C09"/>
     <w:rsid w:val="00A22229"/>
     <w:rsid w:val="00A24442"/>
+    <w:rsid w:val="00A24580"/>
     <w:rsid w:val="00A252B9"/>
     <w:rsid w:val="00A32577"/>
     <w:rsid w:val="00A330BB"/>
     <w:rsid w:val="00A34ACD"/>
     <w:rsid w:val="00A44882"/>
     <w:rsid w:val="00A45125"/>
     <w:rsid w:val="00A513A9"/>
     <w:rsid w:val="00A54715"/>
     <w:rsid w:val="00A6061C"/>
     <w:rsid w:val="00A62D44"/>
     <w:rsid w:val="00A67263"/>
     <w:rsid w:val="00A7161C"/>
     <w:rsid w:val="00A77AA3"/>
     <w:rsid w:val="00A8236D"/>
     <w:rsid w:val="00A854EB"/>
-    <w:rsid w:val="00A85E56"/>
     <w:rsid w:val="00A872E5"/>
     <w:rsid w:val="00A91406"/>
     <w:rsid w:val="00A96E65"/>
     <w:rsid w:val="00A96ECE"/>
     <w:rsid w:val="00A97C72"/>
     <w:rsid w:val="00AA310B"/>
-    <w:rsid w:val="00AA4D28"/>
     <w:rsid w:val="00AA63D4"/>
     <w:rsid w:val="00AB06E8"/>
     <w:rsid w:val="00AB1A4F"/>
     <w:rsid w:val="00AB1CD3"/>
     <w:rsid w:val="00AB352F"/>
+    <w:rsid w:val="00AB3CC2"/>
     <w:rsid w:val="00AC274B"/>
     <w:rsid w:val="00AC4764"/>
     <w:rsid w:val="00AC6D36"/>
     <w:rsid w:val="00AD0CBA"/>
     <w:rsid w:val="00AD26E2"/>
     <w:rsid w:val="00AD784C"/>
     <w:rsid w:val="00AE126A"/>
     <w:rsid w:val="00AE1BAE"/>
     <w:rsid w:val="00AE3005"/>
     <w:rsid w:val="00AE3BD5"/>
     <w:rsid w:val="00AE59A0"/>
     <w:rsid w:val="00AE7145"/>
     <w:rsid w:val="00AF0C57"/>
     <w:rsid w:val="00AF26F3"/>
+    <w:rsid w:val="00AF3E17"/>
     <w:rsid w:val="00AF5F04"/>
     <w:rsid w:val="00B00672"/>
     <w:rsid w:val="00B01B4D"/>
     <w:rsid w:val="00B04489"/>
     <w:rsid w:val="00B06571"/>
     <w:rsid w:val="00B068BA"/>
     <w:rsid w:val="00B07217"/>
     <w:rsid w:val="00B13851"/>
     <w:rsid w:val="00B13B1C"/>
     <w:rsid w:val="00B14B5F"/>
     <w:rsid w:val="00B21F90"/>
     <w:rsid w:val="00B22291"/>
     <w:rsid w:val="00B23F9A"/>
     <w:rsid w:val="00B2417B"/>
     <w:rsid w:val="00B24E6F"/>
     <w:rsid w:val="00B26CB5"/>
     <w:rsid w:val="00B2752E"/>
     <w:rsid w:val="00B307CC"/>
     <w:rsid w:val="00B326B7"/>
     <w:rsid w:val="00B3588E"/>
     <w:rsid w:val="00B4198F"/>
     <w:rsid w:val="00B41F3D"/>
     <w:rsid w:val="00B431E8"/>
     <w:rsid w:val="00B45141"/>
     <w:rsid w:val="00B519CD"/>
     <w:rsid w:val="00B5273A"/>
     <w:rsid w:val="00B57329"/>
     <w:rsid w:val="00B60E61"/>
     <w:rsid w:val="00B62B50"/>
     <w:rsid w:val="00B635B7"/>
     <w:rsid w:val="00B63AE8"/>
     <w:rsid w:val="00B65950"/>
-    <w:rsid w:val="00B65E53"/>
     <w:rsid w:val="00B66D83"/>
     <w:rsid w:val="00B672C0"/>
     <w:rsid w:val="00B676FD"/>
     <w:rsid w:val="00B678B6"/>
     <w:rsid w:val="00B706E8"/>
     <w:rsid w:val="00B75646"/>
     <w:rsid w:val="00B7629E"/>
     <w:rsid w:val="00B90729"/>
     <w:rsid w:val="00B907DA"/>
     <w:rsid w:val="00B91FFE"/>
     <w:rsid w:val="00B950BC"/>
     <w:rsid w:val="00B95AB9"/>
     <w:rsid w:val="00B9714C"/>
     <w:rsid w:val="00BA29AD"/>
     <w:rsid w:val="00BA33CF"/>
     <w:rsid w:val="00BA3F8D"/>
-    <w:rsid w:val="00BB7144"/>
+    <w:rsid w:val="00BA5DAE"/>
+    <w:rsid w:val="00BB4F26"/>
     <w:rsid w:val="00BB7A10"/>
+    <w:rsid w:val="00BC11A7"/>
     <w:rsid w:val="00BC60BE"/>
     <w:rsid w:val="00BC7468"/>
     <w:rsid w:val="00BC7D4F"/>
     <w:rsid w:val="00BC7ED7"/>
     <w:rsid w:val="00BD2850"/>
     <w:rsid w:val="00BD6049"/>
     <w:rsid w:val="00BE28D2"/>
     <w:rsid w:val="00BE4A64"/>
     <w:rsid w:val="00BE5E43"/>
     <w:rsid w:val="00BF557D"/>
     <w:rsid w:val="00BF7F58"/>
     <w:rsid w:val="00C01381"/>
     <w:rsid w:val="00C01AB1"/>
     <w:rsid w:val="00C026A0"/>
     <w:rsid w:val="00C03EA4"/>
     <w:rsid w:val="00C04F42"/>
     <w:rsid w:val="00C06137"/>
     <w:rsid w:val="00C06929"/>
     <w:rsid w:val="00C079B8"/>
     <w:rsid w:val="00C10037"/>
     <w:rsid w:val="00C123EA"/>
     <w:rsid w:val="00C12A49"/>
     <w:rsid w:val="00C133EE"/>
     <w:rsid w:val="00C149D0"/>
     <w:rsid w:val="00C231A0"/>
     <w:rsid w:val="00C26588"/>
-    <w:rsid w:val="00C266D1"/>
+    <w:rsid w:val="00C26865"/>
     <w:rsid w:val="00C27DE9"/>
     <w:rsid w:val="00C32989"/>
     <w:rsid w:val="00C33388"/>
     <w:rsid w:val="00C35484"/>
     <w:rsid w:val="00C4173A"/>
     <w:rsid w:val="00C50DED"/>
+    <w:rsid w:val="00C51053"/>
     <w:rsid w:val="00C52217"/>
     <w:rsid w:val="00C602FF"/>
     <w:rsid w:val="00C61174"/>
     <w:rsid w:val="00C6148F"/>
     <w:rsid w:val="00C621B1"/>
     <w:rsid w:val="00C62F7A"/>
     <w:rsid w:val="00C63B9C"/>
-    <w:rsid w:val="00C65AF1"/>
     <w:rsid w:val="00C6682F"/>
     <w:rsid w:val="00C67BF4"/>
     <w:rsid w:val="00C7275E"/>
     <w:rsid w:val="00C74C5D"/>
     <w:rsid w:val="00C863C4"/>
     <w:rsid w:val="00C920EA"/>
     <w:rsid w:val="00C93C3E"/>
     <w:rsid w:val="00CA12E3"/>
     <w:rsid w:val="00CA1476"/>
     <w:rsid w:val="00CA6611"/>
     <w:rsid w:val="00CA6AE6"/>
     <w:rsid w:val="00CA782F"/>
     <w:rsid w:val="00CB187B"/>
     <w:rsid w:val="00CB2835"/>
     <w:rsid w:val="00CB3285"/>
     <w:rsid w:val="00CB4500"/>
     <w:rsid w:val="00CC0C72"/>
     <w:rsid w:val="00CC2BFD"/>
     <w:rsid w:val="00CD1A9A"/>
     <w:rsid w:val="00CD3476"/>
-    <w:rsid w:val="00CD4D9E"/>
     <w:rsid w:val="00CD64DF"/>
     <w:rsid w:val="00CE225F"/>
     <w:rsid w:val="00CF2F50"/>
     <w:rsid w:val="00CF4148"/>
     <w:rsid w:val="00CF6198"/>
     <w:rsid w:val="00D02919"/>
     <w:rsid w:val="00D04C61"/>
     <w:rsid w:val="00D05B8D"/>
     <w:rsid w:val="00D05B9B"/>
     <w:rsid w:val="00D065A2"/>
     <w:rsid w:val="00D079AA"/>
     <w:rsid w:val="00D07F00"/>
     <w:rsid w:val="00D1130F"/>
     <w:rsid w:val="00D17B72"/>
     <w:rsid w:val="00D3185C"/>
     <w:rsid w:val="00D3205F"/>
+    <w:rsid w:val="00D32B1C"/>
     <w:rsid w:val="00D3318E"/>
     <w:rsid w:val="00D33E72"/>
+    <w:rsid w:val="00D344FC"/>
     <w:rsid w:val="00D35BD6"/>
     <w:rsid w:val="00D361B5"/>
     <w:rsid w:val="00D402DB"/>
     <w:rsid w:val="00D411A2"/>
     <w:rsid w:val="00D4606D"/>
+    <w:rsid w:val="00D47310"/>
     <w:rsid w:val="00D50B9C"/>
-    <w:rsid w:val="00D52C8F"/>
     <w:rsid w:val="00D52D73"/>
     <w:rsid w:val="00D52E58"/>
-    <w:rsid w:val="00D54CD2"/>
-    <w:rsid w:val="00D55735"/>
     <w:rsid w:val="00D56B20"/>
     <w:rsid w:val="00D578B3"/>
     <w:rsid w:val="00D618F4"/>
     <w:rsid w:val="00D714CC"/>
     <w:rsid w:val="00D75EA7"/>
     <w:rsid w:val="00D81ADF"/>
     <w:rsid w:val="00D81F21"/>
     <w:rsid w:val="00D8423D"/>
     <w:rsid w:val="00D84658"/>
     <w:rsid w:val="00D864F2"/>
     <w:rsid w:val="00D943F8"/>
     <w:rsid w:val="00D95470"/>
     <w:rsid w:val="00D96B55"/>
     <w:rsid w:val="00DA2619"/>
     <w:rsid w:val="00DA2E57"/>
     <w:rsid w:val="00DA4239"/>
     <w:rsid w:val="00DA65DE"/>
     <w:rsid w:val="00DB0B61"/>
     <w:rsid w:val="00DB1474"/>
     <w:rsid w:val="00DB2962"/>
     <w:rsid w:val="00DB52FB"/>
     <w:rsid w:val="00DC013B"/>
     <w:rsid w:val="00DC090B"/>
     <w:rsid w:val="00DC1679"/>
     <w:rsid w:val="00DC219B"/>
     <w:rsid w:val="00DC2CF1"/>
     <w:rsid w:val="00DC3A7C"/>
     <w:rsid w:val="00DC4FCF"/>
     <w:rsid w:val="00DC50E0"/>
     <w:rsid w:val="00DC6386"/>
     <w:rsid w:val="00DD1130"/>
     <w:rsid w:val="00DD1951"/>
     <w:rsid w:val="00DD487D"/>
     <w:rsid w:val="00DD4E83"/>
     <w:rsid w:val="00DD6628"/>
     <w:rsid w:val="00DD6945"/>
     <w:rsid w:val="00DE2D04"/>
     <w:rsid w:val="00DE3250"/>
     <w:rsid w:val="00DE6028"/>
     <w:rsid w:val="00DE6C85"/>
     <w:rsid w:val="00DE78A3"/>
     <w:rsid w:val="00DF1A71"/>
     <w:rsid w:val="00DF50FC"/>
     <w:rsid w:val="00DF68C7"/>
     <w:rsid w:val="00DF731A"/>
     <w:rsid w:val="00E06B75"/>
-    <w:rsid w:val="00E10E7D"/>
     <w:rsid w:val="00E11332"/>
     <w:rsid w:val="00E11352"/>
     <w:rsid w:val="00E170DC"/>
     <w:rsid w:val="00E17546"/>
     <w:rsid w:val="00E210B5"/>
+    <w:rsid w:val="00E24EB5"/>
     <w:rsid w:val="00E261B3"/>
     <w:rsid w:val="00E26818"/>
     <w:rsid w:val="00E27FFC"/>
     <w:rsid w:val="00E30B15"/>
     <w:rsid w:val="00E33237"/>
+    <w:rsid w:val="00E35527"/>
     <w:rsid w:val="00E40181"/>
     <w:rsid w:val="00E54950"/>
     <w:rsid w:val="00E55FB3"/>
     <w:rsid w:val="00E56A01"/>
     <w:rsid w:val="00E629A1"/>
     <w:rsid w:val="00E6794C"/>
     <w:rsid w:val="00E71591"/>
     <w:rsid w:val="00E71CEB"/>
     <w:rsid w:val="00E7474F"/>
     <w:rsid w:val="00E77901"/>
     <w:rsid w:val="00E80DE3"/>
     <w:rsid w:val="00E82C55"/>
+    <w:rsid w:val="00E8312A"/>
     <w:rsid w:val="00E8787E"/>
     <w:rsid w:val="00E92AC3"/>
+    <w:rsid w:val="00E93ABF"/>
+    <w:rsid w:val="00E96EE9"/>
     <w:rsid w:val="00EA2F6A"/>
-    <w:rsid w:val="00EA7190"/>
+    <w:rsid w:val="00EA715E"/>
     <w:rsid w:val="00EB00E0"/>
     <w:rsid w:val="00EB05D5"/>
     <w:rsid w:val="00EB1931"/>
     <w:rsid w:val="00EC059F"/>
     <w:rsid w:val="00EC1F24"/>
     <w:rsid w:val="00EC20FF"/>
     <w:rsid w:val="00EC22F6"/>
+    <w:rsid w:val="00EC666B"/>
+    <w:rsid w:val="00EC7870"/>
     <w:rsid w:val="00ED195F"/>
     <w:rsid w:val="00ED5B9B"/>
     <w:rsid w:val="00ED6BAD"/>
     <w:rsid w:val="00ED7447"/>
     <w:rsid w:val="00EE00D6"/>
     <w:rsid w:val="00EE11E7"/>
     <w:rsid w:val="00EE1488"/>
     <w:rsid w:val="00EE1730"/>
     <w:rsid w:val="00EE29AD"/>
     <w:rsid w:val="00EE3E24"/>
     <w:rsid w:val="00EE4D5D"/>
     <w:rsid w:val="00EE5131"/>
     <w:rsid w:val="00EF109B"/>
     <w:rsid w:val="00EF201C"/>
     <w:rsid w:val="00EF2C72"/>
     <w:rsid w:val="00EF36AF"/>
     <w:rsid w:val="00EF59A3"/>
     <w:rsid w:val="00EF6675"/>
     <w:rsid w:val="00F0063D"/>
     <w:rsid w:val="00F00F9C"/>
     <w:rsid w:val="00F01E5F"/>
     <w:rsid w:val="00F024F3"/>
     <w:rsid w:val="00F029DC"/>
     <w:rsid w:val="00F02ABA"/>
     <w:rsid w:val="00F03701"/>
     <w:rsid w:val="00F0437A"/>
     <w:rsid w:val="00F101B8"/>
     <w:rsid w:val="00F10C7D"/>
     <w:rsid w:val="00F11037"/>
     <w:rsid w:val="00F16F1B"/>
+    <w:rsid w:val="00F16F99"/>
     <w:rsid w:val="00F250A9"/>
     <w:rsid w:val="00F267AF"/>
     <w:rsid w:val="00F30FF4"/>
     <w:rsid w:val="00F3122E"/>
     <w:rsid w:val="00F32368"/>
     <w:rsid w:val="00F331AD"/>
     <w:rsid w:val="00F35287"/>
     <w:rsid w:val="00F40A70"/>
     <w:rsid w:val="00F43A37"/>
     <w:rsid w:val="00F4641B"/>
     <w:rsid w:val="00F46EB8"/>
     <w:rsid w:val="00F476B8"/>
     <w:rsid w:val="00F50CD1"/>
     <w:rsid w:val="00F511E4"/>
     <w:rsid w:val="00F52D09"/>
     <w:rsid w:val="00F52E08"/>
     <w:rsid w:val="00F53A66"/>
     <w:rsid w:val="00F5462D"/>
     <w:rsid w:val="00F55B21"/>
     <w:rsid w:val="00F56EF6"/>
     <w:rsid w:val="00F60082"/>
     <w:rsid w:val="00F61A9F"/>
     <w:rsid w:val="00F61B5F"/>
     <w:rsid w:val="00F64696"/>
     <w:rsid w:val="00F65AA9"/>
     <w:rsid w:val="00F6768F"/>
     <w:rsid w:val="00F72115"/>
     <w:rsid w:val="00F72C2C"/>
     <w:rsid w:val="00F741F2"/>
     <w:rsid w:val="00F76CAB"/>
     <w:rsid w:val="00F772C6"/>
     <w:rsid w:val="00F77F59"/>
     <w:rsid w:val="00F815B5"/>
     <w:rsid w:val="00F85195"/>
     <w:rsid w:val="00F868E3"/>
+    <w:rsid w:val="00F93024"/>
     <w:rsid w:val="00F938BA"/>
+    <w:rsid w:val="00F94AE9"/>
     <w:rsid w:val="00F972B1"/>
     <w:rsid w:val="00F97919"/>
+    <w:rsid w:val="00FA28D1"/>
     <w:rsid w:val="00FA2C46"/>
     <w:rsid w:val="00FA3525"/>
     <w:rsid w:val="00FA5A53"/>
     <w:rsid w:val="00FB3501"/>
     <w:rsid w:val="00FB4769"/>
     <w:rsid w:val="00FB4CDA"/>
     <w:rsid w:val="00FB5B4E"/>
     <w:rsid w:val="00FB6481"/>
     <w:rsid w:val="00FB6D36"/>
     <w:rsid w:val="00FC0965"/>
     <w:rsid w:val="00FC0F81"/>
-    <w:rsid w:val="00FC1324"/>
     <w:rsid w:val="00FC252F"/>
     <w:rsid w:val="00FC395C"/>
     <w:rsid w:val="00FC5E8E"/>
-    <w:rsid w:val="00FC611C"/>
     <w:rsid w:val="00FD3766"/>
     <w:rsid w:val="00FD47C4"/>
+    <w:rsid w:val="00FD4B96"/>
     <w:rsid w:val="00FE2DCF"/>
     <w:rsid w:val="00FE3FA7"/>
     <w:rsid w:val="00FF2A4E"/>
     <w:rsid w:val="00FF2FCE"/>
     <w:rsid w:val="00FF4F7D"/>
     <w:rsid w:val="00FF6D9D"/>
     <w:rsid w:val="00FF7DD5"/>
-    <w:rsid w:val="01FF46C8"/>
-[...11 lines deleted...]
-    <w:rsid w:val="76C76DEE"/>
+    <w:rsid w:val="044C2359"/>
+    <w:rsid w:val="05A15121"/>
+    <w:rsid w:val="10293CA7"/>
+    <w:rsid w:val="12AF452A"/>
+    <w:rsid w:val="14B57C72"/>
+    <w:rsid w:val="1782B64D"/>
+    <w:rsid w:val="18D06246"/>
+    <w:rsid w:val="1AC62CE7"/>
+    <w:rsid w:val="1BEA274C"/>
+    <w:rsid w:val="1FAC9F0C"/>
+    <w:rsid w:val="22C0718F"/>
+    <w:rsid w:val="2374886C"/>
+    <w:rsid w:val="25A507BF"/>
+    <w:rsid w:val="2DC95681"/>
+    <w:rsid w:val="2E36D7E8"/>
+    <w:rsid w:val="305E3723"/>
+    <w:rsid w:val="30852467"/>
+    <w:rsid w:val="349DA583"/>
+    <w:rsid w:val="373D778F"/>
+    <w:rsid w:val="38E23195"/>
+    <w:rsid w:val="3C12E430"/>
+    <w:rsid w:val="4062ED45"/>
+    <w:rsid w:val="42386843"/>
+    <w:rsid w:val="438D3F72"/>
+    <w:rsid w:val="494563BD"/>
+    <w:rsid w:val="4D3A8A63"/>
+    <w:rsid w:val="4F2F054D"/>
+    <w:rsid w:val="53CD709B"/>
+    <w:rsid w:val="56EA4AD1"/>
+    <w:rsid w:val="57885251"/>
+    <w:rsid w:val="57EAEDD9"/>
+    <w:rsid w:val="594B51DC"/>
+    <w:rsid w:val="655DB705"/>
+    <w:rsid w:val="65C8545B"/>
+    <w:rsid w:val="6F24DA37"/>
+    <w:rsid w:val="70672BA1"/>
+    <w:rsid w:val="71C18B5C"/>
+    <w:rsid w:val="7497BEC4"/>
+    <w:rsid w:val="7D7E6D5E"/>
+    <w:rsid w:val="7E852AD7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="20609C5E"/>
-  <w15:docId w15:val="{3531B8DC-BA3B-48BD-BFBF-40C7B3A3E634}"/>
+  <w15:docId w15:val="{6C6D58D3-5A38-4AC8-927D-41E0560095D5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:uiPriority="8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="8" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote reference" w:uiPriority="8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="8" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4925,53 +5349,53 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="60"/>
     <w:lsdException w:name="Dark List" w:uiPriority="61"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="62"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="63"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="64"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Revision" w:uiPriority="71"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="72" w:semiHidden="1" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:uiPriority="60" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="72" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="73" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="60" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Colorful Shading Accent 1"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="65"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="66"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="67"/>
@@ -5006,57 +5430,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="60"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="61"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="62"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="64"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="65" w:semiHidden="1" w:qFormat="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="71" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="65" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="1" w:uiPriority="66" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="1" w:uiPriority="67" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="1" w:uiPriority="68" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="69" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="70"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="71" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -5123,480 +5547,480 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="320" w:after="200" w:line="440" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="MS Gothic" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:color w:val="201547"/>
       <w:kern w:val="32"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="120" w:line="360" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="201547"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="120" w:line="320" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
       <w:bCs/>
       <w:color w:val="201547"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="80" w:line="280" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="MS Mincho"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="201547"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="98"/>
     <w:qFormat/>
     <w:rsid w:val="00B95AB9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="80" w:line="240" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="MS Mincho"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="201547"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Body" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
     <w:name w:val="Body"/>
     <w:link w:val="BodyChar"/>
     <w:qFormat/>
     <w:rsid w:val="002365B4"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times" w:hAnsi="Arial"/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="003D7E30"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="MS Gothic" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:color w:val="201547"/>
       <w:kern w:val="32"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="003D7E30"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="201547"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="003D7E30"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
       <w:bCs/>
       <w:color w:val="201547"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="003D7E30"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="MS Mincho"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="201547"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00593A99"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:color w:val="201547"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="00FB5B4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009E7A69"/>
     <w:rPr>
       <w:color w:val="87189D"/>
       <w:u w:val="dotted"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabletext6pt" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabletext6pt">
     <w:name w:val="Table text + 6pt"/>
     <w:basedOn w:val="Tabletext"/>
     <w:rsid w:val="00152073"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndnoteTextChar"/>
     <w:semiHidden/>
     <w:rsid w:val="00EA6F2B"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
     <w:name w:val="Endnote Text Char"/>
     <w:link w:val="EndnoteText"/>
     <w:semiHidden/>
     <w:rsid w:val="0042084E"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:semiHidden/>
     <w:rsid w:val="00EA6F2B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00C621B1"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bodynospace" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodynospace">
     <w:name w:val="Body no space"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00F772C6"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bullet1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet1">
     <w:name w:val="Bullet 1"/>
     <w:basedOn w:val="Body"/>
     <w:qFormat/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:after="40"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocumentMap">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="DocumentMapChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001D60EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DocumentMapChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
     <w:name w:val="Document Map Char"/>
     <w:link w:val="DocumentMap"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001D60EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003744CF"/>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00593A99"/>
     <w:pPr>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="10206"/>
       </w:tabs>
       <w:spacing w:before="160" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="98"/>
     <w:rsid w:val="00B95AB9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="MS Mincho"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="201547"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00FA3525"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOCheadingfactsheet" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TOCheadingfactsheet">
     <w:name w:val="TOC heading fact sheet"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Body"/>
     <w:link w:val="TOCheadingfactsheetChar"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="009C1CB1"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="200" w:line="330" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="29"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TOCheadingfactsheetChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TOCheadingfactsheetChar">
     <w:name w:val="TOC heading fact sheet Char"/>
     <w:link w:val="TOCheadingfactsheet"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="009C1CB1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="201547"/>
       <w:sz w:val="29"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00B04489"/>
     <w:pPr>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="10206"/>
       </w:tabs>
       <w:spacing w:after="60"/>
@@ -5685,706 +6109,702 @@
     <w:semiHidden/>
     <w:rsid w:val="0021053D"/>
     <w:pPr>
       <w:ind w:left="1600"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00152073"/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sectionbreakfirstpage" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sectionbreakfirstpage">
     <w:name w:val="Section break first page"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00280C4B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:noProof/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabletext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabletext">
     <w:name w:val="Table text"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="004A4195"/>
     <w:pPr>
       <w:spacing w:before="80" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tablecaption" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablecaption">
     <w:name w:val="Table caption"/>
     <w:next w:val="Body"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00B04489"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="120" w:line="250" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Documenttitle" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Documenttitle">
     <w:name w:val="Document title"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="0016037B"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="440" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="201547"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="00BC7ED7"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Accessibilitypara" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Accessibilitypara">
     <w:name w:val="Accessibility para"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="00FB5B4E"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="200" w:line="300" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="19"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Figurecaption" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figurecaption">
     <w:name w:val="Figure caption"/>
     <w:next w:val="Body"/>
     <w:rsid w:val="00B04489"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="120" w:line="250" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bullet2" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet2">
     <w:name w:val="Bullet 2"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:after="40"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bodyafterbullets" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodyafterbullets">
     <w:name w:val="Body after bullets"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00E11352"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tablebullet2" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebullet2">
     <w:name w:val="Table bullet 2"/>
     <w:basedOn w:val="Tabletext"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:semiHidden/>
     <w:rsid w:val="00152073"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tablebullet1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebullet1">
     <w:name w:val="Table bullet 1"/>
     <w:basedOn w:val="Tabletext"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="ZZTablebullets" w:customStyle="1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZTablebullets">
     <w:name w:val="ZZ Table bullets"/>
     <w:basedOn w:val="NoList"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tablecolhead" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablecolhead">
     <w:name w:val="Table col head"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00EB05D5"/>
     <w:pPr>
       <w:spacing w:before="80" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="201547"/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bulletafternumbers1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletafternumbers1">
     <w:name w:val="Bullet after numbers 1"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
+      <w:ind w:left="794" w:hanging="397"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009E7A69"/>
     <w:rPr>
       <w:color w:val="004C97"/>
       <w:u w:val="dotted"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Documentsubtitle" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Documentsubtitle">
     <w:name w:val="Document subtitle"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="0016037B"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="201547"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="004A4195"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="220" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="004A4195"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="MS Gothic" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Spacerparatopoffirstpage" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Spacerparatopoffirstpage">
     <w:name w:val="Spacer para top of first page"/>
     <w:basedOn w:val="Bodynospace"/>
     <w:semiHidden/>
     <w:rsid w:val="00DE6028"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00152073"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00152073"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="ZZBullets" w:customStyle="1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZBullets">
     <w:name w:val="ZZ Bullets"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="ZZNumbersdigit" w:customStyle="1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZNumbersdigit">
     <w:name w:val="ZZ Numbers digit"/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="ZZQuotebullets" w:customStyle="1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZQuotebullets">
     <w:name w:val="ZZ Quote bullets"/>
     <w:basedOn w:val="ZZNumbersdigit"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numberdigit" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberdigit">
     <w:name w:val="Number digit"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="397"/>
+      </w:tabs>
+      <w:ind w:left="397" w:hanging="397"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numberloweralphaindent" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberloweralphaindent">
     <w:name w:val="Number lower alpha indent"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="794"/>
+      </w:tabs>
+      <w:ind w:left="794" w:hanging="397"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numberdigitindent" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberdigitindent">
     <w:name w:val="Number digit indent"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="794"/>
+      </w:tabs>
+      <w:ind w:left="794" w:hanging="397"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numberloweralpha" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberloweralpha">
     <w:name w:val="Number lower alpha"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="397"/>
+      </w:tabs>
+      <w:ind w:left="397" w:hanging="397"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numberlowerroman" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberlowerroman">
     <w:name w:val="Number lower roman"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numberlowerromanindent" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberlowerromanindent">
     <w:name w:val="Number lower roman indent"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="13"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Quotetext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Quotetext">
     <w:name w:val="Quote text"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="00152073"/>
     <w:pPr>
       <w:ind w:left="397"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tablefigurenote" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablefigurenote">
     <w:name w:val="Table/figure note"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="004A4195"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bodyaftertablefigure" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodyaftertablefigure">
     <w:name w:val="Body after table/figure"/>
     <w:basedOn w:val="Body"/>
     <w:next w:val="Body"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00951D50"/>
     <w:pPr>
       <w:spacing w:before="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bulletafternumbers2" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletafternumbers2">
     <w:name w:val="Bullet after numbers 2"/>
     <w:basedOn w:val="Body"/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
+      <w:ind w:left="1191" w:hanging="397"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="ZZNumberslowerroman" w:customStyle="1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZNumberslowerroman">
     <w:name w:val="ZZ Numbers lower roman"/>
     <w:basedOn w:val="ZZQuotebullets"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="ZZNumbersloweralpha" w:customStyle="1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZNumbersloweralpha">
     <w:name w:val="ZZ Numbers lower alpha"/>
     <w:basedOn w:val="NoList"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Quotebullet1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Quotebullet1">
     <w:name w:val="Quote bullet 1"/>
     <w:basedOn w:val="Quotetext"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Quotebullet2" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Quotebullet2">
     <w:name w:val="Quote bullet 2"/>
     <w:basedOn w:val="Quotetext"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00982454"/>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00982454"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00982454"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="71"/>
     <w:rsid w:val="00982454"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00982454"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00982454"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE29AD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EE29AD"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BodyChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyChar">
     <w:name w:val="Body Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Body"/>
     <w:rsid w:val="002365B4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times" w:hAnsi="Arial"/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bannermarking" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bannermarking">
     <w:name w:val="Banner marking"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00FB5B4E"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00165A57"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Imprint" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Imprint">
     <w:name w:val="Imprint"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00FB5B4E"/>
     <w:pPr>
       <w:spacing w:after="60" w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Introtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Introtext">
     <w:name w:val="Intro text"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="008A5D60"/>
     <w:pPr>
       <w:spacing w:line="320" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="201547"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DHHSaccessibilitypara" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DHHSaccessibilitypara">
     <w:name w:val="DHHS accessibility para"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="00871285"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="300" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="19"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DHSHeadingC" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DHSHeadingC">
     <w:name w:val="DHS Heading C"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="008F0C8A"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="90" w:line="270" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:color w:val="A70240"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="137504755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -6577,55 +6997,56 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2146117194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housingbusiness.operations@dffh.vic.gov.au" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housingbusiness.operations@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6886,72 +7307,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010013BA49875A43704AB66D9A56DE5CE526" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bb28e6c3b5e14fb854cb1e26b7b4269f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c61032b6-079a-4ee8-8212-7e38f7e5cc9d" xmlns:ns3="33088d7d-0c77-4871-9003-71b6d751d43c" xmlns:ns4="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="80f8fe0d09cd75a80896e479d31ddc37" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010013BA49875A43704AB66D9A56DE5CE526" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7b7bd1efb1f9a7f41b8916d5c5c5ad3a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c61032b6-079a-4ee8-8212-7e38f7e5cc9d" xmlns:ns3="33088d7d-0c77-4871-9003-71b6d751d43c" xmlns:ns4="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f7bc8f460d8a0f8bc01946eb1a2cc026" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="c61032b6-079a-4ee8-8212-7e38f7e5cc9d"/>
     <xsd:import namespace="33088d7d-0c77-4871-9003-71b6d751d43c"/>
     <xsd:import namespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -7172,105 +7586,150 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="5ce0f2b5-5be5-4508-bce9-d7011ece0659" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c61032b6-079a-4ee8-8212-7e38f7e5cc9d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58CE1EBB-C189-4849-810F-0EC61D30BAF7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C30E650E-AC1E-48EA-81B8-1F904E97E90D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFEB3115-2650-4D46-B641-BE25E909339B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="c61032b6-079a-4ee8-8212-7e38f7e5cc9d"/>
+    <ds:schemaRef ds:uri="33088d7d-0c77-4871-9003-71b6d751d43c"/>
+    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AC28CD-794A-4DE5-9080-AF945367D2AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <ds:schemaRef ds:uri="c61032b6-079a-4ee8-8212-7e38f7e5cc9d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>119</Words>
+  <Characters>684</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Limited demand properties</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>802</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Limited demand properties September 2023</dc:title>
-[...3 lines deleted...]
-  <cp:revision></cp:revision>
+  <dc:title>Limited demand properties</dc:title>
+  <dc:subject>Limited demand properties</dc:subject>
+  <dc:creator>Housing Business Operations</dc:creator>
+  <cp:keywords>properties, availability, demand, limited demand</cp:keywords>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x01010013BA49875A43704AB66D9A56DE5CE526</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="version">
     <vt:lpwstr>2022v1 15032022</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="O365portals">
     <vt:lpwstr>https://dhhsvicgovau.sharepoint.com/:w:/s/dffh/Ed1G_4r4BHNHgqOGDkeMWhcB0Lm5z1k7mSu1dsrFHD18Fg?e=GtzvTT, DFFH A4 portrait factsheet Teal (O365)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
@@ -7286,44 +7745,44 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Format">
     <vt:lpwstr>Factsheet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Style">
     <vt:lpwstr>Visual style</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TemplateVersion">
     <vt:i4>1</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Hyperlink Base">
     <vt:lpwstr>https://dhhsvicgovau.sharepoint.com/:w:/s/dffh/ERru7sG4VvdIqrUpHqYgLGkBTVDvDkt3EhVEUNuHeoMhgw</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Link">
     <vt:lpwstr>https://dhhsvicgovau.sharepoint.com/:w:/s/dffh/ERru7sG4VvdIqrUpHqYgLGkBTVDvDkt3EhVEUNuHeoMhgw, https://dhhsvicgovau.sharepoint.com/:w:/s/dffh/ERru7sG4VvdIqrUpHqYgLGkBTVDvDkt3EhVEUNuHeoMhgw</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SetDate">
-    <vt:lpwstr>2023-09-22T01:41:56Z</vt:lpwstr>
+    <vt:lpwstr>2023-03-07T05:38:29Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Name">
     <vt:lpwstr>43e64453-338c-4f93-8a4d-0039a0a41f2a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SiteId">
     <vt:lpwstr>c0e0601f-0fac-449c-9c88-a104c4eb9f28</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_ActionId">
-    <vt:lpwstr>20417a7b-d99f-4d7d-9066-4226dd164fd7</vt:lpwstr>
+    <vt:lpwstr>96873580-3c26-4220-8fe0-7727cfe67935</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
 </Properties>
 </file>