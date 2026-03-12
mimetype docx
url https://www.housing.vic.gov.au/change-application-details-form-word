--- v0 (2025-10-05)
+++ v1 (2026-03-12)
@@ -1,65 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6FA8325E" w14:textId="1FA8EF0F" w:rsidR="0074696E" w:rsidRPr="00280C4B" w:rsidRDefault="00E15EAE" w:rsidP="00280C4B">
       <w:pPr>
         <w:pStyle w:val="Sectionbreakfirstpage"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EE7D6CA" wp14:editId="796062F3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7534800" cy="1382400"/>
             <wp:effectExtent l="0" t="0" r="9525" b="8255"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2" descr="Victorian Housing Register"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -76,3628 +73,3343 @@
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7534800" cy="1382400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A124A1" w14:textId="77777777" w:rsidR="00A62D44" w:rsidRPr="00280C4B" w:rsidRDefault="00A62D44" w:rsidP="00280C4B">
       <w:pPr>
         <w:pStyle w:val="Sectionbreakfirstpage"/>
-        <w:sectPr w:rsidR="00A62D44" w:rsidRPr="00280C4B" w:rsidSect="002519A1">
-[...1 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId13"/>
+        <w:sectPr w:rsidR="00A62D44" w:rsidRPr="00280C4B" w:rsidSect="0075340E">
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1985" w:right="851" w:bottom="1701" w:left="851" w:header="340" w:footer="1701" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D14CA85" w14:textId="77777777" w:rsidR="00136B65" w:rsidRDefault="00136B65" w:rsidP="0016037B">
+    <w:p w14:paraId="2D14CA85" w14:textId="77777777" w:rsidR="00136B65" w:rsidRDefault="00136B65" w:rsidP="002D0519">
       <w:pPr>
         <w:pStyle w:val="Documenttitle"/>
       </w:pPr>
       <w:r w:rsidRPr="0032515B">
         <w:t>Change of application details form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11AA103C" w14:textId="77777777" w:rsidR="00136B65" w:rsidRPr="0009050A" w:rsidRDefault="00136B65" w:rsidP="00136B65">
-[...20 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0CBF5D9A" w14:textId="153295C1" w:rsidR="00AD784C" w:rsidRDefault="00AD784C" w:rsidP="002D0519">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc216450624"/>
       <w:r w:rsidRPr="00B57329">
         <w:t>Contents</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="0F316B31" w14:textId="25E74993" w:rsidR="00DB6A0A" w:rsidRDefault="00FD0E21">
+    <w:p w14:paraId="083F13FB" w14:textId="765C41FD" w:rsidR="00D15F82" w:rsidRPr="00D15F82" w:rsidRDefault="00D15F82" w:rsidP="00D15F82">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662E4E">
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> are filling in this form digitally, page numbers may change</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454C8863" w14:textId="5386C9D1" w:rsidR="0004390C" w:rsidRDefault="00FD0E21">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-1" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc185939853" w:history="1">
-        <w:r w:rsidR="00DB6A0A" w:rsidRPr="002A0D30">
+      <w:hyperlink w:anchor="_Toc216450624" w:history="1">
+        <w:r w:rsidR="0004390C" w:rsidRPr="005B7385">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Filling in this form</w:t>
+          <w:t>Contents</w:t>
         </w:r>
-        <w:r w:rsidR="00DB6A0A">
+        <w:r w:rsidR="0004390C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00DB6A0A">
+        <w:r w:rsidR="0004390C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00DB6A0A">
+        <w:r w:rsidR="0004390C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185939853 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216450624 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00DB6A0A">
+        <w:r w:rsidR="0004390C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00DB6A0A">
+        <w:r w:rsidR="0004390C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00DB6A0A">
+        <w:r w:rsidR="0004390C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00DB6A0A">
+        <w:r w:rsidR="0004390C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75E9E9AD" w14:textId="75320959" w:rsidR="00DB6A0A" w:rsidRDefault="00DB6A0A">
+    <w:p w14:paraId="24191DE0" w14:textId="197FA1F8" w:rsidR="0004390C" w:rsidRDefault="0004390C">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185939854" w:history="1">
-        <w:r w:rsidRPr="002A0D30">
+      <w:hyperlink w:anchor="_Toc216450625" w:history="1">
+        <w:r w:rsidRPr="005B7385">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Applicant details</w:t>
+          <w:t>About this form</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185939854 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216450625 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="729BE108" w14:textId="42F20FC3" w:rsidR="0004390C" w:rsidRDefault="0004390C">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216450626" w:history="1">
+        <w:r w:rsidRPr="005B7385">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Application details</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216450626 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29B67880" w14:textId="0AB30276" w:rsidR="00DB6A0A" w:rsidRDefault="00DB6A0A">
+    <w:p w14:paraId="6114D4C2" w14:textId="2BDAD14D" w:rsidR="0004390C" w:rsidRDefault="0004390C">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185939855" w:history="1">
-        <w:r w:rsidRPr="002A0D30">
+      <w:hyperlink w:anchor="_Toc216450627" w:history="1">
+        <w:r w:rsidRPr="005B7385">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Update your details</w:t>
+          <w:t>Remove household members</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185939855 \h </w:instrText>
-[...125 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185939857 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216450627 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D753C7E" w14:textId="0FD1A985" w:rsidR="00DB6A0A" w:rsidRDefault="00DB6A0A">
+    <w:p w14:paraId="77330332" w14:textId="7A765D02" w:rsidR="0004390C" w:rsidRDefault="0004390C">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185939858" w:history="1">
-        <w:r w:rsidRPr="002A0D30">
+      <w:hyperlink w:anchor="_Toc216450628" w:history="1">
+        <w:r w:rsidRPr="005B7385">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Change your preferred areas</w:t>
+          <w:t>Change your preferred locations</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185939858 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216450628 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="559E85E3" w14:textId="2453E8DA" w:rsidR="00DB6A0A" w:rsidRDefault="00DB6A0A">
+    <w:p w14:paraId="7B0E8481" w14:textId="556F1700" w:rsidR="0004390C" w:rsidRDefault="0004390C">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185939859" w:history="1">
-        <w:r w:rsidRPr="002A0D30">
+      <w:hyperlink w:anchor="_Toc216450629" w:history="1">
+        <w:r w:rsidRPr="005B7385">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Change your housing preferences</w:t>
+          <w:t>Change your housing options</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185939859 \h </w:instrText>
-[...62 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185939860 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216450629 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="703B6CA8" w14:textId="7CE72B85" w:rsidR="00DB6A0A" w:rsidRDefault="00DB6A0A">
+    <w:p w14:paraId="76FE4611" w14:textId="18560CE0" w:rsidR="0004390C" w:rsidRDefault="0004390C">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc185939861" w:history="1">
-        <w:r w:rsidRPr="002A0D30">
+      <w:hyperlink w:anchor="_Toc216450630" w:history="1">
+        <w:r w:rsidRPr="005B7385">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Declaration</w:t>
+          <w:t>Declaration, acknowledgement and consent</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc185939861 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216450630 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="13D2E819" w14:textId="70DB6D37" w:rsidR="0004390C" w:rsidRDefault="0004390C">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc216450631" w:history="1">
+        <w:r w:rsidRPr="005B7385">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Information privacy</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216450631 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="32C45501" w14:textId="54FD040F" w:rsidR="00DB6A0A" w:rsidRDefault="00DB6A0A">
-[...128 lines deleted...]
-    <w:p w14:paraId="77743E40" w14:textId="153FAA61" w:rsidR="00350BE9" w:rsidRDefault="00FD0E21" w:rsidP="00350BE9">
+    <w:p w14:paraId="2EC2FD2B" w14:textId="1D1ECC8B" w:rsidR="00867D4E" w:rsidRPr="00B72017" w:rsidRDefault="00FD0E21" w:rsidP="00867D4E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="480"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Toc185939853"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc206575728"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc216450625"/>
+      <w:r w:rsidR="00867D4E">
+        <w:t>About this form</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="13445742" w14:textId="77777777" w:rsidR="00580394" w:rsidRPr="00B519CD" w:rsidRDefault="00580394" w:rsidP="007173CA">
+    <w:p w14:paraId="17E70559" w14:textId="42660CA4" w:rsidR="00EF3B55" w:rsidRDefault="00867D4E" w:rsidP="00867D4E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
-        <w:sectPr w:rsidR="00580394" w:rsidRPr="00B519CD" w:rsidSect="002519A1">
-[...11 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E94378">
+        <w:t xml:space="preserve">Use this form to update </w:t>
+      </w:r>
+      <w:r w:rsidR="004B4BBE">
+        <w:t>your details</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E94378">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004B4BBE" w:rsidRPr="00E94378">
+        <w:t>remove household members</w:t>
+      </w:r>
+      <w:r w:rsidR="004B4BBE">
+        <w:t>, update</w:t>
+      </w:r>
+      <w:r w:rsidR="004B4BBE" w:rsidRPr="00E94378">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002710F6">
+        <w:t>preferred locations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E94378">
+        <w:t>, or change the type of housing you want.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2B8D71BF" w14:textId="77777777" w:rsidR="0032515B" w:rsidRDefault="0032515B" w:rsidP="007C70AD">
+    <w:p w14:paraId="38A0D887" w14:textId="3E2BAF12" w:rsidR="00867D4E" w:rsidRDefault="00867D4E" w:rsidP="00867D4E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk41913885"/>
-[...1 lines deleted...]
-        <w:t>Use this form to update contact details, personal details, waiting list preferences, remove household members or change the type of housing you want.</w:t>
+      <w:r w:rsidRPr="00B1664E">
+        <w:t xml:space="preserve">Updating your application online is easier and faster. You can do this through the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00B1664E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>myGov website</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B1664E">
+        <w:t xml:space="preserve"> https://www.my.gov.au. You can also sign up to receive digital mail from us via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B1664E">
+        <w:t>myGov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B1664E">
+        <w:t xml:space="preserve">. For help, visit our </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00B1664E">
+          <w:rPr>
+            <w:color w:val="004C97"/>
+            <w:u w:val="dotted"/>
+          </w:rPr>
+          <w:t>online services page</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B1664E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E573BD" w:rsidRPr="00E573BD">
+        <w:t>https://www.housing.vic.gov.au/online-services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1664E">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08D7028F" w14:textId="25DBAC78" w:rsidR="008519EC" w:rsidRDefault="0032515B" w:rsidP="007C70AD">
+    <w:p w14:paraId="0D9F937B" w14:textId="77777777" w:rsidR="00867D4E" w:rsidRPr="00B1664E" w:rsidRDefault="00867D4E" w:rsidP="00867D4E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B1664E">
+        <w:t>Need help?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE98065" w14:textId="60D1EBA9" w:rsidR="00867D4E" w:rsidRPr="00B1664E" w:rsidRDefault="00E052FE" w:rsidP="00867D4E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
-      </w:pPr>
-[...8 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>u</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0032515B">
+        <w:t>If the change you want to make is not an option on this form, or i</w:t>
+      </w:r>
+      <w:r w:rsidR="00867D4E" w:rsidRPr="00B1664E">
+        <w:t>f you need more information, visit</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk172538509"/>
+      <w:r w:rsidR="00867D4E" w:rsidRPr="00B1664E">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00867D4E" w:rsidRPr="00B1664E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>HousingVic website</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00867D4E" w:rsidRPr="00B1664E">
+        <w:t xml:space="preserve"> https://www.housing.vic.gov.au. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D30671">
+        <w:t>You can also contact</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30671" w:rsidRPr="001F3F4E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one of our </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00D30671" w:rsidRPr="005047D5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Department of Families, Fairness and Housing offices</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D30671" w:rsidRPr="005047D5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> https://www.dffh.vic.gov.au/dffh-office-locations</w:t>
+      </w:r>
+      <w:r w:rsidR="00867D4E" w:rsidRPr="00B1664E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EF6AB3" w14:textId="77777777" w:rsidR="00867D4E" w:rsidRPr="00B1664E" w:rsidRDefault="00867D4E" w:rsidP="00867D4E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B1664E">
+        <w:t>Language link</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DD1DDC" w14:textId="77777777" w:rsidR="00867D4E" w:rsidRPr="00B1664E" w:rsidRDefault="00867D4E" w:rsidP="00867D4E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B1664E">
+        <w:t>This publication is about housing. If you speak a language other than English or have difficulty reading written information, you can get help over the telephone. For more information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46719FBE" w14:textId="77777777" w:rsidR="00902C8D" w:rsidRDefault="00902C8D" w:rsidP="00902C8D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0028738F">
+        <w:t>visit</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Housing.vic Interpreter services</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D632F5">
+        <w:t>https://www.housing.vic.gov.au/interpreter-services</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100A17AA" w14:textId="77777777" w:rsidR="00902C8D" w:rsidRDefault="00902C8D" w:rsidP="00902C8D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00BC5AB5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>contact your local housing office</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BC5AB5">
+        <w:t xml:space="preserve"> https://www.dffh.vic.gov.au/contact-us (See, Housing enquiries and offices)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3A8DDA" w14:textId="77777777" w:rsidR="00902C8D" w:rsidRDefault="00902C8D" w:rsidP="00902C8D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>call Language Link on (03) 9280 0799 for an interpreter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E9AAEC" w14:textId="77777777" w:rsidR="00867D4E" w:rsidRPr="001C4BA1" w:rsidRDefault="00867D4E" w:rsidP="00867D4E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4BA1">
+        <w:lastRenderedPageBreak/>
+        <w:t>Submitting this form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334EE08C" w14:textId="7D70C788" w:rsidR="00867D4E" w:rsidRDefault="00867D4E" w:rsidP="00867D4E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A0624B">
+        <w:t>You m</w:t>
+      </w:r>
+      <w:r w:rsidR="00F36851">
+        <w:t>ay need to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0624B">
+        <w:t xml:space="preserve"> submit documentation with this form. It will confirm your eligibility and allow us to assess your application completely.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504CFF">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14E97438" wp14:editId="5B1C3E84">
+            <wp:extent cx="118745" cy="186055"/>
+            <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+            <wp:docPr id="101560061" name="Picture 3" descr="Document icon"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="Document icon"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="118745" cy="186055"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> symbols explain what documents you need to provide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74093944" w14:textId="77777777" w:rsidR="00867D4E" w:rsidRPr="001B443F" w:rsidRDefault="00867D4E" w:rsidP="00867D4E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>You can submit your completed form by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E6E0D0" w14:textId="77777777" w:rsidR="00867D4E" w:rsidRPr="005A6733" w:rsidRDefault="00867D4E" w:rsidP="00867D4E">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>black</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0032515B">
+      </w:pPr>
+      <w:r w:rsidRPr="005A6733">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>blue</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0032515B">
+        <w:t xml:space="preserve">Mail </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A6733">
+        <w:t>(no postage stamp required)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A6733">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>CAPITAL</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> letters.</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F36D4A9" w14:textId="6A8C39C0" w:rsidR="00886A60" w:rsidRDefault="00886A60" w:rsidP="007C70AD">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="544B4FD2" w14:textId="3756F5D7" w:rsidR="00867D4E" w:rsidRPr="005A6733" w:rsidRDefault="00867D4E" w:rsidP="00867D4E">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:ind w:left="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A6733">
+        <w:t>Victorian Housing Register</w:t>
+      </w:r>
       <w:r>
-        <w:t>Provide your answers in the right-hand columns.</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005A6733">
+        <w:br/>
+        <w:t>Department of Families, Fairness and Housing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A6733">
+        <w:br/>
+        <w:t>PO Box 102</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A6733">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D250D8">
+        <w:t>Morwell</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A6733">
+        <w:t xml:space="preserve"> VIC 3840</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D85805" w14:textId="77777777" w:rsidR="006B6DF3" w:rsidRDefault="006B6DF3">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="23A291E0" w14:textId="0F89B7F9" w:rsidR="00867D4E" w:rsidRPr="00867D4E" w:rsidRDefault="00867D4E" w:rsidP="00867D4E">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1FD058">
         <w:rPr>
           <w:b/>
-          <w:color w:val="00568B"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">In person </w:t>
+      </w:r>
       <w:r>
-        <w:br w:type="page"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="Body"/>
+        <w:t>at any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1FD058">
         <w:rPr>
-          <w:rStyle w:val="Strong"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00095C79">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Department of Families, Fairness and Housing </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00095C79">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>office</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Strong"/>
-[...140 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B65F8">
+      <w:r w:rsidRPr="00820311">
         <w:rPr>
-          <w:rStyle w:val="Strong"/>
-[...1 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Department</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> office</w:t>
+        <w:t>https://www.dffh.vic.gov.au/dffh-office-locations</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B97DCE" w14:textId="77777777" w:rsidR="00197F15" w:rsidRPr="0090100B" w:rsidRDefault="00197F15" w:rsidP="00197F15">
+    <w:p w14:paraId="7D3BEAC3" w14:textId="40CDD66A" w:rsidR="0032515B" w:rsidRDefault="00430B8F" w:rsidP="00550F51">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc216450626"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk41913885"/>
+      <w:r>
+        <w:t>Applica</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6A73">
+        <w:t>tion</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> details</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="517D8232" w14:textId="59FFEB5E" w:rsidR="00411D0F" w:rsidRPr="00411D0F" w:rsidRDefault="00411D0F" w:rsidP="00411D0F">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="0090100B">
-[...5 lines deleted...]
-        <w:t>If the required documents are not provided with this form, we cannot complete the assessment.</w:t>
+      <w:r>
+        <w:t>Complete this entire section in full. This</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50255">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008270EE">
+        <w:t xml:space="preserve">helps us find the right application </w:t>
+      </w:r>
+      <w:r w:rsidR="0026037C">
+        <w:t>and keeps your details up to date</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50255">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3BEAC3" w14:textId="24FCA6E5" w:rsidR="0032515B" w:rsidRDefault="00430B8F" w:rsidP="00550F51">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Toc185939854"/>
+    <w:p w14:paraId="0418A8F6" w14:textId="77777777" w:rsidR="00625D69" w:rsidRPr="00CA180B" w:rsidRDefault="00625D69" w:rsidP="00625D69">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
-        <w:t>Applicant details</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+        <w:t>Current application</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="4725" w:type="pct"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3505"/>
-        <w:gridCol w:w="6689"/>
+        <w:gridCol w:w="6091"/>
+        <w:gridCol w:w="3542"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0032515B" w14:paraId="2B782B14" w14:textId="77777777" w:rsidTr="0032515B">
+      <w:tr w:rsidR="00625D69" w:rsidRPr="003975B0" w14:paraId="7064B883" w14:textId="77777777" w:rsidTr="005F742E">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcW w:w="6091" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EAA418F" w14:textId="45C4958C" w:rsidR="0032515B" w:rsidRPr="00CB3285" w:rsidRDefault="00550F51" w:rsidP="000B64B0">
+          <w:p w14:paraId="41169612" w14:textId="77777777" w:rsidR="00625D69" w:rsidRPr="003975B0" w:rsidRDefault="00625D69" w:rsidP="00DF2CEE">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Required information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="3542" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64A1FB91" w14:textId="6E68BB56" w:rsidR="0032515B" w:rsidRDefault="00550F51" w:rsidP="000B64B0">
+          <w:p w14:paraId="1A880CEE" w14:textId="77777777" w:rsidR="00625D69" w:rsidRPr="003975B0" w:rsidRDefault="00625D69" w:rsidP="00DF2CEE">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003975B0">
               <w:t>Your answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032515B" w14:paraId="00751CB4" w14:textId="77777777" w:rsidTr="0032515B">
+      <w:tr w:rsidR="00625D69" w:rsidRPr="003975B0" w14:paraId="7B91494D" w14:textId="77777777" w:rsidTr="005F742E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcW w:w="6091" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36A046D0" w14:textId="4EAC0EC4" w:rsidR="0032515B" w:rsidRDefault="00430B8F" w:rsidP="000B64B0">
+          <w:p w14:paraId="63076051" w14:textId="77777777" w:rsidR="00625D69" w:rsidRPr="00F908C0" w:rsidRDefault="00625D69" w:rsidP="00DF2CEE">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="00846D34">
-              <w:t>Your full name</w:t>
+            <w:r w:rsidRPr="00F908C0">
+              <w:t>Provide your VHR application reference number if you know it</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="3542" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70D0B0F4" w14:textId="1ED4602E" w:rsidR="0032515B" w:rsidRDefault="0032515B" w:rsidP="000B64B0">
+          <w:p w14:paraId="2D06DE77" w14:textId="77777777" w:rsidR="00625D69" w:rsidRPr="003975B0" w:rsidRDefault="00625D69" w:rsidP="00DF2CEE">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032515B" w14:paraId="778B0420" w14:textId="77777777" w:rsidTr="00430B8F">
+    </w:tbl>
+    <w:p w14:paraId="04C8461A" w14:textId="77777777" w:rsidR="006D4661" w:rsidRDefault="006D4661" w:rsidP="006D4661">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+        <w:t>Personal details</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4728" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="What is your title? Mark with X"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3615"/>
+        <w:gridCol w:w="6024"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006D4661" w:rsidRPr="003975B0" w14:paraId="7EB6166E" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12360401" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003975B0">
+              <w:t>Required information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D444273" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003975B0">
+              <w:t>Your answer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D4661" w:rsidRPr="003975B0" w14:paraId="4464F3F8" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F729929" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="00F908C0" w:rsidRDefault="006D4661" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F908C0">
+              <w:t>First name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A6A8B0A" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D4661" w:rsidRPr="003975B0" w14:paraId="4765F861" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF05C2A" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="00F908C0" w:rsidRDefault="006D4661" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F908C0">
+              <w:t>Middle name/s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="730CA6C0" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D4661" w:rsidRPr="003975B0" w14:paraId="0D715EA4" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF678FB" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="00F908C0" w:rsidRDefault="006D4661" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F908C0">
+              <w:t>Surname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="638C038F" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D4661" w:rsidRPr="003975B0" w14:paraId="3D574524" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:trPr>
+          <w:trHeight w:val="426"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51487D50" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="00F908C0" w:rsidRDefault="006D4661" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F908C0">
+              <w:t>Date of birth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64FC47B1" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="195DF022" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="006D4661">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003975B0">
+        <w:t>Contact details</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4728" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="What is your title? Mark with X"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3505"/>
+        <w:gridCol w:w="6134"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006D4661" w:rsidRPr="003975B0" w14:paraId="5CA637AD" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:trPr>
+          <w:trHeight w:val="426"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D205DE" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="00DF2CEE">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003975B0">
+              <w:t>Required information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B37F45B" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="00DF2CEE">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003975B0">
+              <w:t>Your answer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D4661" w:rsidRPr="003975B0" w14:paraId="2D9737C6" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB2C1FC" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:lang w:bidi="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003975B0">
+              <w:t>Postal address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37C8CE18" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="005F742E">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D4661" w:rsidRPr="003975B0" w14:paraId="09E830FA" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D438498" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:lang w:bidi="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003975B0">
+              <w:rPr>
+                <w:lang w:bidi="x-none"/>
+              </w:rPr>
+              <w:t>Residential address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="424270A5" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="005F742E">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D4661" w:rsidRPr="003975B0" w14:paraId="7EB02B9C" w14:textId="77777777" w:rsidTr="005F742E">
         <w:trPr>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27DAD186" w14:textId="658AA492" w:rsidR="0032515B" w:rsidRPr="002365B4" w:rsidRDefault="00430B8F" w:rsidP="000B64B0">
+          <w:p w14:paraId="2BABA1CA" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="00F908C0">
             <w:pPr>
-              <w:pStyle w:val="Tabletext6pt"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="00430B8F">
-[...21 lines deleted...]
-              <w:t>irth</w:t>
+            <w:r w:rsidRPr="003975B0">
+              <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F723B66" w14:textId="7D0AB0F2" w:rsidR="0032515B" w:rsidRPr="002365B4" w:rsidRDefault="0032515B" w:rsidP="000B64B0">
+          <w:p w14:paraId="726A9A59" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="005F742E">
             <w:pPr>
-              <w:pStyle w:val="Tabletext6pt"/>
+              <w:spacing w:before="80" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430B8F" w14:paraId="77ACC583" w14:textId="77777777" w:rsidTr="00430B8F">
+      <w:tr w:rsidR="006D4661" w:rsidRPr="003975B0" w14:paraId="326D09C5" w14:textId="77777777" w:rsidTr="005F742E">
         <w:trPr>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="042016D6" w14:textId="007B9A94" w:rsidR="00430B8F" w:rsidRPr="002365B4" w:rsidRDefault="00430B8F" w:rsidP="000B64B0">
+          <w:p w14:paraId="4785F370" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="00F908C0">
             <w:pPr>
-              <w:pStyle w:val="Tabletext6pt"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="00846D34">
-[...3 lines deleted...]
-              <w:t>Application number</w:t>
+            <w:r w:rsidRPr="003975B0">
+              <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E18C790" w14:textId="77777777" w:rsidR="00430B8F" w:rsidRPr="002365B4" w:rsidRDefault="00430B8F" w:rsidP="000B64B0">
+          <w:p w14:paraId="78D8DB96" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="005F742E">
             <w:pPr>
-              <w:pStyle w:val="Tabletext6pt"/>
+              <w:spacing w:before="80" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...80 lines deleted...]
-      <w:tr w:rsidR="00430B8F" w14:paraId="2117393B" w14:textId="77777777" w:rsidTr="000B64B0">
+      <w:tr w:rsidR="006D4661" w:rsidRPr="003975B0" w14:paraId="5AE3CC47" w14:textId="77777777" w:rsidTr="005F742E">
         <w:trPr>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33FB34A6" w14:textId="30515B39" w:rsidR="00430B8F" w:rsidRPr="002365B4" w:rsidRDefault="00430B8F" w:rsidP="000B64B0">
+          <w:p w14:paraId="1C1CA336" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="001509A5" w:rsidRDefault="006D4661" w:rsidP="00F908C0">
             <w:pPr>
-              <w:pStyle w:val="Tabletext6pt"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="00846D34">
-              <w:t>Postal address</w:t>
+            <w:r w:rsidRPr="003975B0">
+              <w:t>Would you prefer to be contacted by email</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003975B0">
+              <w:t xml:space="preserve"> post?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="471F9155" w14:textId="77777777" w:rsidR="00430B8F" w:rsidRPr="002365B4" w:rsidRDefault="00430B8F" w:rsidP="000B64B0">
+          <w:p w14:paraId="11ADFD87" w14:textId="77777777" w:rsidR="006D4661" w:rsidRPr="003975B0" w:rsidRDefault="006D4661" w:rsidP="005F742E">
             <w:pPr>
-              <w:pStyle w:val="Tabletext6pt"/>
-[...83 lines deleted...]
-              <w:pStyle w:val="Tabletext6pt"/>
+              <w:spacing w:before="80" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="4"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="Bodyaftertablefigure"/>
+    <w:p w14:paraId="330BD071" w14:textId="77777777" w:rsidR="00204132" w:rsidRPr="001B04E1" w:rsidRDefault="00204132" w:rsidP="00D03272">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001B04E1">
+        <w:t>Documents required</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A10B03" w14:textId="5E9A8F0C" w:rsidR="00204132" w:rsidRDefault="00204132" w:rsidP="00204132">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Note: </w:t>
-[...2 lines deleted...]
-        <w:t>Your application will be reassessed when you move your residential address.</w:t>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A3F9A43" wp14:editId="550DE3D1">
+            <wp:extent cx="115570" cy="185420"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+            <wp:docPr id="582414803" name="Picture 3" descr="Document icon"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6" descr="Document icon"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="115570" cy="185420"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="006A51A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001B04E1">
+        <w:rPr>
+          <w:rStyle w:val="BodyChar"/>
+        </w:rPr>
+        <w:t>Your application will be reassessed when you update your residential address. You may be asked to provide more information or documentation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F222FF3" w14:textId="055B8AE9" w:rsidR="008519EC" w:rsidRPr="00846D34" w:rsidRDefault="00550F51" w:rsidP="00550F51">
+    <w:p w14:paraId="4F222FF3" w14:textId="667EF14A" w:rsidR="008519EC" w:rsidRDefault="00550F51" w:rsidP="00550F51">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc185939856"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc216450627"/>
       <w:r w:rsidRPr="00846D34">
-        <w:t>Remove people from your application</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Remove </w:t>
+      </w:r>
+      <w:r w:rsidR="00516AC9">
+        <w:t>household members</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="6D966580" w14:textId="77777777" w:rsidR="008519EC" w:rsidRDefault="008519EC" w:rsidP="00550F51">
+    <w:p w14:paraId="03C1F4F9" w14:textId="23064C7E" w:rsidR="00516AC9" w:rsidRPr="00516AC9" w:rsidRDefault="00516AC9" w:rsidP="00516AC9">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Complete this section to remove household members from your application</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6677">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006657A5">
+        <w:t xml:space="preserve"> If you don’t have anyone to remove, skip to the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="Change_your_preferred_locations" w:history="1">
+        <w:r w:rsidR="006657A5" w:rsidRPr="00762990">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>next section</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006657A5">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D966580" w14:textId="0640C75F" w:rsidR="008519EC" w:rsidRDefault="00D34E78" w:rsidP="00550F51">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00846D34">
-        <w:t>Person 1</w:t>
+      <w:r>
+        <w:t>Remove p</w:t>
+      </w:r>
+      <w:r w:rsidR="008519EC" w:rsidRPr="00846D34">
+        <w:t>erson 1</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="4728" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="What is your title? Mark with X"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3505"/>
-        <w:gridCol w:w="6689"/>
+        <w:gridCol w:w="3615"/>
+        <w:gridCol w:w="6024"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00550F51" w14:paraId="5CEFDEC6" w14:textId="77777777" w:rsidTr="000B64B0">
+      <w:tr w:rsidR="00271C4D" w:rsidRPr="003975B0" w14:paraId="27B4FDC8" w14:textId="77777777" w:rsidTr="005F742E">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcW w:w="3615" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17EF1D9F" w14:textId="77777777" w:rsidR="00550F51" w:rsidRPr="00CB3285" w:rsidRDefault="00550F51" w:rsidP="000B64B0">
+          <w:p w14:paraId="6FF474D9" w14:textId="77777777" w:rsidR="00271C4D" w:rsidRPr="003975B0" w:rsidRDefault="00271C4D" w:rsidP="005F742E">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003975B0">
               <w:t>Required information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6024" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5026DE" w14:textId="77777777" w:rsidR="00550F51" w:rsidRDefault="00550F51" w:rsidP="000B64B0">
+          <w:p w14:paraId="1033A105" w14:textId="77777777" w:rsidR="00271C4D" w:rsidRPr="003975B0" w:rsidRDefault="00271C4D" w:rsidP="005F742E">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003975B0">
               <w:t>Your answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00550F51" w14:paraId="03182D17" w14:textId="77777777" w:rsidTr="000B64B0">
+      <w:tr w:rsidR="00271C4D" w:rsidRPr="003975B0" w14:paraId="5BE9E990" w14:textId="77777777" w:rsidTr="005F742E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcW w:w="3615" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="794240BF" w14:textId="7EBA8843" w:rsidR="00550F51" w:rsidRDefault="00550F51" w:rsidP="000B64B0">
+          <w:p w14:paraId="6578A7A3" w14:textId="5B42DA0A" w:rsidR="00271C4D" w:rsidRPr="003975B0" w:rsidRDefault="00F908C0" w:rsidP="005F742E">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="00846D34">
-              <w:t>Name of person to remove</w:t>
+            <w:r>
+              <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6024" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DBAD206" w14:textId="77777777" w:rsidR="00550F51" w:rsidRDefault="00550F51" w:rsidP="000B64B0">
+          <w:p w14:paraId="60C40B14" w14:textId="77777777" w:rsidR="00271C4D" w:rsidRPr="003975B0" w:rsidRDefault="00271C4D" w:rsidP="005F742E">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00550F51" w14:paraId="2161757D" w14:textId="77777777" w:rsidTr="000B64B0">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00271C4D" w:rsidRPr="003975B0" w14:paraId="35498B5F" w14:textId="77777777" w:rsidTr="005F742E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3505" w:type="dxa"/>
+            <w:tcW w:w="3615" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5186770A" w14:textId="68D86293" w:rsidR="00550F51" w:rsidRPr="002365B4" w:rsidRDefault="00550F51" w:rsidP="000B64B0">
+          <w:p w14:paraId="37B21759" w14:textId="4ACF5E69" w:rsidR="00271C4D" w:rsidRPr="009C598A" w:rsidRDefault="00F908C0" w:rsidP="005F742E">
             <w:pPr>
-              <w:pStyle w:val="Tabletext6pt"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
-              <w:t>Their d</w:t>
-[...2 lines deleted...]
-              <w:t>ate of birth</w:t>
+              <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6024" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E919081" w14:textId="77777777" w:rsidR="00550F51" w:rsidRPr="002365B4" w:rsidRDefault="00550F51" w:rsidP="000B64B0">
-[...1855 lines deleted...]
-          <w:p w14:paraId="36895B47" w14:textId="77777777" w:rsidR="00AE5413" w:rsidRPr="008F00E4" w:rsidRDefault="00AE5413" w:rsidP="002430B6">
+          <w:p w14:paraId="46368999" w14:textId="77777777" w:rsidR="00271C4D" w:rsidRPr="003975B0" w:rsidRDefault="00271C4D" w:rsidP="005F742E">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F038BDD" w14:textId="77777777" w:rsidR="00AE5413" w:rsidRDefault="00AE5413" w:rsidP="00AE5413">
+    <w:p w14:paraId="470DECC9" w14:textId="25F108A4" w:rsidR="008519EC" w:rsidRDefault="00D34E78" w:rsidP="00550F51">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Remove p</w:t>
+      </w:r>
+      <w:r w:rsidR="008519EC" w:rsidRPr="00846D34">
+        <w:t>erson 2</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4728" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="What is your title? Mark with X"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3615"/>
+        <w:gridCol w:w="6024"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FC0967" w:rsidRPr="003975B0" w14:paraId="710DC8D0" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76BC6929" w14:textId="77777777" w:rsidR="00FC0967" w:rsidRPr="003975B0" w:rsidRDefault="00FC0967" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003975B0">
+              <w:t>Required information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="351B3D5C" w14:textId="77777777" w:rsidR="00FC0967" w:rsidRPr="003975B0" w:rsidRDefault="00FC0967" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003975B0">
+              <w:t>Your answer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F908C0" w:rsidRPr="003975B0" w14:paraId="3A892795" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DDBDF6" w14:textId="5B7597C4" w:rsidR="00F908C0" w:rsidRPr="003975B0" w:rsidRDefault="00F908C0" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Full name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCD5D83" w14:textId="77777777" w:rsidR="00F908C0" w:rsidRPr="003975B0" w:rsidRDefault="00F908C0" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F908C0" w:rsidRPr="003975B0" w14:paraId="5136E3AF" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC0536D" w14:textId="0AD9EB6F" w:rsidR="00F908C0" w:rsidRPr="009C598A" w:rsidRDefault="00F908C0" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date of birth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4D3D55" w14:textId="77777777" w:rsidR="00F908C0" w:rsidRPr="003975B0" w:rsidRDefault="00F908C0" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6BAD57BB" w14:textId="3510F42E" w:rsidR="00FC0967" w:rsidRDefault="00D34E78" w:rsidP="00FC0967">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Remove p</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0967">
+        <w:t>erson 3</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4728" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="What is your title? Mark with X"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3615"/>
+        <w:gridCol w:w="6024"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FC0967" w:rsidRPr="003975B0" w14:paraId="401CA8E7" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B20D17B" w14:textId="77777777" w:rsidR="00FC0967" w:rsidRPr="003975B0" w:rsidRDefault="00FC0967" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003975B0">
+              <w:t>Required information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="451134A0" w14:textId="77777777" w:rsidR="00FC0967" w:rsidRPr="003975B0" w:rsidRDefault="00FC0967" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003975B0">
+              <w:t>Your answer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F908C0" w:rsidRPr="003975B0" w14:paraId="241FD2AC" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26888A66" w14:textId="65DFE8A2" w:rsidR="00F908C0" w:rsidRPr="003975B0" w:rsidRDefault="00F908C0" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Full name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3234C8" w14:textId="77777777" w:rsidR="00F908C0" w:rsidRPr="003975B0" w:rsidRDefault="00F908C0" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F908C0" w:rsidRPr="003975B0" w14:paraId="0821D066" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E1C72E" w14:textId="60C919D2" w:rsidR="00F908C0" w:rsidRPr="009C598A" w:rsidRDefault="00F908C0" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date of birth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6024" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A3207B" w14:textId="77777777" w:rsidR="00F908C0" w:rsidRPr="003975B0" w:rsidRDefault="00F908C0" w:rsidP="00F908C0">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="542BA1B5" w14:textId="23DEB35C" w:rsidR="008519EC" w:rsidRDefault="008519EC" w:rsidP="00550F51">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc216450628"/>
+      <w:bookmarkStart w:id="8" w:name="Change_your_preferred_locations"/>
+      <w:r w:rsidRPr="00846D34">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00550F51" w:rsidRPr="00846D34">
+        <w:t xml:space="preserve">hange your preferred </w:t>
+      </w:r>
+      <w:r w:rsidR="006E6F41">
+        <w:t>location</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB365B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="1020F1A4" w14:textId="53796FAA" w:rsidR="00C47A55" w:rsidRDefault="009E6677" w:rsidP="00550F51">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Complete this section to update your </w:t>
+      </w:r>
+      <w:r w:rsidR="006E6F41">
+        <w:t>pref</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC164A">
+        <w:t xml:space="preserve">erred location, your new choices will replace your </w:t>
+      </w:r>
+      <w:r w:rsidR="006A1A74">
+        <w:t>current choices.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="161948BF" w14:textId="77777777" w:rsidR="00AE5413" w:rsidRPr="008F00E4" w:rsidRDefault="00AE5413" w:rsidP="00AE5413">
+    <w:p w14:paraId="2ACC4484" w14:textId="000A53E0" w:rsidR="0082015F" w:rsidRDefault="0082015F" w:rsidP="00550F51">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="008F00E4">
-[...9 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>December</w:t>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00D632F5">
+        <w:t xml:space="preserve">If you don’t want to change your preferred locations, skip to the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="Change_your_housing_options" w:history="1">
+        <w:r w:rsidRPr="00762990">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Forms &amp; Guides | Housing.vic.gov.au</w:t>
+          <w:t>next section</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42CE6522" w14:textId="57A45BEF" w:rsidR="00C47A55" w:rsidRDefault="00C47A55" w:rsidP="00C47A55">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00867C59">
+        <w:t xml:space="preserve">hoose up to 5 waiting list areas </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">that you would like </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00867C59">
+        <w:t>to live in.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030A99D4" w14:textId="77777777" w:rsidR="00C47A55" w:rsidRDefault="00C47A55" w:rsidP="00C47A55">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Choosing more areas can increase your housing opportunity. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD41C4">
+        <w:t>These are not recorded in order of preference (e.g. first, second preference) so only choose areas you want to live.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48BC10A3" w14:textId="77777777" w:rsidR="00C47A55" w:rsidRDefault="00C47A55" w:rsidP="00C47A55">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00867C59">
+        <w:t xml:space="preserve">Waiting list areas </w:t>
+      </w:r>
+      <w:r>
+        <w:t>usually</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00867C59">
+        <w:t xml:space="preserve"> include more than one suburb or town. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>We could offer you a property in any of the suburbs within the waiting list area unless you have an approved special accommodation requirement for location.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1D3190" w14:textId="77777777" w:rsidR="00B948D5" w:rsidRDefault="00B948D5" w:rsidP="00B948D5">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00867C59">
+        <w:t>The full list of areas is available from</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> our </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00DF686F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>forms and guides page</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF686F">
+        <w:t>https://www.housing.vic.gov.au/about/forms-guides</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00867C59">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Document_checklist_1"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00B36202">
+        <w:t xml:space="preserve">You can also contact one of our </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Department of Families, Fairness and Housing offices</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B36202">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135038">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>https://www.dffh.vic.gov.au/dffh-office-locations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36202">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="2709" w:type="pct"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Name suburbs or towns you would like to live in"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5523"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A74BF" w:rsidRPr="00DD6B28" w14:paraId="21834D2A" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7A5107" w14:textId="77777777" w:rsidR="006A74BF" w:rsidRPr="00DD6B28" w:rsidRDefault="006A74BF" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Waiting list area</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A74BF" w:rsidRPr="00DD6B28" w14:paraId="79CA09E4" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45341302" w14:textId="77777777" w:rsidR="006A74BF" w:rsidRPr="00DD6B28" w:rsidRDefault="006A74BF" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A74BF" w:rsidRPr="00DD6B28" w14:paraId="7A31FC27" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56EA6BAF" w14:textId="77777777" w:rsidR="006A74BF" w:rsidRPr="00DD6B28" w:rsidRDefault="006A74BF" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A74BF" w:rsidRPr="00DD6B28" w14:paraId="15DBE9E4" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA34D5D" w14:textId="77777777" w:rsidR="006A74BF" w:rsidRPr="00DD6B28" w:rsidRDefault="006A74BF" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A74BF" w:rsidRPr="00DD6B28" w14:paraId="4B913B35" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A88208" w14:textId="77777777" w:rsidR="006A74BF" w:rsidRPr="00DD6B28" w:rsidRDefault="006A74BF" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A74BF" w:rsidRPr="00DD6B28" w14:paraId="194568AE" w14:textId="77777777" w:rsidTr="005F742E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9932FA" w14:textId="77777777" w:rsidR="006A74BF" w:rsidRPr="00DD6B28" w:rsidRDefault="006A74BF" w:rsidP="005F742E">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3EC8B69C" w14:textId="5FDA6A67" w:rsidR="008519EC" w:rsidRDefault="008519EC" w:rsidP="00402F3F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc216450629"/>
+      <w:bookmarkStart w:id="11" w:name="Change_your_housing_options"/>
+      <w:r w:rsidRPr="00846D34">
+        <w:lastRenderedPageBreak/>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00402F3F" w:rsidRPr="00846D34">
+        <w:t xml:space="preserve">hange your housing </w:t>
+      </w:r>
+      <w:r w:rsidR="00974DB4">
+        <w:t>options</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w14:paraId="372A7E9A" w14:textId="29A7476B" w:rsidR="007D7DDD" w:rsidRPr="007D7DDD" w:rsidRDefault="007D7DDD" w:rsidP="007D7DDD">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Complete this section to update the type of social housing</w:t>
+      </w:r>
+      <w:r w:rsidR="000513AC">
+        <w:t xml:space="preserve"> you want to apply for.</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0E1A">
+        <w:t xml:space="preserve"> If you don’t want to change your options, skip to the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="Declaration" w:history="1">
+        <w:r w:rsidR="003D0E1A" w:rsidRPr="00762990">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>next section.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2F227C60" w14:textId="77777777" w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w:rsidRDefault="00FF2C32" w:rsidP="00FF2C32">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D6BB9">
+        <w:t>What type of social housing are you applying for?</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Select one)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="6232" w:type="dxa"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="What type of social housing are you appying for? Mark with X"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4248"/>
+        <w:gridCol w:w="1984"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w14:paraId="72ECFC0E" w14:textId="77777777" w:rsidTr="00652AB2">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="590A4B1C" w14:textId="77777777" w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w:rsidRDefault="00FF2C32" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6BB9">
+              <w:t>Type of housing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AF06203" w14:textId="77777777" w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w:rsidRDefault="00FF2C32" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6BB9">
+              <w:t>Mark with an ‘X’</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w14:paraId="37BB5131" w14:textId="77777777" w:rsidTr="00652AB2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="088EA5BE" w14:textId="77777777" w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w:rsidRDefault="00FF2C32" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6BB9">
+              <w:t>Community and public housing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="637918DA" w14:textId="77777777" w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w:rsidRDefault="00FF2C32" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w14:paraId="661FBB51" w14:textId="77777777" w:rsidTr="00652AB2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28269128" w14:textId="77777777" w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w:rsidRDefault="00FF2C32" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6BB9">
+              <w:t>Public housing only</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A9B6287" w14:textId="77777777" w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w:rsidRDefault="00FF2C32" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w14:paraId="752E37AC" w14:textId="77777777" w:rsidTr="00652AB2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A62104E" w14:textId="77777777" w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w:rsidRDefault="00FF2C32" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6BB9">
+              <w:t>Community housing only</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F18602B" w14:textId="77777777" w:rsidR="00FF2C32" w:rsidRPr="006D6BB9" w:rsidRDefault="00FF2C32" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="76CFED46" w14:textId="77777777" w:rsidR="007D7DDD" w:rsidRPr="00460ACF" w:rsidRDefault="007D7DDD" w:rsidP="007D7DDD">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="BodyChar"/>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D6BB9">
+        <w:t xml:space="preserve">Are you interested in any of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>these</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D6BB9">
+        <w:t xml:space="preserve"> types of community housing?</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="_Hlk164766212"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8019" w:type="dxa"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Are you interested in any community housing types?"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6099"/>
+        <w:gridCol w:w="1920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w14:paraId="2A9049A7" w14:textId="77777777" w:rsidTr="00652AB2">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w14:paraId="21CE8A7F" w14:textId="77777777" w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w:rsidRDefault="007D7DDD" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6BB9">
+              <w:t>Type of housing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BA3EB8D" w14:textId="77777777" w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w:rsidRDefault="007D7DDD" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6BB9">
+              <w:t>Mark with an ‘X’</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w14:paraId="1A42E1A9" w14:textId="77777777" w:rsidTr="00652AB2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C6665CE" w14:textId="77777777" w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w:rsidRDefault="007D7DDD" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6BB9">
+              <w:t>Community-managed rooming house</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (self-contained facilities)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F5C7D61" w14:textId="77777777" w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w:rsidRDefault="007D7DDD" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w14:paraId="51877C47" w14:textId="77777777" w:rsidTr="00652AB2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12D7C7C5" w14:textId="77777777" w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w:rsidRDefault="007D7DDD" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6BB9">
+              <w:t>Community-managed rooming house</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (shared facilities)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B178CF5" w14:textId="77777777" w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w:rsidRDefault="007D7DDD" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w14:paraId="26920F7B" w14:textId="77777777" w:rsidTr="00652AB2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55B79193" w14:textId="77777777" w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w:rsidRDefault="007D7DDD" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6BB9">
+              <w:t>Aboriginal housing</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> provider</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E588FD0" w14:textId="77777777" w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w:rsidRDefault="007D7DDD" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w14:paraId="181375F5" w14:textId="77777777" w:rsidTr="00652AB2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C68B155" w14:textId="77777777" w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w:rsidRDefault="007D7DDD" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6BB9">
+              <w:t>Rental co-operative</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6767E6F0" w14:textId="77777777" w:rsidR="007D7DDD" w:rsidRPr="006D6BB9" w:rsidRDefault="007D7DDD" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1ACC88AF" w14:textId="77777777" w:rsidR="008C1D82" w:rsidRPr="00040960" w:rsidRDefault="008C1D82" w:rsidP="008C1D82">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc206571379"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc216450630"/>
+      <w:bookmarkStart w:id="15" w:name="Declaration"/>
+      <w:r w:rsidRPr="00040960">
+        <w:t>Declaration, acknowledgement and consent</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w14:paraId="0E1F4614" w14:textId="6C43F6AC" w:rsidR="006B6DF3" w:rsidRDefault="006B6DF3" w:rsidP="006B6DF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>I declare that all the information provided in this form is true and correct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D01C65" w14:textId="77777777" w:rsidR="006B6DF3" w:rsidRDefault="006B6DF3" w:rsidP="006B6DF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">I acknowledge that I must advise the Department of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41D75">
+        <w:t xml:space="preserve">Families, Fairness and Housing </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(the department) if my circumstances change and to update the department with any details that are relevant to my application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35EAA0A1" w14:textId="6AE64EC0" w:rsidR="0065728B" w:rsidRPr="00040960" w:rsidRDefault="0065728B" w:rsidP="008F4DF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="18" w:space="1" w:color="C00000"/>
+          <w:left w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="C00000"/>
+          <w:right w:val="single" w:sz="18" w:space="4" w:color="C00000"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040960">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00652B96">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>arning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040960">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040960">
+        <w:t xml:space="preserve"> If you wilfully give information that is untrue in any particular in this application, you may be liable to penalties under section 40 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040960">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+        </w:rPr>
+        <w:t>Housing Act 1983 (Vic).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Mark with X that you have completed all applicable areas of the form; attached all relevant documents; if you are being supported, your support worker has completed Section E"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7825"/>
+        <w:gridCol w:w="1951"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0065728B" w:rsidRPr="00645813" w14:paraId="1E447BBA" w14:textId="77777777" w:rsidTr="00652AB2">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="052107E6" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002445CE">
+              <w:t>By completing this form, I have</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F38BA00" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002445CE">
+              <w:t>Mark with an ‘X’</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0065728B" w:rsidRPr="00645813" w14:paraId="132AB9CA" w14:textId="77777777" w:rsidTr="00652AB2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="444B4D5C" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002445CE">
+              <w:t>Completed all applicable areas of the form</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E3A481" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0065728B" w:rsidRPr="00645813" w14:paraId="2467CECC" w14:textId="77777777" w:rsidTr="00652AB2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F3BD98" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002445CE">
+              <w:t>Attached all relevant documents indicated as required</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BD3A07" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3D75410D" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="00645813" w:rsidRDefault="0065728B" w:rsidP="0065728B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblDescription w:val="Mark with X that you have completed all applicable areas of the form; attached all relevant documents; if you are being supported, your support worker has completed Section E"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3539"/>
+        <w:gridCol w:w="6237"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0065728B" w:rsidRPr="00645813" w14:paraId="3CB29AEA" w14:textId="77777777" w:rsidTr="00E156B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="564D5A80" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002445CE">
+              <w:t>Required information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7095C4FA" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002445CE">
+              <w:t>Your answer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0065728B" w:rsidRPr="00645813" w14:paraId="1421E720" w14:textId="77777777" w:rsidTr="00E156B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AEDD2A8" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002445CE">
+              <w:t>Full name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B75419" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0065728B" w:rsidRPr="00645813" w14:paraId="09A476E3" w14:textId="77777777" w:rsidTr="00E156B6">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="851"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73AC7843" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002445CE">
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8E8C2D" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0065728B" w:rsidRPr="00DD6B28" w14:paraId="7B7447D5" w14:textId="77777777" w:rsidTr="00E156B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0571A275" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002445CE">
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73721A9F" w14:textId="77777777" w:rsidR="0065728B" w:rsidRPr="002445CE" w:rsidRDefault="0065728B" w:rsidP="00652AB2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3806ACCB" w14:textId="3E583214" w:rsidR="00390DB3" w:rsidRPr="00877504" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc206571378"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc216450631"/>
+      <w:bookmarkStart w:id="18" w:name="Information_privacy"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc157676668"/>
+      <w:r w:rsidRPr="00877504">
+        <w:lastRenderedPageBreak/>
+        <w:t>Information privacy</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w14:paraId="731FC122" w14:textId="4EC30883" w:rsidR="00390DB3" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>We are committed to protecting the privacy of your personal information. Personal information is information that directly or indirectly identifies a person. We need to collect and handle your personal information to be able to process your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244129F1" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Our information privacy policy includes your household member’s information. Make sure they agree to you including their information on your application. You should have them review this form including this section, so they understand how we will use their information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F2CE4D" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>We will handle all the information you give us in keeping with the:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E15250" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>Privacy and Data Protection Act 2014</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1FA818" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>Health Records Act 2001.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B80832D" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRDefault="00390DB3" w:rsidP="00B948D5">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>If you are using other departmental programs, we may share some of your information with them to help us coordinate better services for you.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3522C0" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>We will use your information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D82EB94" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>for the purposes listed on these forms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12945FB7" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>to provide services to you</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6128A5E0" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>for purposes you consent to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F707DA1" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00B948D5">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>We will not use your information for any other purpose unless the law requires us to do so.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499081F9" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>You have a right to access your information under the:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D70A4B" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>Freedom of Information Act 1982, and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB2BB1C" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>Privacy and Data Protection Act 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C0EF2D" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00B948D5">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>For information about freedom of information requests:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A44832" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>call 1300 151 883, or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03727E82" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t xml:space="preserve">make an online FOI request at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00241F78">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://www.dffh.vic.gov.au/making-freedom-information-request</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6BFA9F" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00B948D5">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>For more information about privacy:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7A84D8" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t xml:space="preserve">see the department’s privacy policy at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00241F78">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://www.dffh.vic.gov.au/publications/privacy-policy</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="26473F91" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRPr="00241F78" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t xml:space="preserve">email the Feedback, External Oversight and Privacy unit </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00241F78">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>feedback@dffh.vic.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="165E6323" w14:textId="77777777" w:rsidR="00390DB3" w:rsidRDefault="00390DB3" w:rsidP="00390DB3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00241F78">
+        <w:t>call the department on 1300 884 706.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C245C33" w14:textId="77777777" w:rsidR="00F96B62" w:rsidRPr="006802CC" w:rsidRDefault="00F96B62" w:rsidP="00F96B62">
+      <w:pPr>
+        <w:pStyle w:val="Accessibilitypara"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96B62">
+        <w:t xml:space="preserve">To receive this publication in an accessible format email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:tooltip="mailto:policyandguidelines@homes.vic.gov.au" w:history="1">
+        <w:r w:rsidRPr="006802CC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>PolicyAndGuidelines@homes.vic.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="161948BF" w14:textId="7330D908" w:rsidR="00AE5413" w:rsidRPr="008F00E4" w:rsidRDefault="00AE5413" w:rsidP="00F96B62">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F00E4">
+        <w:t>Authorised and published by the Victorian Government, 1 Treasury Place, Melbourne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63088859" w14:textId="39CAB232" w:rsidR="00AE5413" w:rsidRPr="008F00E4" w:rsidRDefault="00AE5413" w:rsidP="004D4C46">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F00E4">
+        <w:t xml:space="preserve">© State of Victoria, Australia, Department of Families, Fairness and Housing, </w:t>
+      </w:r>
+      <w:r w:rsidR="0092139B">
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00B948D5">
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F00E4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9CF6F5" w14:textId="54597012" w:rsidR="008519EC" w:rsidRPr="008A74A4" w:rsidRDefault="00AE5413" w:rsidP="004D4C46">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F00E4">
+        <w:t xml:space="preserve">Available at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="00993DE7" w:rsidRPr="0047283D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Forms &amp; Guides on Housing.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F00E4">
         <w:t xml:space="preserve"> https://www.housing.vic.gov.au/about/forms-guides</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId27"/>
+    <w:sectPr w:rsidR="008519EC" w:rsidRPr="008A74A4" w:rsidSect="0075340E">
+      <w:footerReference w:type="even" r:id="rId30"/>
+      <w:footerReference w:type="default" r:id="rId31"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="851" w:left="851" w:header="680" w:footer="336" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="851" w:left="851" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="030C73F0" w14:textId="77777777" w:rsidR="009632D9" w:rsidRDefault="009632D9">
+    <w:p w14:paraId="6306241B" w14:textId="77777777" w:rsidR="003A0359" w:rsidRDefault="003A0359">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC86740" w14:textId="77777777" w:rsidR="009632D9" w:rsidRDefault="009632D9"/>
+    <w:p w14:paraId="7DA418E4" w14:textId="77777777" w:rsidR="003A0359" w:rsidRDefault="003A0359"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75BAE58C" w14:textId="77777777" w:rsidR="009632D9" w:rsidRDefault="009632D9">
+    <w:p w14:paraId="2C6F9AB1" w14:textId="77777777" w:rsidR="003A0359" w:rsidRDefault="003A0359">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E053009" w14:textId="77777777" w:rsidR="009632D9" w:rsidRDefault="009632D9"/>
+    <w:p w14:paraId="508E5044" w14:textId="77777777" w:rsidR="003A0359" w:rsidRDefault="003A0359"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
+    <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1001AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue-Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLTCom-It">
@@ -3706,51 +3418,51 @@
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E87F914" w14:textId="23F767BF" w:rsidR="006110DA" w:rsidRDefault="00F743AA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="1" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6553D070" wp14:editId="5529BD77">
               <wp:simplePos x="0" y="10189687"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="9" name="MSIPCM39c54546843379151cacc2fe" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3833,51 +3545,51 @@
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00F743AA">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="65F67A31" w14:textId="36970407" w:rsidR="00E261B3" w:rsidRDefault="00F743AA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5A82568F" wp14:editId="6EF3892B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="MSIPCM64bb48c89d0c2c121584efdf" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4014,349 +3726,101 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7534800" cy="1083600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...146 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68D5965A" w14:textId="77777777" w:rsidR="008519EC" w:rsidRDefault="008519EC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
       <w:t>Change of application details form</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="464BF8EA" w14:textId="05AC9EB9" w:rsidR="008519EC" w:rsidRPr="00CE1AF3" w:rsidRDefault="00F743AA" w:rsidP="00CE1AF3">
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="464BF8EA" w14:textId="62C83FB7" w:rsidR="008519EC" w:rsidRPr="00CE1AF3" w:rsidRDefault="00CE1AF3" w:rsidP="00CE1AF3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="4A51E3EA" wp14:editId="64F73888">
-[...100 lines deleted...]
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="749B2EA2" wp14:editId="73E9C76E">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="749B2EA2" wp14:editId="374146C4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3339548</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10263809</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="755374" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="6985" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1081944444" name="Text Box 1081944444" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
@@ -4389,165 +3853,174 @@
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="749B2EA2" id="Text Box 1081944444" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:262.95pt;margin-top:808.15pt;width:59.5pt;height:34.95pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC43nmBEQIAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bapO2MOEXWIsOA&#10;oC2QFj0rshQbsEWNUmJnXz9KjpOu3WnYRaZJ6pF8fJrddk3N9gpdBSbn41HKmTISispsc/7yvPxy&#10;w5nzwhSiBqNyflCO384/f5q1NlMXUEJdKGQEYlzW2pyX3tssSZwsVSPcCKwyFNSAjfD0i9ukQNES&#10;elMnF2l6lbSAhUWQyjny3vdBPo/4WivpH7V2yrM659SbjyfGcxPOZD4T2RaFLSt5bEP8QxeNqAwV&#10;PUHdCy/YDqsPUE0lERxoP5LQJKB1JVWcgaYZp++mWZfCqjgLkePsiSb3/2Dlw35tn5D57ht0tMBA&#10;SGtd5sgZ5uk0NuFLnTKKE4WHE22q80yS83o6vbyecCYpNJlc3lxNA0pyvmzR+e8KGhaMnCNtJZIl&#10;9ivn+9QhJdQysKzqOm6mNn84CDN4knOHwfLdpmNVQY0M3W+gONBQCP2+nZXLikqvhPNPAmnBNAeJ&#10;1j/SoWtocw5Hi7MS8Nff/CGfeKcoZy0JJufu506g4qz+YWgjQV2DgYOxicb4azpNKW52zR2QEMf0&#10;JqyMJnnR14OpEZpXEvQilKKQMJIK5nwzmHe+1y49CKkWi5hEQrLCr8zaygAdCAtsPnevAu2Rck+7&#10;eoBBTyJ7x3yfG246u9h54j+uJZDbU3nknEQYF3t8MEHlb/9j1vlZz38DAAD//wMAUEsDBBQABgAI&#10;AAAAIQBGdaE14gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcEHUaGlNC&#10;nAqhcIEDELj05sZLEuGfKHba0Kdne4LjznyanSk2szVsj2PovZOwXCTA0DVe966V8PnxdL0GFqJy&#10;WhnvUMIPBtiU52eFyrU/uHfc17FlFOJCriR0MQ4556Hp0Kqw8AM68r78aFWkc2y5HtWBwq3haZII&#10;blXv6EOnBnzssPmuJyuBz2ltts94W1296mp6ezlm2+oo5eXF/HAPLOIc/2A41afqUFKnnZ+cDsxI&#10;yNLsjlAyxFLcACNErFYk7U7SWqTAy4L/X1H+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ALjeeYERAgAAHgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEZ1oTXiAAAADQEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shapetype w14:anchorId="749B2EA2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1081944444" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:262.95pt;margin-top:808.15pt;width:59.5pt;height:34.95pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqS1FJEgIAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSpO2MOEXWIsOA&#10;oC2QDj0rshwbkEWNUmJnXz9KjpOu22nYRaZJ6pF8fJrfdY1mB4WuBpPz8SjlTBkJRW12Of/+svp0&#10;y5nzwhRCg1E5PyrH7xYfP8xbm6kJVKALhYxAjMtam/PKe5sliZOVaoQbgVWGgiVgIzz94i4pULSE&#10;3uhkkqbXSQtYWASpnCPvQx/ki4hflkr6p7J0yjOdc+rNxxPjuQ1nspiLbIfCVrU8tSH+oYtG1IaK&#10;nqEehBdsj/UfUE0tERyUfiShSaAsa6niDDTNOH03zaYSVsVZiBxnzzS5/wcrHw8b+4zMd1+gowUG&#10;QlrrMkfOME9XYhO+1CmjOFF4PNOmOs8kOW9ms6ubKWeSQtPp1e31LKAkl8sWnf+qoGHByDnSViJZ&#10;4rB2vk8dUkItA6ta67gZbX5zEGbwJJcOg+W7bcfqIueTofstFEcaCqHft7NyVVPptXD+WSAtmOYg&#10;0fonOkoNbc7hZHFWAf78mz/kE+8U5awlweTc/dgLVJzpb4Y2EtQ1GDgY22iMP6ezlOJm39wDCXFM&#10;b8LKaJIXvR7MEqF5JUEvQykKCSOpYM63g3nve+3Sg5BquYxJJCQr/NpsrAzQgbDA5kv3KtCeKPe0&#10;q0cY9CSyd8z3ueGms8u9J/7jWgK5PZUnzkmEcbGnBxNU/vY/Zl2e9eIXAAAA//8DAFBLAwQUAAYA&#10;CAAAACEARnWhNeIAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXBB1GhpT&#10;QpwKoXCBAxC49ObGSxLhnyh22tCnZ3uC4858mp0pNrM1bI9j6L2TsFwkwNA1XveulfD58XS9Bhai&#10;cloZ71DCDwbYlOdnhcq1P7h33NexZRTiQq4kdDEOOeeh6dCqsPADOvK+/GhVpHNsuR7VgcKt4WmS&#10;CG5V7+hDpwZ87LD5ricrgc9pbbbPeFtdvepqens5ZtvqKOXlxfxwDyziHP9gONWn6lBSp52fnA7M&#10;SMjS7I5QMsRS3AAjRKxWJO1O0lqkwMuC/19R/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAqS1FJEgIAAB4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBGdaE14gAAAA0BAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="6EC34A7A" w14:textId="77777777" w:rsidR="00CE1AF3" w:rsidRPr="006110DA" w:rsidRDefault="00CE1AF3" w:rsidP="00CE1AF3">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="006110DA">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B527876" w14:textId="77777777" w:rsidR="009632D9" w:rsidRDefault="009632D9" w:rsidP="00207717">
+    <w:p w14:paraId="1ACE34DD" w14:textId="77777777" w:rsidR="003A0359" w:rsidRDefault="003A0359" w:rsidP="00207717">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31A6EDF0" w14:textId="77777777" w:rsidR="009632D9" w:rsidRDefault="009632D9">
+    <w:p w14:paraId="5C39AA59" w14:textId="77777777" w:rsidR="003A0359" w:rsidRDefault="003A0359">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C02F08B" w14:textId="77777777" w:rsidR="009632D9" w:rsidRDefault="009632D9"/>
+    <w:p w14:paraId="2B48F312" w14:textId="77777777" w:rsidR="003A0359" w:rsidRDefault="003A0359"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="01FD96D1" w14:textId="1C952334" w:rsidR="00E261B3" w:rsidRPr="0051568D" w:rsidRDefault="008519EC" w:rsidP="0017674D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="50C63562" w14:textId="4373CBF6" w:rsidR="00975588" w:rsidRDefault="00975588" w:rsidP="00975588">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
-      <w:t>Change of application details form</w:t>
+      <w:t xml:space="preserve">Victorian Housing Register change of application details </w:t>
     </w:r>
-    <w:r w:rsidR="00AE5413">
-      <w:t xml:space="preserve"> </w:t>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:t>form</w:t>
     </w:r>
-    <w:r w:rsidR="00AE5413" w:rsidRPr="00AE5413">
-[...2 lines deleted...]
-    <w:r w:rsidR="00B14B5F">
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
+    <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
+    <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
+    <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
-      <w:rPr>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00B14B5F" w:rsidRPr="00DE6C85">
+    <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="706E596B" w14:textId="1243E591" w:rsidR="00BC271A" w:rsidRDefault="00BC271A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9B685C78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D2A8F2FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -5151,50 +4624,190 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A8D2B84"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4254120A"/>
+    <w:lvl w:ilvl="0" w:tplc="68201242">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B438405C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6D7472FE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="073C066C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A7828FDE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E54E80B2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C974177C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="69B23376" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B2E0DCF2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37B96CDA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC905FE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5283,51 +4896,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E6C68D4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B4525A8A"/>
     <w:styleLink w:val="ZZNumbersdigit"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numberdigit"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numberdigitindent"/>
       <w:lvlText w:val="%2."/>
@@ -5418,51 +5031,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EC54A41"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EA56950A"/>
     <w:styleLink w:val="ZZNumberslowerroman"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:pStyle w:val="Numberlowerroman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:pStyle w:val="Numberlowerromanindent"/>
       <w:lvlText w:val="(%2)"/>
@@ -5547,51 +5160,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49E050DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD40D03A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5660,51 +5273,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="541611C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CE309CD8"/>
     <w:styleLink w:val="ZZTablebullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Tablebullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Tablebullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5787,51 +5400,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54BA1E5A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94EEF5CE"/>
     <w:styleLink w:val="ZZBullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Bullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5911,51 +5524,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6309259F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60E46E98"/>
     <w:styleLink w:val="ZZQuotebullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Quotebullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Quotebullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
@@ -6037,51 +5650,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66B20FA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE704FD8"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6150,51 +5763,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AC262D6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B38817FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="794" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1191" w:hanging="397"/>
       </w:pPr>
@@ -6273,51 +5886,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77485834"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B2EAC32"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6386,51 +5999,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79255E49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7748BF6"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6503,372 +6116,372 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="946077977">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="444155196">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1428959119">
     <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1593663002">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="354816829">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="914707738">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1351762598">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1637103870">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="659816905">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1637103870">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="10" w16cid:durableId="1378314082">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="656567486">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1382288849">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="893540315">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1056851173">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2012826534">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1187018096">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2140492028">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1905978">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="917593800">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
@@ -6893,1360 +6506,1487 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1473908910">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1190679992">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="110563579">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1719622919">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1016420126">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="357197860">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="266811829">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1123186476">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1301883985">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="456527554">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1124539664">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1236159756">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="769278066">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1226525689">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1032150466">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1361012485">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="984236314">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="244341829">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="673142417">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="991832570">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="782918376">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1539010021">
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="60"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C04F42"/>
     <w:rsid w:val="00000719"/>
     <w:rsid w:val="00000AAB"/>
     <w:rsid w:val="00002D68"/>
     <w:rsid w:val="00003403"/>
     <w:rsid w:val="00004475"/>
     <w:rsid w:val="00005347"/>
     <w:rsid w:val="000072B6"/>
     <w:rsid w:val="0001021B"/>
     <w:rsid w:val="00011D89"/>
     <w:rsid w:val="000136DE"/>
     <w:rsid w:val="000154FD"/>
     <w:rsid w:val="00022271"/>
     <w:rsid w:val="000235E8"/>
     <w:rsid w:val="00024D89"/>
     <w:rsid w:val="000250B6"/>
+    <w:rsid w:val="00032BBE"/>
     <w:rsid w:val="00033D81"/>
     <w:rsid w:val="00037366"/>
     <w:rsid w:val="00041BF0"/>
     <w:rsid w:val="00041C22"/>
     <w:rsid w:val="00042C8A"/>
+    <w:rsid w:val="0004390C"/>
     <w:rsid w:val="0004536B"/>
     <w:rsid w:val="00046B68"/>
+    <w:rsid w:val="000513AC"/>
     <w:rsid w:val="000527DD"/>
     <w:rsid w:val="000578B2"/>
     <w:rsid w:val="00060959"/>
     <w:rsid w:val="00060C8F"/>
     <w:rsid w:val="00061221"/>
     <w:rsid w:val="0006298A"/>
+    <w:rsid w:val="0006340B"/>
     <w:rsid w:val="000643BD"/>
     <w:rsid w:val="000663CD"/>
+    <w:rsid w:val="00072C7A"/>
     <w:rsid w:val="000733FE"/>
     <w:rsid w:val="00074219"/>
     <w:rsid w:val="00074ED5"/>
     <w:rsid w:val="0008508E"/>
     <w:rsid w:val="00086557"/>
     <w:rsid w:val="00087951"/>
     <w:rsid w:val="0009050A"/>
     <w:rsid w:val="0009113B"/>
     <w:rsid w:val="00093402"/>
     <w:rsid w:val="00094DA3"/>
+    <w:rsid w:val="00095C79"/>
     <w:rsid w:val="00096CD1"/>
     <w:rsid w:val="000A012C"/>
     <w:rsid w:val="000A0EB9"/>
     <w:rsid w:val="000A186C"/>
     <w:rsid w:val="000A1EA4"/>
     <w:rsid w:val="000A2476"/>
     <w:rsid w:val="000A641A"/>
     <w:rsid w:val="000B2117"/>
     <w:rsid w:val="000B3EDB"/>
     <w:rsid w:val="000B543D"/>
     <w:rsid w:val="000B55F9"/>
     <w:rsid w:val="000B5BF7"/>
     <w:rsid w:val="000B6BC8"/>
     <w:rsid w:val="000C0303"/>
     <w:rsid w:val="000C42EA"/>
     <w:rsid w:val="000C4546"/>
+    <w:rsid w:val="000C6B66"/>
     <w:rsid w:val="000D1242"/>
     <w:rsid w:val="000D73E6"/>
     <w:rsid w:val="000E0970"/>
     <w:rsid w:val="000E3CC7"/>
     <w:rsid w:val="000E6BD4"/>
     <w:rsid w:val="000E6D6D"/>
     <w:rsid w:val="000F1F1E"/>
     <w:rsid w:val="000F2259"/>
     <w:rsid w:val="000F2DDA"/>
     <w:rsid w:val="000F2EA0"/>
     <w:rsid w:val="000F5213"/>
     <w:rsid w:val="000F7C7E"/>
     <w:rsid w:val="00101001"/>
     <w:rsid w:val="00103276"/>
     <w:rsid w:val="0010392D"/>
     <w:rsid w:val="0010447F"/>
     <w:rsid w:val="00104FE3"/>
     <w:rsid w:val="00105291"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="001120C5"/>
     <w:rsid w:val="00120BD3"/>
     <w:rsid w:val="00122FEA"/>
     <w:rsid w:val="001232BD"/>
     <w:rsid w:val="00124ED5"/>
     <w:rsid w:val="001276FA"/>
     <w:rsid w:val="00136B65"/>
+    <w:rsid w:val="001410BE"/>
     <w:rsid w:val="001447B3"/>
     <w:rsid w:val="00152073"/>
     <w:rsid w:val="001543B3"/>
     <w:rsid w:val="00156598"/>
     <w:rsid w:val="0016037B"/>
     <w:rsid w:val="00161939"/>
     <w:rsid w:val="00161AA0"/>
     <w:rsid w:val="00161D2E"/>
     <w:rsid w:val="00161F3E"/>
     <w:rsid w:val="00162093"/>
     <w:rsid w:val="00162CA9"/>
+    <w:rsid w:val="00163BAE"/>
     <w:rsid w:val="00165459"/>
     <w:rsid w:val="00165A57"/>
     <w:rsid w:val="001712C2"/>
     <w:rsid w:val="00172BAF"/>
+    <w:rsid w:val="0017384E"/>
     <w:rsid w:val="0017674D"/>
     <w:rsid w:val="001771DD"/>
     <w:rsid w:val="00177995"/>
     <w:rsid w:val="00177A8C"/>
+    <w:rsid w:val="00184850"/>
+    <w:rsid w:val="00185C70"/>
     <w:rsid w:val="00186B33"/>
     <w:rsid w:val="00192F9D"/>
     <w:rsid w:val="00196AB1"/>
+    <w:rsid w:val="00196AFD"/>
     <w:rsid w:val="00196EB8"/>
     <w:rsid w:val="00196EFB"/>
     <w:rsid w:val="001979FF"/>
     <w:rsid w:val="00197B17"/>
     <w:rsid w:val="00197F15"/>
     <w:rsid w:val="001A1950"/>
     <w:rsid w:val="001A1C54"/>
     <w:rsid w:val="001A202A"/>
     <w:rsid w:val="001A3ACE"/>
     <w:rsid w:val="001A5B87"/>
+    <w:rsid w:val="001B04E1"/>
     <w:rsid w:val="001B058F"/>
     <w:rsid w:val="001B6B96"/>
     <w:rsid w:val="001B7228"/>
     <w:rsid w:val="001B738B"/>
     <w:rsid w:val="001C09DB"/>
     <w:rsid w:val="001C277E"/>
     <w:rsid w:val="001C2A72"/>
     <w:rsid w:val="001C31B7"/>
     <w:rsid w:val="001D0B75"/>
+    <w:rsid w:val="001D3845"/>
     <w:rsid w:val="001D39A5"/>
     <w:rsid w:val="001D3C09"/>
     <w:rsid w:val="001D44E8"/>
     <w:rsid w:val="001D60EC"/>
     <w:rsid w:val="001D6F59"/>
     <w:rsid w:val="001E44DF"/>
     <w:rsid w:val="001E68A5"/>
     <w:rsid w:val="001E6BB0"/>
     <w:rsid w:val="001E6BFA"/>
     <w:rsid w:val="001E7282"/>
+    <w:rsid w:val="001F133C"/>
     <w:rsid w:val="001F3826"/>
     <w:rsid w:val="001F6E46"/>
     <w:rsid w:val="001F7C91"/>
     <w:rsid w:val="002033B7"/>
+    <w:rsid w:val="00204132"/>
     <w:rsid w:val="00206463"/>
     <w:rsid w:val="00206F2F"/>
     <w:rsid w:val="00207717"/>
     <w:rsid w:val="0021053D"/>
     <w:rsid w:val="00210A92"/>
     <w:rsid w:val="00216C03"/>
     <w:rsid w:val="00220C04"/>
     <w:rsid w:val="0022278D"/>
     <w:rsid w:val="0022701F"/>
     <w:rsid w:val="00227C68"/>
     <w:rsid w:val="00233311"/>
     <w:rsid w:val="002333F5"/>
     <w:rsid w:val="00233724"/>
     <w:rsid w:val="002365B4"/>
     <w:rsid w:val="0024159D"/>
     <w:rsid w:val="00241EB4"/>
     <w:rsid w:val="00242378"/>
     <w:rsid w:val="002432E1"/>
     <w:rsid w:val="00246207"/>
     <w:rsid w:val="00246C5E"/>
     <w:rsid w:val="00250960"/>
     <w:rsid w:val="00250DC4"/>
     <w:rsid w:val="00251343"/>
     <w:rsid w:val="002519A1"/>
     <w:rsid w:val="002536A4"/>
     <w:rsid w:val="0025398C"/>
     <w:rsid w:val="00254F58"/>
+    <w:rsid w:val="0026037C"/>
     <w:rsid w:val="002620BC"/>
     <w:rsid w:val="00262802"/>
     <w:rsid w:val="00263A90"/>
     <w:rsid w:val="0026408B"/>
     <w:rsid w:val="00267C3E"/>
     <w:rsid w:val="002709BB"/>
+    <w:rsid w:val="002710F6"/>
     <w:rsid w:val="0027131C"/>
+    <w:rsid w:val="00271C4D"/>
     <w:rsid w:val="00273BAC"/>
     <w:rsid w:val="002763B3"/>
     <w:rsid w:val="002802E3"/>
     <w:rsid w:val="00280C4B"/>
     <w:rsid w:val="0028213D"/>
     <w:rsid w:val="002862F1"/>
     <w:rsid w:val="00291373"/>
     <w:rsid w:val="0029597D"/>
     <w:rsid w:val="002962C3"/>
     <w:rsid w:val="0029752B"/>
     <w:rsid w:val="002A0A9C"/>
     <w:rsid w:val="002A2D4F"/>
     <w:rsid w:val="002A483C"/>
     <w:rsid w:val="002B0C7C"/>
     <w:rsid w:val="002B1729"/>
     <w:rsid w:val="002B36C7"/>
     <w:rsid w:val="002B4DD4"/>
     <w:rsid w:val="002B5277"/>
     <w:rsid w:val="002B5375"/>
+    <w:rsid w:val="002B6DC1"/>
     <w:rsid w:val="002B77C1"/>
     <w:rsid w:val="002C0ED7"/>
     <w:rsid w:val="002C2728"/>
     <w:rsid w:val="002C678B"/>
+    <w:rsid w:val="002D0519"/>
     <w:rsid w:val="002D1E0D"/>
     <w:rsid w:val="002D5006"/>
     <w:rsid w:val="002E01D0"/>
     <w:rsid w:val="002E161D"/>
     <w:rsid w:val="002E3100"/>
     <w:rsid w:val="002E6C95"/>
     <w:rsid w:val="002E7C36"/>
     <w:rsid w:val="002F3ADF"/>
     <w:rsid w:val="002F3D32"/>
     <w:rsid w:val="002F5F31"/>
     <w:rsid w:val="002F5F46"/>
     <w:rsid w:val="00302216"/>
     <w:rsid w:val="00303E53"/>
     <w:rsid w:val="00305CC1"/>
     <w:rsid w:val="00306E5F"/>
     <w:rsid w:val="00307E14"/>
     <w:rsid w:val="00314054"/>
     <w:rsid w:val="00316F27"/>
     <w:rsid w:val="003214F1"/>
     <w:rsid w:val="00322E4B"/>
     <w:rsid w:val="0032515B"/>
     <w:rsid w:val="003252EE"/>
     <w:rsid w:val="00327870"/>
     <w:rsid w:val="0033259D"/>
     <w:rsid w:val="003333D2"/>
     <w:rsid w:val="00334E20"/>
+    <w:rsid w:val="00336283"/>
     <w:rsid w:val="00337339"/>
     <w:rsid w:val="003406C6"/>
     <w:rsid w:val="003418CC"/>
     <w:rsid w:val="003459BD"/>
     <w:rsid w:val="00350BE9"/>
     <w:rsid w:val="00350D38"/>
     <w:rsid w:val="00351405"/>
     <w:rsid w:val="00351B36"/>
     <w:rsid w:val="00357B4E"/>
     <w:rsid w:val="00366E64"/>
     <w:rsid w:val="003716FD"/>
     <w:rsid w:val="0037204B"/>
     <w:rsid w:val="003744CF"/>
     <w:rsid w:val="00374717"/>
     <w:rsid w:val="0037676C"/>
     <w:rsid w:val="00377A1A"/>
     <w:rsid w:val="00381043"/>
     <w:rsid w:val="003829E5"/>
     <w:rsid w:val="00386109"/>
     <w:rsid w:val="00386944"/>
+    <w:rsid w:val="00390DB3"/>
     <w:rsid w:val="003956CC"/>
     <w:rsid w:val="00395C9A"/>
+    <w:rsid w:val="00396F1D"/>
+    <w:rsid w:val="003A0359"/>
     <w:rsid w:val="003A04E1"/>
     <w:rsid w:val="003A0853"/>
     <w:rsid w:val="003A5CD7"/>
     <w:rsid w:val="003A6B67"/>
     <w:rsid w:val="003B13B6"/>
     <w:rsid w:val="003B14C3"/>
     <w:rsid w:val="003B15E6"/>
     <w:rsid w:val="003B1BDC"/>
     <w:rsid w:val="003B408A"/>
     <w:rsid w:val="003C08A2"/>
     <w:rsid w:val="003C2045"/>
     <w:rsid w:val="003C43A1"/>
     <w:rsid w:val="003C4FC0"/>
     <w:rsid w:val="003C55F4"/>
     <w:rsid w:val="003C7897"/>
     <w:rsid w:val="003C7A3F"/>
+    <w:rsid w:val="003D0E1A"/>
+    <w:rsid w:val="003D10E2"/>
     <w:rsid w:val="003D2766"/>
     <w:rsid w:val="003D2A74"/>
     <w:rsid w:val="003D3E8F"/>
     <w:rsid w:val="003D6475"/>
     <w:rsid w:val="003D6EE6"/>
     <w:rsid w:val="003D7000"/>
     <w:rsid w:val="003D7E30"/>
     <w:rsid w:val="003E375C"/>
     <w:rsid w:val="003E4086"/>
+    <w:rsid w:val="003E550B"/>
     <w:rsid w:val="003E639E"/>
     <w:rsid w:val="003E71E5"/>
     <w:rsid w:val="003F0445"/>
     <w:rsid w:val="003F0CF0"/>
     <w:rsid w:val="003F14B1"/>
     <w:rsid w:val="003F2B20"/>
     <w:rsid w:val="003F3289"/>
     <w:rsid w:val="003F3C62"/>
     <w:rsid w:val="003F5CB9"/>
     <w:rsid w:val="004013C7"/>
     <w:rsid w:val="00401FCF"/>
     <w:rsid w:val="00402F3F"/>
     <w:rsid w:val="00406157"/>
     <w:rsid w:val="00406285"/>
+    <w:rsid w:val="00411D0F"/>
     <w:rsid w:val="004148F9"/>
     <w:rsid w:val="00417444"/>
     <w:rsid w:val="0042084E"/>
     <w:rsid w:val="00421EEF"/>
     <w:rsid w:val="00424D65"/>
     <w:rsid w:val="00430393"/>
     <w:rsid w:val="00430B8F"/>
     <w:rsid w:val="00431806"/>
     <w:rsid w:val="004350F9"/>
     <w:rsid w:val="00437AC5"/>
     <w:rsid w:val="00442C6C"/>
     <w:rsid w:val="00443CBE"/>
     <w:rsid w:val="00443E8A"/>
     <w:rsid w:val="004441BC"/>
     <w:rsid w:val="004468B4"/>
     <w:rsid w:val="0045230A"/>
     <w:rsid w:val="00454AD0"/>
+    <w:rsid w:val="00456E03"/>
     <w:rsid w:val="00457337"/>
     <w:rsid w:val="00462E3D"/>
     <w:rsid w:val="00463718"/>
     <w:rsid w:val="0046440A"/>
     <w:rsid w:val="00466E79"/>
     <w:rsid w:val="00470D7D"/>
     <w:rsid w:val="0047372D"/>
     <w:rsid w:val="00473BA3"/>
     <w:rsid w:val="004743DD"/>
     <w:rsid w:val="00474CEA"/>
     <w:rsid w:val="00483968"/>
     <w:rsid w:val="004841BE"/>
     <w:rsid w:val="00484F86"/>
     <w:rsid w:val="00490746"/>
     <w:rsid w:val="00490852"/>
     <w:rsid w:val="00491C9C"/>
     <w:rsid w:val="00492F30"/>
     <w:rsid w:val="004946F4"/>
     <w:rsid w:val="0049487E"/>
     <w:rsid w:val="00496E9C"/>
     <w:rsid w:val="004A160D"/>
     <w:rsid w:val="004A3E81"/>
     <w:rsid w:val="004A4195"/>
     <w:rsid w:val="004A5C62"/>
     <w:rsid w:val="004A5CE5"/>
     <w:rsid w:val="004A707D"/>
     <w:rsid w:val="004B4185"/>
+    <w:rsid w:val="004B4BBE"/>
+    <w:rsid w:val="004C187A"/>
+    <w:rsid w:val="004C47C5"/>
     <w:rsid w:val="004C5541"/>
+    <w:rsid w:val="004C6E92"/>
     <w:rsid w:val="004C6EEE"/>
     <w:rsid w:val="004C702B"/>
     <w:rsid w:val="004D0033"/>
     <w:rsid w:val="004D016B"/>
     <w:rsid w:val="004D1B22"/>
     <w:rsid w:val="004D23CC"/>
+    <w:rsid w:val="004D32DD"/>
     <w:rsid w:val="004D36F2"/>
+    <w:rsid w:val="004D4C46"/>
     <w:rsid w:val="004E1106"/>
     <w:rsid w:val="004E138F"/>
     <w:rsid w:val="004E4649"/>
     <w:rsid w:val="004E47B0"/>
     <w:rsid w:val="004E5C2B"/>
     <w:rsid w:val="004F00DD"/>
     <w:rsid w:val="004F2133"/>
     <w:rsid w:val="004F5398"/>
     <w:rsid w:val="004F55F1"/>
     <w:rsid w:val="004F6936"/>
     <w:rsid w:val="004F79CA"/>
     <w:rsid w:val="004F7B35"/>
     <w:rsid w:val="00503DC6"/>
     <w:rsid w:val="00506F5D"/>
     <w:rsid w:val="00510C37"/>
     <w:rsid w:val="005126D0"/>
     <w:rsid w:val="00513109"/>
     <w:rsid w:val="00514667"/>
     <w:rsid w:val="0051568D"/>
+    <w:rsid w:val="00516AC9"/>
     <w:rsid w:val="00524315"/>
     <w:rsid w:val="00526AC7"/>
     <w:rsid w:val="00526C15"/>
+    <w:rsid w:val="0053118C"/>
     <w:rsid w:val="00536499"/>
     <w:rsid w:val="00542A03"/>
     <w:rsid w:val="00543903"/>
     <w:rsid w:val="00543F11"/>
     <w:rsid w:val="00546305"/>
     <w:rsid w:val="00546E06"/>
     <w:rsid w:val="00547A95"/>
     <w:rsid w:val="00550F51"/>
     <w:rsid w:val="0055119B"/>
+    <w:rsid w:val="00551746"/>
     <w:rsid w:val="00561202"/>
     <w:rsid w:val="00572031"/>
     <w:rsid w:val="00572282"/>
     <w:rsid w:val="00573CE3"/>
     <w:rsid w:val="00576E84"/>
     <w:rsid w:val="00580394"/>
     <w:rsid w:val="005809CD"/>
     <w:rsid w:val="0058137F"/>
     <w:rsid w:val="00582B8C"/>
     <w:rsid w:val="005858CF"/>
     <w:rsid w:val="0058757E"/>
     <w:rsid w:val="00593A99"/>
     <w:rsid w:val="00596A4B"/>
     <w:rsid w:val="00597507"/>
     <w:rsid w:val="005A2AF8"/>
     <w:rsid w:val="005A479D"/>
     <w:rsid w:val="005A69CD"/>
     <w:rsid w:val="005B1C6D"/>
     <w:rsid w:val="005B21B6"/>
     <w:rsid w:val="005B3A08"/>
     <w:rsid w:val="005B3EB8"/>
+    <w:rsid w:val="005B6FED"/>
     <w:rsid w:val="005B7A63"/>
     <w:rsid w:val="005C0955"/>
+    <w:rsid w:val="005C3854"/>
     <w:rsid w:val="005C49DA"/>
     <w:rsid w:val="005C50F3"/>
     <w:rsid w:val="005C51B9"/>
     <w:rsid w:val="005C54B5"/>
     <w:rsid w:val="005C5D80"/>
     <w:rsid w:val="005C5D91"/>
     <w:rsid w:val="005C7E37"/>
     <w:rsid w:val="005D07B8"/>
     <w:rsid w:val="005D1125"/>
     <w:rsid w:val="005D6597"/>
     <w:rsid w:val="005E14E7"/>
     <w:rsid w:val="005E26A3"/>
     <w:rsid w:val="005E2ECB"/>
     <w:rsid w:val="005E447E"/>
     <w:rsid w:val="005E4FD1"/>
     <w:rsid w:val="005F0775"/>
     <w:rsid w:val="005F0CF5"/>
     <w:rsid w:val="005F21EB"/>
     <w:rsid w:val="005F4EDE"/>
+    <w:rsid w:val="005F620E"/>
     <w:rsid w:val="005F64CF"/>
     <w:rsid w:val="0060327E"/>
     <w:rsid w:val="006041AD"/>
     <w:rsid w:val="00605908"/>
     <w:rsid w:val="00607850"/>
     <w:rsid w:val="00610D7C"/>
     <w:rsid w:val="006110DA"/>
     <w:rsid w:val="00613414"/>
+    <w:rsid w:val="0061447B"/>
     <w:rsid w:val="00616D16"/>
     <w:rsid w:val="00620154"/>
     <w:rsid w:val="0062408D"/>
     <w:rsid w:val="006240CC"/>
     <w:rsid w:val="00624940"/>
     <w:rsid w:val="006254F8"/>
+    <w:rsid w:val="00625D69"/>
     <w:rsid w:val="00627DA7"/>
     <w:rsid w:val="006303D2"/>
     <w:rsid w:val="00630DA4"/>
     <w:rsid w:val="00631CD4"/>
     <w:rsid w:val="00632597"/>
+    <w:rsid w:val="00634335"/>
     <w:rsid w:val="00634D13"/>
     <w:rsid w:val="006358B4"/>
     <w:rsid w:val="00641724"/>
     <w:rsid w:val="006419AA"/>
     <w:rsid w:val="00644B1F"/>
     <w:rsid w:val="00644B7E"/>
     <w:rsid w:val="006454E6"/>
     <w:rsid w:val="00646235"/>
     <w:rsid w:val="00646A68"/>
     <w:rsid w:val="006505BD"/>
     <w:rsid w:val="006508EA"/>
     <w:rsid w:val="0065092E"/>
+    <w:rsid w:val="00652B96"/>
     <w:rsid w:val="006557A7"/>
     <w:rsid w:val="00656290"/>
+    <w:rsid w:val="0065728B"/>
     <w:rsid w:val="006601C9"/>
     <w:rsid w:val="0066076C"/>
     <w:rsid w:val="006608D8"/>
     <w:rsid w:val="006621D7"/>
     <w:rsid w:val="0066302A"/>
+    <w:rsid w:val="006657A5"/>
     <w:rsid w:val="00667770"/>
     <w:rsid w:val="00670597"/>
     <w:rsid w:val="006706D0"/>
+    <w:rsid w:val="00674593"/>
     <w:rsid w:val="00674BA0"/>
     <w:rsid w:val="00677574"/>
+    <w:rsid w:val="006802CC"/>
     <w:rsid w:val="00683878"/>
     <w:rsid w:val="0068454C"/>
     <w:rsid w:val="00691B62"/>
     <w:rsid w:val="006933B5"/>
     <w:rsid w:val="00693D14"/>
     <w:rsid w:val="00695A93"/>
     <w:rsid w:val="00696F27"/>
     <w:rsid w:val="006A18C2"/>
+    <w:rsid w:val="006A1A74"/>
     <w:rsid w:val="006A3383"/>
+    <w:rsid w:val="006A74BF"/>
     <w:rsid w:val="006B077C"/>
     <w:rsid w:val="006B16AF"/>
     <w:rsid w:val="006B4692"/>
     <w:rsid w:val="006B66B3"/>
     <w:rsid w:val="006B6803"/>
     <w:rsid w:val="006B6DF3"/>
     <w:rsid w:val="006D0F16"/>
     <w:rsid w:val="006D2A3F"/>
     <w:rsid w:val="006D2FBC"/>
+    <w:rsid w:val="006D4661"/>
     <w:rsid w:val="006E0A10"/>
     <w:rsid w:val="006E138B"/>
     <w:rsid w:val="006E1867"/>
+    <w:rsid w:val="006E46AE"/>
+    <w:rsid w:val="006E6F41"/>
     <w:rsid w:val="006F0330"/>
     <w:rsid w:val="006F1FDC"/>
+    <w:rsid w:val="006F5A88"/>
     <w:rsid w:val="006F6B8C"/>
     <w:rsid w:val="007013EF"/>
     <w:rsid w:val="007055BD"/>
     <w:rsid w:val="007173CA"/>
     <w:rsid w:val="00720031"/>
     <w:rsid w:val="00720A3A"/>
     <w:rsid w:val="007216AA"/>
     <w:rsid w:val="00721AB5"/>
     <w:rsid w:val="00721CFB"/>
     <w:rsid w:val="00721DEF"/>
     <w:rsid w:val="00724A43"/>
     <w:rsid w:val="007273AC"/>
     <w:rsid w:val="00731AD4"/>
     <w:rsid w:val="007346E4"/>
     <w:rsid w:val="00740F22"/>
     <w:rsid w:val="00741977"/>
     <w:rsid w:val="00741CF0"/>
     <w:rsid w:val="00741F1A"/>
     <w:rsid w:val="00743A2C"/>
     <w:rsid w:val="007447DA"/>
     <w:rsid w:val="007450F8"/>
     <w:rsid w:val="0074696E"/>
     <w:rsid w:val="00750135"/>
     <w:rsid w:val="00750EC2"/>
     <w:rsid w:val="00752B28"/>
+    <w:rsid w:val="0075340E"/>
     <w:rsid w:val="007541A9"/>
     <w:rsid w:val="00754E36"/>
+    <w:rsid w:val="00762990"/>
     <w:rsid w:val="00763139"/>
+    <w:rsid w:val="00764C06"/>
     <w:rsid w:val="00766F80"/>
     <w:rsid w:val="00770F37"/>
     <w:rsid w:val="007711A0"/>
     <w:rsid w:val="00772D5E"/>
     <w:rsid w:val="0077463E"/>
     <w:rsid w:val="00776928"/>
     <w:rsid w:val="00776E0F"/>
     <w:rsid w:val="007774B1"/>
     <w:rsid w:val="00777BE1"/>
     <w:rsid w:val="007833D8"/>
     <w:rsid w:val="00785677"/>
     <w:rsid w:val="00786F16"/>
     <w:rsid w:val="00791BD7"/>
     <w:rsid w:val="007933F7"/>
     <w:rsid w:val="00796E20"/>
     <w:rsid w:val="00797C32"/>
     <w:rsid w:val="007A11E8"/>
     <w:rsid w:val="007B0914"/>
     <w:rsid w:val="007B1374"/>
     <w:rsid w:val="007B32E5"/>
     <w:rsid w:val="007B3DB9"/>
     <w:rsid w:val="007B589F"/>
     <w:rsid w:val="007B6186"/>
     <w:rsid w:val="007B73BC"/>
     <w:rsid w:val="007C1838"/>
     <w:rsid w:val="007C20B9"/>
     <w:rsid w:val="007C70AD"/>
     <w:rsid w:val="007C7301"/>
     <w:rsid w:val="007C7859"/>
     <w:rsid w:val="007C7F28"/>
     <w:rsid w:val="007D1466"/>
     <w:rsid w:val="007D2BDE"/>
     <w:rsid w:val="007D2FB6"/>
     <w:rsid w:val="007D49EB"/>
     <w:rsid w:val="007D5E1C"/>
+    <w:rsid w:val="007D7DDD"/>
     <w:rsid w:val="007E0DE2"/>
     <w:rsid w:val="007E3B98"/>
     <w:rsid w:val="007E417A"/>
+    <w:rsid w:val="007E42DC"/>
     <w:rsid w:val="007F31B6"/>
     <w:rsid w:val="007F546C"/>
     <w:rsid w:val="007F625F"/>
     <w:rsid w:val="007F665E"/>
     <w:rsid w:val="00800412"/>
     <w:rsid w:val="0080587B"/>
     <w:rsid w:val="00806468"/>
     <w:rsid w:val="008119CA"/>
     <w:rsid w:val="00811BBF"/>
     <w:rsid w:val="008130C4"/>
     <w:rsid w:val="008155F0"/>
     <w:rsid w:val="00816735"/>
     <w:rsid w:val="0081688F"/>
     <w:rsid w:val="00820141"/>
+    <w:rsid w:val="0082015F"/>
     <w:rsid w:val="00820E0C"/>
     <w:rsid w:val="00823275"/>
     <w:rsid w:val="0082366F"/>
+    <w:rsid w:val="008270EE"/>
     <w:rsid w:val="008338A2"/>
     <w:rsid w:val="00841AA9"/>
     <w:rsid w:val="008433BD"/>
     <w:rsid w:val="008474FE"/>
     <w:rsid w:val="008519EC"/>
     <w:rsid w:val="0085232E"/>
     <w:rsid w:val="008524B4"/>
     <w:rsid w:val="0085267A"/>
     <w:rsid w:val="00853EE4"/>
     <w:rsid w:val="00855535"/>
     <w:rsid w:val="00857C5A"/>
     <w:rsid w:val="0086255E"/>
     <w:rsid w:val="008633F0"/>
+    <w:rsid w:val="00867D4E"/>
     <w:rsid w:val="00867D9D"/>
     <w:rsid w:val="00872C54"/>
     <w:rsid w:val="00872E0A"/>
     <w:rsid w:val="00873594"/>
     <w:rsid w:val="0087495B"/>
     <w:rsid w:val="00875285"/>
     <w:rsid w:val="00881E84"/>
     <w:rsid w:val="00884B62"/>
     <w:rsid w:val="0088529C"/>
     <w:rsid w:val="00886A60"/>
     <w:rsid w:val="00887903"/>
     <w:rsid w:val="0089270A"/>
     <w:rsid w:val="00893AF6"/>
     <w:rsid w:val="00894BC4"/>
     <w:rsid w:val="008A28A8"/>
     <w:rsid w:val="008A5B32"/>
     <w:rsid w:val="008A5D60"/>
+    <w:rsid w:val="008A6668"/>
     <w:rsid w:val="008B2029"/>
     <w:rsid w:val="008B2EE4"/>
     <w:rsid w:val="008B3821"/>
     <w:rsid w:val="008B4D3D"/>
     <w:rsid w:val="008B57C7"/>
+    <w:rsid w:val="008C1D82"/>
     <w:rsid w:val="008C2F92"/>
     <w:rsid w:val="008C589D"/>
     <w:rsid w:val="008C6804"/>
+    <w:rsid w:val="008C6942"/>
     <w:rsid w:val="008C6D51"/>
     <w:rsid w:val="008D2846"/>
     <w:rsid w:val="008D4236"/>
     <w:rsid w:val="008D462F"/>
     <w:rsid w:val="008D5C45"/>
     <w:rsid w:val="008D6DCF"/>
     <w:rsid w:val="008E4376"/>
     <w:rsid w:val="008E7A0A"/>
     <w:rsid w:val="008E7B49"/>
+    <w:rsid w:val="008F4DF3"/>
     <w:rsid w:val="008F59F6"/>
     <w:rsid w:val="00900719"/>
     <w:rsid w:val="009017AC"/>
     <w:rsid w:val="00902A9A"/>
+    <w:rsid w:val="00902C8D"/>
     <w:rsid w:val="00904A1C"/>
     <w:rsid w:val="00905030"/>
     <w:rsid w:val="009052F7"/>
     <w:rsid w:val="00906490"/>
     <w:rsid w:val="009111B2"/>
     <w:rsid w:val="009151F5"/>
+    <w:rsid w:val="0092139B"/>
     <w:rsid w:val="00924AE1"/>
     <w:rsid w:val="009257ED"/>
     <w:rsid w:val="009269B1"/>
     <w:rsid w:val="0092724D"/>
     <w:rsid w:val="009272B3"/>
     <w:rsid w:val="009310AD"/>
     <w:rsid w:val="009315BE"/>
     <w:rsid w:val="00932142"/>
     <w:rsid w:val="00932A7A"/>
     <w:rsid w:val="0093338F"/>
     <w:rsid w:val="009377A1"/>
     <w:rsid w:val="00937BD9"/>
+    <w:rsid w:val="009418AD"/>
     <w:rsid w:val="00950E2C"/>
     <w:rsid w:val="00951D50"/>
     <w:rsid w:val="009525EB"/>
     <w:rsid w:val="0095470B"/>
     <w:rsid w:val="00954874"/>
     <w:rsid w:val="00954D01"/>
     <w:rsid w:val="0095615A"/>
     <w:rsid w:val="00961400"/>
     <w:rsid w:val="00962BBD"/>
     <w:rsid w:val="009632D9"/>
     <w:rsid w:val="00963646"/>
     <w:rsid w:val="0096632D"/>
     <w:rsid w:val="00967124"/>
     <w:rsid w:val="00967335"/>
     <w:rsid w:val="00970A4D"/>
     <w:rsid w:val="009718C7"/>
+    <w:rsid w:val="00974DB4"/>
+    <w:rsid w:val="00975588"/>
     <w:rsid w:val="0097559F"/>
     <w:rsid w:val="009761EA"/>
     <w:rsid w:val="0097761E"/>
     <w:rsid w:val="00982454"/>
     <w:rsid w:val="00982CF0"/>
     <w:rsid w:val="009853E1"/>
     <w:rsid w:val="00986E6B"/>
     <w:rsid w:val="00990032"/>
     <w:rsid w:val="00990B19"/>
     <w:rsid w:val="0099153B"/>
     <w:rsid w:val="00991769"/>
     <w:rsid w:val="0099232C"/>
+    <w:rsid w:val="00993DE7"/>
     <w:rsid w:val="00994386"/>
     <w:rsid w:val="00994791"/>
     <w:rsid w:val="009976EF"/>
     <w:rsid w:val="009A13D8"/>
+    <w:rsid w:val="009A26F1"/>
     <w:rsid w:val="009A279E"/>
     <w:rsid w:val="009A3015"/>
     <w:rsid w:val="009A3490"/>
     <w:rsid w:val="009B0A6F"/>
     <w:rsid w:val="009B0A94"/>
     <w:rsid w:val="009B2AE8"/>
     <w:rsid w:val="009B2C6E"/>
     <w:rsid w:val="009B5622"/>
     <w:rsid w:val="009B59E9"/>
     <w:rsid w:val="009B70AA"/>
     <w:rsid w:val="009C1A3D"/>
     <w:rsid w:val="009C1CB1"/>
     <w:rsid w:val="009C5E77"/>
     <w:rsid w:val="009C7A7E"/>
     <w:rsid w:val="009D02E8"/>
     <w:rsid w:val="009D51D0"/>
     <w:rsid w:val="009D70A4"/>
     <w:rsid w:val="009D7A52"/>
     <w:rsid w:val="009D7B14"/>
     <w:rsid w:val="009E08D1"/>
     <w:rsid w:val="009E1B95"/>
     <w:rsid w:val="009E496F"/>
     <w:rsid w:val="009E4B0D"/>
     <w:rsid w:val="009E5250"/>
+    <w:rsid w:val="009E5B88"/>
+    <w:rsid w:val="009E6677"/>
     <w:rsid w:val="009E7A69"/>
     <w:rsid w:val="009E7F92"/>
     <w:rsid w:val="009F02A3"/>
     <w:rsid w:val="009F2F27"/>
     <w:rsid w:val="009F34AA"/>
+    <w:rsid w:val="009F457D"/>
     <w:rsid w:val="009F6BCB"/>
     <w:rsid w:val="009F7B78"/>
     <w:rsid w:val="00A0057A"/>
     <w:rsid w:val="00A02FA1"/>
     <w:rsid w:val="00A04CCE"/>
     <w:rsid w:val="00A07421"/>
     <w:rsid w:val="00A0776B"/>
     <w:rsid w:val="00A10FB9"/>
     <w:rsid w:val="00A11421"/>
     <w:rsid w:val="00A11FD8"/>
     <w:rsid w:val="00A1389F"/>
     <w:rsid w:val="00A14996"/>
     <w:rsid w:val="00A157B1"/>
+    <w:rsid w:val="00A20207"/>
     <w:rsid w:val="00A22229"/>
     <w:rsid w:val="00A24442"/>
     <w:rsid w:val="00A252B9"/>
     <w:rsid w:val="00A32577"/>
     <w:rsid w:val="00A330BB"/>
     <w:rsid w:val="00A34ACD"/>
     <w:rsid w:val="00A44882"/>
     <w:rsid w:val="00A45125"/>
     <w:rsid w:val="00A513A9"/>
+    <w:rsid w:val="00A52A3C"/>
     <w:rsid w:val="00A54715"/>
     <w:rsid w:val="00A6061C"/>
     <w:rsid w:val="00A62D44"/>
     <w:rsid w:val="00A67263"/>
     <w:rsid w:val="00A7161C"/>
+    <w:rsid w:val="00A736FB"/>
+    <w:rsid w:val="00A754EE"/>
     <w:rsid w:val="00A765AC"/>
     <w:rsid w:val="00A77AA3"/>
     <w:rsid w:val="00A8236D"/>
+    <w:rsid w:val="00A84304"/>
     <w:rsid w:val="00A854EB"/>
     <w:rsid w:val="00A872E5"/>
     <w:rsid w:val="00A91406"/>
     <w:rsid w:val="00A91A3C"/>
     <w:rsid w:val="00A96E65"/>
     <w:rsid w:val="00A96ECE"/>
     <w:rsid w:val="00A97C72"/>
+    <w:rsid w:val="00AA0B7A"/>
     <w:rsid w:val="00AA2A20"/>
     <w:rsid w:val="00AA310B"/>
     <w:rsid w:val="00AA63D4"/>
     <w:rsid w:val="00AA71DB"/>
     <w:rsid w:val="00AA7324"/>
     <w:rsid w:val="00AB06E8"/>
     <w:rsid w:val="00AB1A4F"/>
     <w:rsid w:val="00AB1CD3"/>
     <w:rsid w:val="00AB203B"/>
     <w:rsid w:val="00AB2CE6"/>
     <w:rsid w:val="00AB352F"/>
     <w:rsid w:val="00AC274B"/>
     <w:rsid w:val="00AC4764"/>
+    <w:rsid w:val="00AC6209"/>
     <w:rsid w:val="00AC6D36"/>
     <w:rsid w:val="00AD0CBA"/>
     <w:rsid w:val="00AD26E2"/>
+    <w:rsid w:val="00AD557F"/>
     <w:rsid w:val="00AD784C"/>
     <w:rsid w:val="00AE126A"/>
     <w:rsid w:val="00AE1BAE"/>
     <w:rsid w:val="00AE3005"/>
     <w:rsid w:val="00AE3BD5"/>
     <w:rsid w:val="00AE5413"/>
     <w:rsid w:val="00AE59A0"/>
     <w:rsid w:val="00AE7145"/>
     <w:rsid w:val="00AF0C57"/>
     <w:rsid w:val="00AF26F3"/>
+    <w:rsid w:val="00AF481B"/>
     <w:rsid w:val="00AF5F04"/>
     <w:rsid w:val="00B00672"/>
     <w:rsid w:val="00B01B4D"/>
     <w:rsid w:val="00B04489"/>
     <w:rsid w:val="00B06571"/>
     <w:rsid w:val="00B068BA"/>
     <w:rsid w:val="00B07217"/>
     <w:rsid w:val="00B13851"/>
     <w:rsid w:val="00B13B1C"/>
     <w:rsid w:val="00B14B5F"/>
     <w:rsid w:val="00B21F90"/>
     <w:rsid w:val="00B22291"/>
     <w:rsid w:val="00B23F9A"/>
     <w:rsid w:val="00B2417B"/>
     <w:rsid w:val="00B24E6F"/>
     <w:rsid w:val="00B26CB5"/>
     <w:rsid w:val="00B2752E"/>
     <w:rsid w:val="00B27DC3"/>
     <w:rsid w:val="00B307CC"/>
     <w:rsid w:val="00B326B7"/>
+    <w:rsid w:val="00B34232"/>
     <w:rsid w:val="00B3588E"/>
     <w:rsid w:val="00B4198F"/>
     <w:rsid w:val="00B41F3D"/>
     <w:rsid w:val="00B431E8"/>
     <w:rsid w:val="00B45141"/>
     <w:rsid w:val="00B519CD"/>
     <w:rsid w:val="00B5273A"/>
     <w:rsid w:val="00B57329"/>
     <w:rsid w:val="00B60E61"/>
     <w:rsid w:val="00B62B50"/>
     <w:rsid w:val="00B635B7"/>
     <w:rsid w:val="00B63AE8"/>
     <w:rsid w:val="00B65950"/>
     <w:rsid w:val="00B66D83"/>
     <w:rsid w:val="00B672C0"/>
     <w:rsid w:val="00B676FD"/>
     <w:rsid w:val="00B678B6"/>
     <w:rsid w:val="00B706E8"/>
     <w:rsid w:val="00B75646"/>
     <w:rsid w:val="00B7629E"/>
     <w:rsid w:val="00B846C0"/>
     <w:rsid w:val="00B90729"/>
     <w:rsid w:val="00B907DA"/>
     <w:rsid w:val="00B91FFE"/>
+    <w:rsid w:val="00B948D5"/>
     <w:rsid w:val="00B950BC"/>
     <w:rsid w:val="00B95AB9"/>
     <w:rsid w:val="00B9714C"/>
     <w:rsid w:val="00BA29AD"/>
     <w:rsid w:val="00BA33CF"/>
     <w:rsid w:val="00BA3F8D"/>
     <w:rsid w:val="00BA6423"/>
+    <w:rsid w:val="00BB365B"/>
     <w:rsid w:val="00BB7A10"/>
+    <w:rsid w:val="00BC271A"/>
     <w:rsid w:val="00BC5AB5"/>
     <w:rsid w:val="00BC60BE"/>
     <w:rsid w:val="00BC7468"/>
     <w:rsid w:val="00BC7D4F"/>
     <w:rsid w:val="00BC7ED7"/>
     <w:rsid w:val="00BC7F04"/>
     <w:rsid w:val="00BD2850"/>
     <w:rsid w:val="00BD6049"/>
     <w:rsid w:val="00BE0094"/>
     <w:rsid w:val="00BE28D2"/>
     <w:rsid w:val="00BE4A64"/>
     <w:rsid w:val="00BE5E43"/>
     <w:rsid w:val="00BF557D"/>
     <w:rsid w:val="00BF7F58"/>
     <w:rsid w:val="00C01381"/>
     <w:rsid w:val="00C01AB1"/>
     <w:rsid w:val="00C026A0"/>
     <w:rsid w:val="00C03EA4"/>
     <w:rsid w:val="00C04F42"/>
     <w:rsid w:val="00C06137"/>
     <w:rsid w:val="00C06929"/>
     <w:rsid w:val="00C079B8"/>
     <w:rsid w:val="00C10037"/>
     <w:rsid w:val="00C123EA"/>
     <w:rsid w:val="00C12A49"/>
     <w:rsid w:val="00C133EE"/>
     <w:rsid w:val="00C149D0"/>
+    <w:rsid w:val="00C15737"/>
     <w:rsid w:val="00C231A0"/>
     <w:rsid w:val="00C26588"/>
     <w:rsid w:val="00C27DE9"/>
     <w:rsid w:val="00C32989"/>
     <w:rsid w:val="00C33388"/>
     <w:rsid w:val="00C35484"/>
     <w:rsid w:val="00C36DD2"/>
     <w:rsid w:val="00C37AEA"/>
     <w:rsid w:val="00C4173A"/>
+    <w:rsid w:val="00C47A55"/>
     <w:rsid w:val="00C50DED"/>
     <w:rsid w:val="00C52217"/>
     <w:rsid w:val="00C602FF"/>
     <w:rsid w:val="00C61174"/>
     <w:rsid w:val="00C6148F"/>
     <w:rsid w:val="00C621B1"/>
     <w:rsid w:val="00C62F7A"/>
     <w:rsid w:val="00C63B9C"/>
     <w:rsid w:val="00C6682F"/>
     <w:rsid w:val="00C67BF4"/>
     <w:rsid w:val="00C7275E"/>
     <w:rsid w:val="00C74C5D"/>
     <w:rsid w:val="00C863C4"/>
     <w:rsid w:val="00C920EA"/>
     <w:rsid w:val="00C92599"/>
     <w:rsid w:val="00C93C3E"/>
     <w:rsid w:val="00CA12E3"/>
     <w:rsid w:val="00CA1476"/>
     <w:rsid w:val="00CA6611"/>
     <w:rsid w:val="00CA6AE6"/>
     <w:rsid w:val="00CA782F"/>
     <w:rsid w:val="00CB187B"/>
     <w:rsid w:val="00CB2835"/>
     <w:rsid w:val="00CB3285"/>
     <w:rsid w:val="00CB4500"/>
     <w:rsid w:val="00CC0424"/>
     <w:rsid w:val="00CC0C72"/>
     <w:rsid w:val="00CC2BFD"/>
     <w:rsid w:val="00CD1A9A"/>
     <w:rsid w:val="00CD3476"/>
     <w:rsid w:val="00CD64DF"/>
     <w:rsid w:val="00CE1AF3"/>
     <w:rsid w:val="00CE225F"/>
+    <w:rsid w:val="00CE29CB"/>
+    <w:rsid w:val="00CF2188"/>
     <w:rsid w:val="00CF2F50"/>
     <w:rsid w:val="00CF4148"/>
     <w:rsid w:val="00CF6198"/>
     <w:rsid w:val="00D02919"/>
+    <w:rsid w:val="00D03272"/>
     <w:rsid w:val="00D04C61"/>
     <w:rsid w:val="00D04D68"/>
     <w:rsid w:val="00D05B8D"/>
     <w:rsid w:val="00D05B9B"/>
     <w:rsid w:val="00D065A2"/>
     <w:rsid w:val="00D079AA"/>
     <w:rsid w:val="00D07F00"/>
     <w:rsid w:val="00D1130F"/>
+    <w:rsid w:val="00D15F82"/>
     <w:rsid w:val="00D17B72"/>
     <w:rsid w:val="00D22C28"/>
+    <w:rsid w:val="00D250D8"/>
+    <w:rsid w:val="00D30671"/>
     <w:rsid w:val="00D3185C"/>
     <w:rsid w:val="00D3205F"/>
     <w:rsid w:val="00D3318E"/>
     <w:rsid w:val="00D33E72"/>
+    <w:rsid w:val="00D34E78"/>
     <w:rsid w:val="00D35BD6"/>
     <w:rsid w:val="00D361B5"/>
     <w:rsid w:val="00D402DB"/>
     <w:rsid w:val="00D411A2"/>
     <w:rsid w:val="00D4606D"/>
     <w:rsid w:val="00D50A28"/>
     <w:rsid w:val="00D50B9C"/>
     <w:rsid w:val="00D52D73"/>
     <w:rsid w:val="00D52E58"/>
     <w:rsid w:val="00D56B20"/>
     <w:rsid w:val="00D578B3"/>
     <w:rsid w:val="00D618F4"/>
     <w:rsid w:val="00D65B40"/>
     <w:rsid w:val="00D714CC"/>
     <w:rsid w:val="00D75EA7"/>
+    <w:rsid w:val="00D816C7"/>
     <w:rsid w:val="00D81ADF"/>
     <w:rsid w:val="00D81F21"/>
     <w:rsid w:val="00D8423D"/>
     <w:rsid w:val="00D84658"/>
+    <w:rsid w:val="00D84ABC"/>
     <w:rsid w:val="00D864F2"/>
     <w:rsid w:val="00D943F8"/>
     <w:rsid w:val="00D95470"/>
     <w:rsid w:val="00D96B55"/>
     <w:rsid w:val="00DA2619"/>
     <w:rsid w:val="00DA2E57"/>
     <w:rsid w:val="00DA4239"/>
     <w:rsid w:val="00DA65DE"/>
     <w:rsid w:val="00DB0B61"/>
     <w:rsid w:val="00DB1474"/>
     <w:rsid w:val="00DB2962"/>
     <w:rsid w:val="00DB52FB"/>
     <w:rsid w:val="00DB6A0A"/>
     <w:rsid w:val="00DC013B"/>
     <w:rsid w:val="00DC090B"/>
     <w:rsid w:val="00DC1679"/>
     <w:rsid w:val="00DC219B"/>
     <w:rsid w:val="00DC2B8D"/>
     <w:rsid w:val="00DC2CF1"/>
     <w:rsid w:val="00DC3A7C"/>
     <w:rsid w:val="00DC4EFC"/>
     <w:rsid w:val="00DC4FCF"/>
     <w:rsid w:val="00DC50E0"/>
     <w:rsid w:val="00DC569F"/>
     <w:rsid w:val="00DC6386"/>
     <w:rsid w:val="00DD1130"/>
     <w:rsid w:val="00DD1951"/>
     <w:rsid w:val="00DD487D"/>
     <w:rsid w:val="00DD4E83"/>
     <w:rsid w:val="00DD6628"/>
     <w:rsid w:val="00DD6945"/>
     <w:rsid w:val="00DE2D04"/>
     <w:rsid w:val="00DE3250"/>
     <w:rsid w:val="00DE6028"/>
     <w:rsid w:val="00DE6C85"/>
     <w:rsid w:val="00DE78A3"/>
     <w:rsid w:val="00DF1A71"/>
     <w:rsid w:val="00DF2846"/>
+    <w:rsid w:val="00DF2CEE"/>
     <w:rsid w:val="00DF50FC"/>
     <w:rsid w:val="00DF68C7"/>
+    <w:rsid w:val="00DF6B16"/>
     <w:rsid w:val="00DF731A"/>
+    <w:rsid w:val="00E052FE"/>
     <w:rsid w:val="00E06B75"/>
     <w:rsid w:val="00E11332"/>
     <w:rsid w:val="00E11352"/>
+    <w:rsid w:val="00E156B6"/>
     <w:rsid w:val="00E15EAE"/>
     <w:rsid w:val="00E170DC"/>
     <w:rsid w:val="00E17546"/>
     <w:rsid w:val="00E210B5"/>
     <w:rsid w:val="00E261B3"/>
     <w:rsid w:val="00E26818"/>
     <w:rsid w:val="00E27FFC"/>
     <w:rsid w:val="00E30B15"/>
     <w:rsid w:val="00E33237"/>
     <w:rsid w:val="00E35618"/>
     <w:rsid w:val="00E40181"/>
+    <w:rsid w:val="00E52428"/>
     <w:rsid w:val="00E54950"/>
     <w:rsid w:val="00E55FB3"/>
     <w:rsid w:val="00E56A01"/>
+    <w:rsid w:val="00E573BD"/>
     <w:rsid w:val="00E629A1"/>
+    <w:rsid w:val="00E63C29"/>
+    <w:rsid w:val="00E671E6"/>
     <w:rsid w:val="00E678C6"/>
     <w:rsid w:val="00E6794C"/>
     <w:rsid w:val="00E71591"/>
     <w:rsid w:val="00E71CEB"/>
     <w:rsid w:val="00E7474F"/>
     <w:rsid w:val="00E77901"/>
     <w:rsid w:val="00E80DE3"/>
     <w:rsid w:val="00E82C55"/>
     <w:rsid w:val="00E8787E"/>
     <w:rsid w:val="00E92AC3"/>
     <w:rsid w:val="00E962CA"/>
     <w:rsid w:val="00EA2F6A"/>
     <w:rsid w:val="00EB00E0"/>
     <w:rsid w:val="00EB05D5"/>
     <w:rsid w:val="00EB1931"/>
     <w:rsid w:val="00EC059F"/>
+    <w:rsid w:val="00EC164A"/>
     <w:rsid w:val="00EC1F24"/>
     <w:rsid w:val="00EC20FF"/>
     <w:rsid w:val="00EC22F6"/>
     <w:rsid w:val="00ED195F"/>
     <w:rsid w:val="00ED5B9B"/>
     <w:rsid w:val="00ED6BAD"/>
     <w:rsid w:val="00ED7447"/>
     <w:rsid w:val="00EE00D6"/>
     <w:rsid w:val="00EE11E7"/>
     <w:rsid w:val="00EE1488"/>
     <w:rsid w:val="00EE1730"/>
     <w:rsid w:val="00EE29AD"/>
     <w:rsid w:val="00EE2A26"/>
     <w:rsid w:val="00EE3E24"/>
     <w:rsid w:val="00EE4D5D"/>
     <w:rsid w:val="00EE5131"/>
     <w:rsid w:val="00EF109B"/>
     <w:rsid w:val="00EF201C"/>
     <w:rsid w:val="00EF2C72"/>
     <w:rsid w:val="00EF36AF"/>
+    <w:rsid w:val="00EF3B55"/>
     <w:rsid w:val="00EF59A3"/>
     <w:rsid w:val="00EF6675"/>
     <w:rsid w:val="00F0063D"/>
     <w:rsid w:val="00F00F9C"/>
     <w:rsid w:val="00F01E5F"/>
     <w:rsid w:val="00F024F3"/>
     <w:rsid w:val="00F029DC"/>
     <w:rsid w:val="00F02ABA"/>
     <w:rsid w:val="00F03701"/>
     <w:rsid w:val="00F040E3"/>
     <w:rsid w:val="00F0437A"/>
     <w:rsid w:val="00F101B8"/>
     <w:rsid w:val="00F10C7D"/>
     <w:rsid w:val="00F11037"/>
+    <w:rsid w:val="00F11E05"/>
     <w:rsid w:val="00F16F1B"/>
+    <w:rsid w:val="00F217CD"/>
     <w:rsid w:val="00F250A9"/>
     <w:rsid w:val="00F267AF"/>
     <w:rsid w:val="00F26D22"/>
     <w:rsid w:val="00F30FF4"/>
     <w:rsid w:val="00F3122E"/>
     <w:rsid w:val="00F32368"/>
     <w:rsid w:val="00F331AD"/>
     <w:rsid w:val="00F35287"/>
+    <w:rsid w:val="00F36851"/>
     <w:rsid w:val="00F40A70"/>
     <w:rsid w:val="00F43A37"/>
     <w:rsid w:val="00F4641B"/>
     <w:rsid w:val="00F46EB8"/>
     <w:rsid w:val="00F476B8"/>
+    <w:rsid w:val="00F50255"/>
     <w:rsid w:val="00F50CD1"/>
     <w:rsid w:val="00F511E4"/>
     <w:rsid w:val="00F52D09"/>
     <w:rsid w:val="00F52E08"/>
     <w:rsid w:val="00F53A66"/>
     <w:rsid w:val="00F5462D"/>
     <w:rsid w:val="00F55B21"/>
     <w:rsid w:val="00F56EF6"/>
     <w:rsid w:val="00F60082"/>
     <w:rsid w:val="00F61A9F"/>
     <w:rsid w:val="00F61B5F"/>
     <w:rsid w:val="00F64696"/>
+    <w:rsid w:val="00F64BE8"/>
     <w:rsid w:val="00F65AA9"/>
     <w:rsid w:val="00F6768F"/>
     <w:rsid w:val="00F70A56"/>
     <w:rsid w:val="00F72115"/>
     <w:rsid w:val="00F72C2C"/>
     <w:rsid w:val="00F741F2"/>
     <w:rsid w:val="00F743AA"/>
     <w:rsid w:val="00F76CAB"/>
     <w:rsid w:val="00F772C6"/>
     <w:rsid w:val="00F77F59"/>
     <w:rsid w:val="00F815B5"/>
     <w:rsid w:val="00F85195"/>
     <w:rsid w:val="00F868E3"/>
+    <w:rsid w:val="00F908C0"/>
     <w:rsid w:val="00F91F49"/>
     <w:rsid w:val="00F938BA"/>
+    <w:rsid w:val="00F96B62"/>
     <w:rsid w:val="00F972B1"/>
     <w:rsid w:val="00F97919"/>
     <w:rsid w:val="00FA2C46"/>
     <w:rsid w:val="00FA3525"/>
     <w:rsid w:val="00FA4FD7"/>
     <w:rsid w:val="00FA5A53"/>
     <w:rsid w:val="00FB3501"/>
     <w:rsid w:val="00FB4769"/>
     <w:rsid w:val="00FB4CDA"/>
     <w:rsid w:val="00FB5B4E"/>
     <w:rsid w:val="00FB6481"/>
+    <w:rsid w:val="00FB6A73"/>
     <w:rsid w:val="00FB6D36"/>
     <w:rsid w:val="00FC0965"/>
+    <w:rsid w:val="00FC0967"/>
     <w:rsid w:val="00FC0F81"/>
     <w:rsid w:val="00FC252F"/>
     <w:rsid w:val="00FC395C"/>
     <w:rsid w:val="00FC5E8E"/>
     <w:rsid w:val="00FD0E21"/>
+    <w:rsid w:val="00FD1FB3"/>
     <w:rsid w:val="00FD276F"/>
     <w:rsid w:val="00FD3766"/>
     <w:rsid w:val="00FD47C4"/>
     <w:rsid w:val="00FE1BCB"/>
     <w:rsid w:val="00FE2DCF"/>
     <w:rsid w:val="00FE3FA7"/>
     <w:rsid w:val="00FF2A4E"/>
+    <w:rsid w:val="00FF2C32"/>
     <w:rsid w:val="00FF2FCE"/>
     <w:rsid w:val="00FF4F7D"/>
     <w:rsid w:val="00FF6D9D"/>
     <w:rsid w:val="00FF7DD5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="20609C5E"/>
   <w15:docId w15:val="{3531B8DC-BA3B-48BD-BFBF-40C7B3A3E634}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="8" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="8" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="8" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8776,51 +8516,51 @@
       <w:bCs/>
       <w:color w:val="00568B"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00B846C0"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="00568B"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:link w:val="HeaderChar"/>
-    <w:uiPriority w:val="10"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="005F4EDE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:color w:val="00568B"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="00FB5B4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
@@ -9830,78 +9570,95 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008519EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Blueheading">
     <w:name w:val="Blue heading"/>
     <w:basedOn w:val="DHHSbody"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="008519EC"/>
     <w:rPr>
       <w:b/>
       <w:color w:val="084179"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
-    <w:uiPriority w:val="10"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="008524B4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:color w:val="00568B"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="006B6DF3"/>
     <w:rPr>
       <w:rFonts w:ascii="HelveticaNeueLTCom-It" w:hAnsi="HelveticaNeueLTCom-It" w:cs="HelveticaNeueLTCom-It"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F96B62"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="137504755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="94056959">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -10077,51 +9834,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2146117194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:feedback@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/about/forms-guides" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/publications/privacy-policy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:VictorianHousingRegister@homes.vic.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/contact-us" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/making-freedom-information-request" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/interpreter-services" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/dffh-office-locations." TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/publications/privacy-policy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/making-freedom-information-request" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/online-services" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/contact-us" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Forms%20&amp;%20Guides%20on%20Housing.vic.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/dffh-office-locations" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.gov.au/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/about/forms-guides" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PolicyAndGuidelines@homes.vic.gov.au" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/interpreter-services" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/dffh-office-locations" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:feedback@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -10386,239 +10143,165 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...28 lines deleted...]
-    <xsd:import namespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EF79BCC14549D847BFFC0B64BB1A7B6C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="996d9ea9943743417a6cc6a5b25f8929">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ab894817-aa66-48f0-ba28-71a251cd9cfe" xmlns:ns3="2e2bfbdd-e2b0-4879-b868-ad7d6da3670e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e6a57446fcfee6156aa2af1a1983fa7f" ns2:_="" ns3:_="">
+    <xsd:import namespace="ab894817-aa66-48f0-ba28-71a251cd9cfe"/>
+    <xsd:import namespace="2e2bfbdd-e2b0-4879-b868-ad7d6da3670e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="06badf41-c0a1-41a6-983a-efd542c2c878" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ab894817-aa66-48f0-ba28-71a251cd9cfe" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6e24e156-28e6-48ad-9c0f-4171595c9d94" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
-[...57 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="51ef5222-d273-4e86-adbf-8aa3d9e99a84" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2e2bfbdd-e2b0-4879-b868-ad7d6da3670e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...13 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -10676,134 +10359,148 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ab894817-aa66-48f0-ba28-71a251cd9cfe">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3630D38D-30E4-43C3-902E-0661194BAE41}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C4A9B28-E058-4749-8DE3-599DFA048FCC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="06badf41-c0a1-41a6-983a-efd542c2c878"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+    <ds:schemaRef ds:uri="ab894817-aa66-48f0-ba28-71a251cd9cfe"/>
+    <ds:schemaRef ds:uri="2e2bfbdd-e2b0-4879-b868-ad7d6da3670e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58CE1EBB-C189-4849-810F-0EC61D30BAF7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B51DCA61-E682-4DA0-A7EB-953BB7944B42}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AC28CD-794A-4DE5-9080-AF945367D2AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ab894817-aa66-48f0-ba28-71a251cd9cfe"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>5223</Characters>
+  <Pages>5</Pages>
+  <Words>1074</Words>
+  <Characters>7852</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>204</Lines>
-  <Paragraphs>139</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Change of application details form Victorian Housing Register</vt:lpstr>
+      <vt:lpstr>Victorian Housing Register change of application details form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6027</CharactersWithSpaces>
+  <CharactersWithSpaces>8909</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>7602296</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>36</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://intranet.dhhs.vic.gov.au/graphic-design-process</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7209064</vt:i4>
       </vt:variant>
@@ -10917,70 +10614,70 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc480380484</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Change of application details form Victorian Housing Register</dc:title>
-[...1 lines deleted...]
-  <dc:creator>Victorian Housing Register</dc:creator>
+  <dc:title>Victorian Housing Register change of application details form</dc:title>
+  <dc:subject>Change of application details</dc:subject>
+  <dc:creator>Housing Outcomes and Partnerships</dc:creator>
   <cp:keywords>form, change of application details, Victoria, social housing, Victorian Housing Register</cp:keywords>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x0101009F0C4347C5C6D34BA8C9FCC4F57D19B6</vt:lpwstr>
+    <vt:lpwstr>0x010100EF79BCC14549D847BFFC0B64BB1A7B6C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="version">
     <vt:lpwstr>2022v1 15032022 SBV1 20122023</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="O365portals">
     <vt:lpwstr>https://dhhsvicgovau.sharepoint.com/:w:/s/dffh/Ed1G_4r4BHNHgqOGDkeMWhcB0Lm5z1k7mSu1dsrFHD18Fg?e=GtzvTT, DFFH A4 portrait factsheet Teal (O365)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Daysbeforethenextreview">
     <vt:r8>365</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Format">
     <vt:lpwstr>Factsheet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Style">
     <vt:lpwstr>Visual style</vt:lpwstr>
   </property>