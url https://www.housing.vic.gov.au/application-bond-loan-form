--- v0 (2025-10-05)
+++ v1 (2025-12-06)
@@ -1,483 +1,478 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="70679AFC" w14:textId="77777777" w:rsidR="0074696E" w:rsidRPr="004C6EEE" w:rsidRDefault="00C41436" w:rsidP="00AD784C">
       <w:pPr>
         <w:pStyle w:val="Spacerparatopoffirstpage"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="1" layoutInCell="0" allowOverlap="1" wp14:anchorId="5908B04D" wp14:editId="3D6067E5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="1" layoutInCell="0" allowOverlap="1" wp14:anchorId="5908B04D" wp14:editId="511BAA32">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>4445</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7557770" cy="2075180"/>
             <wp:effectExtent l="0" t="0" r="11430" b="7620"/>
             <wp:wrapNone/>
-            <wp:docPr id="32" name="Picture 32"/>
+            <wp:docPr id="32" name="Picture 32" descr="RentAssist Bond Loan Application Banner"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 32" descr="Decorative"/>
+                    <pic:cNvPr id="32" name="Picture 32" descr="RentAssist Bond Loan Application Banner"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7557770" cy="2075180"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="51B19681" w14:textId="77777777" w:rsidR="00A62D44" w:rsidRPr="004C6EEE" w:rsidRDefault="00A62D44" w:rsidP="004C6EEE">
       <w:pPr>
         <w:pStyle w:val="Sectionbreakfirstpage"/>
         <w:sectPr w:rsidR="00A62D44" w:rsidRPr="004C6EEE" w:rsidSect="00AD784C">
-          <w:headerReference w:type="even" r:id="rId9"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="first" r:id="rId10"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="567" w:right="851" w:bottom="1418" w:left="851" w:header="510" w:footer="510" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8046"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AD784C" w14:paraId="671E43F5" w14:textId="77777777" w:rsidTr="00605229">
         <w:trPr>
           <w:trHeight w:val="1247"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8046" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="24E7AE81" w14:textId="77777777" w:rsidR="00AD784C" w:rsidRPr="00161AA0" w:rsidRDefault="00AD784C" w:rsidP="00504A69">
             <w:pPr>
               <w:pStyle w:val="DHHSmainheading"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD784C" w14:paraId="2523BFFC" w14:textId="77777777" w:rsidTr="001263B3">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1476"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8046" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:bottom w:w="510" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0F21F795" w14:textId="77777777" w:rsidR="00357B4E" w:rsidRPr="00504A69" w:rsidRDefault="00504A69" w:rsidP="00357B4E">
             <w:pPr>
               <w:pStyle w:val="DHHSmainsubheading"/>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00504A69">
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>Application</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6788EA81" w14:textId="77777777" w:rsidR="007173CA" w:rsidRDefault="007173CA" w:rsidP="007173CA">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A994D67" w14:textId="77777777" w:rsidR="007173CA" w:rsidRDefault="007173CA" w:rsidP="007173CA">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:sectPr w:rsidR="007173CA" w:rsidSect="00F01E5F">
-          <w:headerReference w:type="default" r:id="rId15"/>
-          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc440566508"/>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="363B2988" w14:textId="77777777" w:rsidR="002B66D9" w:rsidRPr="00AB0F47" w:rsidRDefault="00E50DCD" w:rsidP="00176E4D">
+    <w:p w14:paraId="363B2988" w14:textId="77777777" w:rsidR="002B66D9" w:rsidRPr="005E3B93" w:rsidRDefault="00E50DCD" w:rsidP="005E3B93">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
+          <w:b w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB0F47">
+      <w:r w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
+          <w:b w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Save this form to your hard drive or desktop b</w:t>
       </w:r>
-      <w:r w:rsidR="002B66D9" w:rsidRPr="00AB0F47">
+      <w:r w:rsidR="002B66D9" w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
+          <w:b w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">efore you start filling </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB0F47">
+      <w:r w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
+          <w:b w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>it in.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B51A54" w14:textId="77777777" w:rsidR="002B66D9" w:rsidRDefault="002B66D9" w:rsidP="00803C34">
+    <w:p w14:paraId="16B51A54" w14:textId="2AA3AA8C" w:rsidR="002B66D9" w:rsidRDefault="002B66D9" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">This bond loan application is for private renters seeking an interest-free loan from the Department of Health and Human Services </w:t>
+        <w:t xml:space="preserve">This bond loan application is for private renters seeking an interest-free loan from the Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C028BD">
+        <w:t>Families, Fairness and Housing (DFFH)</w:t>
       </w:r>
       <w:r w:rsidR="00C805F8">
-        <w:t xml:space="preserve">(DHHS) </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>to help cover the cost of a rental bond.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CBFCCC7" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="002A6DE7" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="002A6DE7">
         <w:t>OFFICE USE ONLY</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Office use only: Date received; Received by; Date registered; Bond reference number; Name of bond agency"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="6804"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F6426C" w:rsidRPr="002B66D9" w14:paraId="0DEA84FC" w14:textId="77777777" w:rsidTr="00F6426C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="251FB3FA" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:t>Date received</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4C4854D0" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F6426C" w:rsidRPr="002B66D9" w14:paraId="2868E6CD" w14:textId="77777777" w:rsidTr="00F6426C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="78FC6DB8" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:t>Received by</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="070A1233" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F6426C" w:rsidRPr="002B66D9" w14:paraId="36B17A99" w14:textId="77777777" w:rsidTr="00F6426C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5B6B09C2" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:t>Date registered</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="346235AA" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F6426C" w:rsidRPr="002B66D9" w14:paraId="5166F43A" w14:textId="77777777" w:rsidTr="00F6426C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51B91021" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:t>Bond reference number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="43ACA5F1" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F6426C" w:rsidRPr="002B66D9" w14:paraId="164365AB" w14:textId="77777777" w:rsidTr="00F6426C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="75B44190" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:t>Name of bond agency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F44321E" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32A01083" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="002B66D9" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
       <w:pPr>
         <w:pStyle w:val="DHHStabletext"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
@@ -487,579 +482,578 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Has the following been done - answer yes or no: &#10;Income proof confirmed and attached;&#10;Identity (ID) proof confirmed and attached;&#10;Landlord section completed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="1933"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F6426C" w:rsidRPr="002B66D9" w14:paraId="5965AAD4" w14:textId="77777777" w:rsidTr="00F6426C">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41A63EB1" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="21BFE29F" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
-              <w:t>Yes or No</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Yes or </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>No</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F6426C" w:rsidRPr="002B66D9" w14:paraId="629023BE" w14:textId="77777777" w:rsidTr="00F6426C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C576248" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Income proof confirmed and attached</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2F6220C6" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F6426C" w:rsidRPr="002B66D9" w14:paraId="64D26AF9" w14:textId="77777777" w:rsidTr="00F6426C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4EB82BBB" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ID proof confirmed and attached</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0A727A81" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F6426C" w:rsidRPr="002B66D9" w14:paraId="0ABF8464" w14:textId="77777777" w:rsidTr="00F6426C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="775EB090" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Landlord section completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="06A889EA" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRPr="00E50DCD" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7046B483" w14:textId="77777777" w:rsidR="00F6426C" w:rsidRDefault="00F6426C" w:rsidP="00F6426C">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6387EAAB" w14:textId="77777777" w:rsidR="00ED6B42" w:rsidRDefault="00ED6B42" w:rsidP="00803C34">
+    <w:p w14:paraId="70427D4E" w14:textId="77777777" w:rsidR="00ED6B42" w:rsidRDefault="00ED6B42" w:rsidP="00291401">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Applying for a Bond Loan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41CE1BB6" w14:textId="14F8B61A" w:rsidR="00ED6B42" w:rsidRDefault="00ED6B42">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
-    </w:p>
-[...13 lines deleted...]
-        <w:t>You will need to complete this application to apply for a bond loan from DHHS.</w:t>
+      <w:r>
+        <w:t xml:space="preserve">You will need to complete this application to apply for a bond loan from </w:t>
+      </w:r>
+      <w:r w:rsidR="00C028BD">
+        <w:t>DFFH</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B09F10F" w14:textId="77777777" w:rsidR="00ED6B42" w:rsidRDefault="00ED6B42" w:rsidP="00291401">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>What is a bond loan?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67717B0D" w14:textId="77777777" w:rsidR="00291401" w:rsidRDefault="00ED6B42">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>Private rental is housing that is available in the private market.  It covers a range of housing types, including houses, apartments and caravan parks.</w:t>
       </w:r>
       <w:r w:rsidR="00291401">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078AA12E" w14:textId="77777777" w:rsidR="00ED6B42" w:rsidRDefault="00ED6B42">
+    <w:p w14:paraId="078AA12E" w14:textId="1B82B5E8" w:rsidR="00ED6B42" w:rsidRDefault="00ED6B42">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you want to rent privately in Victoria and can’t afford to pay the </w:t>
       </w:r>
       <w:r w:rsidR="0085674D">
         <w:t>bond</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, you may be able to borrow money for an interest-free bond loan from </w:t>
       </w:r>
-      <w:r w:rsidR="008B44C5">
-        <w:t xml:space="preserve">DHHS </w:t>
+      <w:r w:rsidR="00C028BD">
+        <w:t xml:space="preserve">DFFH </w:t>
       </w:r>
       <w:r>
         <w:t>through this scheme.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C56140F" w14:textId="77777777" w:rsidR="00ED6B42" w:rsidRDefault="00AD108D">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you want to rent privately, most landlords will ask you to pay a bond before you move in.  A bond is a security deposit in case you damage the property.  The bond money is held by the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E52110">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Residential Tenancies Bond Authority</w:t>
       </w:r>
       <w:r w:rsidR="00B14CE9" w:rsidRPr="00E52110">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B14CE9">
         <w:t xml:space="preserve">  It is returned in full at the end of your lease, unless the landlord is eligible to claim for damages or unpaid rent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D4C860D" w14:textId="77777777" w:rsidR="00B14CE9" w:rsidRDefault="00CC42E0">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>The full bond loan amount must be paid back at the end of your tenancy.  Even if your landlord keeps some of the bond</w:t>
       </w:r>
       <w:r w:rsidR="007D5C89">
         <w:t xml:space="preserve"> because of damages, you must still repay the full amount of the loan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BBF6B47" w14:textId="77777777" w:rsidR="007D5C89" w:rsidRDefault="009C0725">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The loan is for bonds only and cannot be used for rent in advance or moving costs.  If you need help with these costs, see if you are eligible for help from the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E52110">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Housing Establishment Fund.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3983525E" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00FE370A" w:rsidP="00917BE5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Am I eligible to </w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="0025524E">
         <w:t>apply?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DFBB63D" w14:textId="77777777" w:rsidR="00E52110" w:rsidRDefault="00E52110" w:rsidP="00E52110">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>To be eligible to apply for a bond loan, you should:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8B370C" w14:textId="77777777" w:rsidR="00E52110" w:rsidRDefault="00E52110" w:rsidP="00E52110">
+    <w:p w14:paraId="3C8B370C" w14:textId="77777777" w:rsidR="00E52110" w:rsidRDefault="00E52110" w:rsidP="00D93B6D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Be an Australian citizen or permanent resident of Australia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43CBAEFC" w14:textId="77777777" w:rsidR="00E52110" w:rsidRDefault="00E52110" w:rsidP="00D93B6D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Meet the income and assets eligibility limits for your household</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7804DB66" w14:textId="77777777" w:rsidR="00E52110" w:rsidRDefault="00E52110" w:rsidP="00D93B6D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Repay any money that you still owe from a previous public housing tenancy or bond loan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D61E0CC" w14:textId="77777777" w:rsidR="00E52110" w:rsidRDefault="00E52110" w:rsidP="00D93B6D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Not rent a property that will cost more than 55 per cent of your gross weekly household income</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF9DEFB" w14:textId="77777777" w:rsidR="00E52110" w:rsidRPr="00E52110" w:rsidRDefault="00E52110" w:rsidP="00E52110">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
-        <w:numPr>
-[...46 lines deleted...]
-        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>You can apply as a single person, a couple, family or group of people who want to share a home.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32EC1A2D" w14:textId="77777777" w:rsidR="00B151A3" w:rsidRDefault="00B151A3" w:rsidP="00917BE5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Things to know</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B505C5" w14:textId="77777777" w:rsidR="00DC142F" w:rsidRDefault="00DC142F" w:rsidP="004134EF">
+    <w:p w14:paraId="26B505C5" w14:textId="77777777" w:rsidR="00DC142F" w:rsidRPr="00D93B6D" w:rsidRDefault="00DC142F" w:rsidP="00D93B6D">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D93B6D">
         <w:t>You will need to provide proof of identity, residency status, income and assets, for each person applying</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09AB0CBE" w14:textId="77777777" w:rsidR="00DC142F" w:rsidRDefault="00DC142F" w:rsidP="004134EF">
+    <w:p w14:paraId="09AB0CBE" w14:textId="77777777" w:rsidR="00DC142F" w:rsidRPr="00D93B6D" w:rsidRDefault="00DC142F" w:rsidP="00D93B6D">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D93B6D">
         <w:t>You may need to provide other documents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02149504" w14:textId="77777777" w:rsidR="00DC142F" w:rsidRDefault="00B13779" w:rsidP="004134EF">
+    <w:p w14:paraId="02149504" w14:textId="77777777" w:rsidR="00DC142F" w:rsidRPr="00D93B6D" w:rsidRDefault="00B13779" w:rsidP="00D93B6D">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D93B6D">
         <w:t xml:space="preserve"> You are also able</w:t>
       </w:r>
-      <w:r w:rsidR="004134EF">
+      <w:r w:rsidR="004134EF" w:rsidRPr="00D93B6D">
         <w:t xml:space="preserve"> to apply online through MyGov </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AA57292" w14:textId="77777777" w:rsidR="0025535D" w:rsidRDefault="00DC142F" w:rsidP="004134EF">
+    <w:p w14:paraId="6AA57292" w14:textId="77777777" w:rsidR="0025535D" w:rsidRPr="00D93B6D" w:rsidRDefault="00DC142F" w:rsidP="00D93B6D">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D93B6D">
         <w:t>Generally, we cannot issue a bond loan to you if you have already paid the bond to the owner or agent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68294D1D" w14:textId="77777777" w:rsidR="00B13779" w:rsidRDefault="00B13779" w:rsidP="00B13779">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="005E6A57">
         <w:t>More information about privacy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13804EF8" w14:textId="77777777" w:rsidR="00E52110" w:rsidRDefault="00E52110" w:rsidP="00E52110">
+    <w:p w14:paraId="13804EF8" w14:textId="1BE535D5" w:rsidR="00E52110" w:rsidRDefault="00E52110" w:rsidP="00E52110">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Department of Health and Human Services is committed to protecting your personal information. We need to collect and handle your personal information in order to be able to process your application. All the information you give us will be handled in accordance with the </w:t>
+        <w:t xml:space="preserve">The Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C028BD">
+        <w:t>Families, Fairness and Housing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is committed to protecting your personal information. We need to collect and handle your personal information </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> be able to process your application. All the information you give us will be handled in accordance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E52110">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Privacy and Data Protection Act 2014</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E52110">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Health Records Act 2001</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C62361E" w14:textId="77777777" w:rsidR="00E52110" w:rsidRDefault="00E52110" w:rsidP="00E52110">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>If you are using other department</w:t>
       </w:r>
       <w:r w:rsidR="00E30757">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> programs</w:t>
       </w:r>
       <w:r w:rsidR="00E30757">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> we may share some of your information with them to help us coordinate better services to you. We will not use your information for any other purpose other than those listed on these forms, to provide services to you, or without your consent, unless the law requires us to do so.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC2F551" w14:textId="77777777" w:rsidR="00E52110" w:rsidRPr="00E52110" w:rsidRDefault="00E52110" w:rsidP="00E52110">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1EC2F551" w14:textId="77777777" w:rsidR="00E52110" w:rsidRPr="00E52110" w:rsidRDefault="00E52110" w:rsidP="00D93B6D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E52110">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Accessing your information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3849E4CA" w14:textId="65ED7D35" w:rsidR="00E52110" w:rsidRDefault="00E52110" w:rsidP="00E52110">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You can access your information through the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E52110">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Freedom of Information Act 1982</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or through the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E52110">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Privacy and Data Protection Act 2014</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. For information about Freedom of Information requests call </w:t>
       </w:r>
       <w:r w:rsidR="00C8080E">
-        <w:t>1300 475 170</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">1300 475 170 </w:t>
       </w:r>
       <w:r>
         <w:t>or apply online at foi.vic.gov.au.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05DAF45A" w14:textId="77777777" w:rsidR="00E52110" w:rsidRPr="00E52110" w:rsidRDefault="00E52110" w:rsidP="00E52110">
+    <w:p w14:paraId="05DAF45A" w14:textId="771BD50F" w:rsidR="00E52110" w:rsidRPr="00E52110" w:rsidRDefault="00E52110" w:rsidP="00E52110">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">If you are seeking information from a community housing organisation or designated support provider then you have access rights under the </w:t>
+        <w:t xml:space="preserve">If you are seeking information from a community housing organisation or designated support </w:t>
+      </w:r>
+      <w:r w:rsidR="00252F95">
+        <w:t>provider,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> then you have access rights under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E52110">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Privacy and Data Protection Act 2014.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> For further information about privacy call 1300 884 706 or email privacy@dhhs.vic.gov.au</w:t>
+        <w:t xml:space="preserve"> For further information about privacy call 1300 884 706 or email privacy@</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB504F">
+        <w:t>DFFH</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.vic.gov.au</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BDCC171" w14:textId="77777777" w:rsidR="00516A2E" w:rsidRDefault="00516A2E" w:rsidP="00D652F2">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00D652F2">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
         </w:rPr>
         <w:t>Creating a bond loan application</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EF5CDFD" w14:textId="77777777" w:rsidR="00516A2E" w:rsidRDefault="00516A2E" w:rsidP="00D652F2">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>In this section, we will ask for information about you and anyone else who is applying for a bond loan with you.  You may be applying on behalf of other people.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56EC36C1" w14:textId="77777777" w:rsidR="00516A2E" w:rsidRDefault="00516A2E" w:rsidP="00D652F2">
@@ -1111,148 +1105,174 @@
       </w:pPr>
       <w:r w:rsidRPr="004134EF">
         <w:t>Ask the real estate agent or landlord to fill in Section</w:t>
       </w:r>
       <w:r w:rsidR="00E13E77" w:rsidRPr="004134EF">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="004134EF">
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r w:rsidR="0070122F" w:rsidRPr="004134EF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004134EF">
         <w:t>and E (if applicable)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3384EAA4" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004134EF" w:rsidRDefault="00803C34" w:rsidP="004134EF">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="004134EF">
         <w:t>Fill in the checklist on the back page of this application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D2A5F50" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00D10DAB" w:rsidRDefault="00803C34" w:rsidP="004134EF">
+    <w:p w14:paraId="0D2A5F50" w14:textId="0B758349" w:rsidR="00803C34" w:rsidRPr="00D10DAB" w:rsidRDefault="00803C34" w:rsidP="004134EF">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0083625C">
         <w:t>Take</w:t>
       </w:r>
       <w:r w:rsidRPr="00D10DAB">
         <w:t xml:space="preserve"> or send your application to your </w:t>
       </w:r>
       <w:r>
         <w:t>local</w:t>
       </w:r>
       <w:r w:rsidRPr="00D10DAB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C805F8">
-        <w:t xml:space="preserve">DHHS </w:t>
+      <w:r w:rsidR="00C028BD">
+        <w:t xml:space="preserve">DFFH </w:t>
       </w:r>
       <w:r w:rsidRPr="00D10DAB">
         <w:t>office (or bond agent if you live in a rural area).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D972959" w14:textId="77777777" w:rsidR="002D3E9A" w:rsidRPr="00D10DAB" w:rsidRDefault="00C805F8" w:rsidP="00C805F8">
+    <w:p w14:paraId="2D972959" w14:textId="31A1E27E" w:rsidR="002D3E9A" w:rsidRPr="00D10DAB" w:rsidRDefault="00C028BD" w:rsidP="00C805F8">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="002D3E9A" w:rsidRPr="00590D2C">
+        <w:t>DFFH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590D2C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D3E9A">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="002D3E9A" w:rsidRPr="00590D2C">
         <w:t>ocal offices are</w:t>
       </w:r>
       <w:r w:rsidR="002D3E9A" w:rsidRPr="00D10DAB">
         <w:t xml:space="preserve"> listed in the government section of the White Pages directory under </w:t>
       </w:r>
       <w:r w:rsidR="002D3E9A">
-        <w:t>Department of Health and Human Services</w:t>
+        <w:t xml:space="preserve">Department of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Families, Fairness and Housing</w:t>
       </w:r>
       <w:r w:rsidR="002D3E9A" w:rsidRPr="00D10DAB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D3E9A">
         <w:t>(Vic)</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:r w:rsidRPr="00C805F8">
+      <w:r w:rsidR="00C805F8">
+        <w:t>. You can also find</w:t>
+      </w:r>
+      <w:r w:rsidR="00B81BDB">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00C805F8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00B81BDB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>locations of DHHS offices</w:t>
+          <w:t>DFFH local office locations</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t xml:space="preserve"> on the DHHS website</w:t>
+      <w:r w:rsidR="00C805F8">
+        <w:t xml:space="preserve"> on the D</w:t>
+      </w:r>
+      <w:r>
+        <w:t>FFH</w:t>
+      </w:r>
+      <w:r w:rsidR="00C805F8">
+        <w:t xml:space="preserve"> website</w:t>
       </w:r>
       <w:r w:rsidR="002D3E9A">
         <w:t xml:space="preserve"> &lt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C805F8">
-        <w:t>https://dhhs.vic.gov.au/locations-dhhs-offices-victoria</w:t>
+      <w:r w:rsidRPr="00B81BDB">
+        <w:t>https://www.dffh.vic.gov.au/dffh-office-locations</w:t>
       </w:r>
       <w:r w:rsidR="002D3E9A">
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidR="002B66D9">
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00B81BDB" w:rsidRPr="00D10DAB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1B1A1865" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00D10DAB" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbodyaftertablefigure"/>
       </w:pPr>
       <w:r w:rsidRPr="00D10DAB">
+        <w:lastRenderedPageBreak/>
         <w:t>Generally</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D10DAB">
         <w:t xml:space="preserve"> applications take up to three working d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ays to assess. Your local </w:t>
       </w:r>
       <w:r w:rsidRPr="00D10DAB">
-        <w:t>office can tell you how long it will take to make a decision about your application.</w:t>
+        <w:t xml:space="preserve">office can tell you how long it will take to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D10DAB">
+        <w:t>make a decision</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D10DAB">
+        <w:t xml:space="preserve"> about your application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5326A518" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00014666" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHSbody"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D10DAB">
         <w:t xml:space="preserve">If your application is approved, a </w:t>
       </w:r>
       <w:r w:rsidR="00B13779">
         <w:t xml:space="preserve">bond loan </w:t>
       </w:r>
       <w:r w:rsidR="00516A2E">
         <w:t>voucher</w:t>
       </w:r>
       <w:r w:rsidRPr="00D10DAB">
         <w:t xml:space="preserve"> made payable to the Residential Tenancies Bond Authority will be given to you or sent directly to your landlord or their agent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -1305,177 +1325,195 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">bond </w:t>
       </w:r>
       <w:r w:rsidRPr="00014666">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">with the Residential Tenancies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Bond </w:t>
       </w:r>
       <w:r w:rsidRPr="00014666">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Authority.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F4F7E2E" w14:textId="77777777" w:rsidR="008050C9" w:rsidRDefault="00803C34" w:rsidP="00C805F8">
+    <w:p w14:paraId="4F4F7E2E" w14:textId="4DD14871" w:rsidR="008050C9" w:rsidRDefault="00803C34" w:rsidP="00C805F8">
       <w:pPr>
         <w:pStyle w:val="DHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00014666">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For further information, please ask for a copy of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00014666">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">epartment's </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>bond loan brochure or fact sheet or visit the</w:t>
       </w:r>
       <w:r w:rsidR="00C805F8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00C805F8" w:rsidRPr="004134EF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Housing.vic website</w:t>
         </w:r>
         <w:r w:rsidR="004134EF" w:rsidRPr="004134EF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>&lt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00803C34">
-        <w:t>http://www.housing.vic.gov.au/</w:t>
+        <w:t>http</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93B6D">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00803C34">
+        <w:t>://www.housing.vic.gov.au</w:t>
       </w:r>
       <w:r w:rsidR="004134EF">
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A8787D" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Documents we need for this application</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55231BB7" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">What follows is a list of documents that you and everyone who will live with you may need to give us to confirm your </w:t>
       </w:r>
       <w:r w:rsidRPr="00E3514A">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>general eligibility</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for a bond loan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EEB202F" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>As you fill in the form, you will see a symbol of a piece of paper with a paperclip:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D3E89B5" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="367E8193" wp14:editId="2E3DC5E3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="367E8193" wp14:editId="4EF5900E">
             <wp:extent cx="228600" cy="272415"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="12" name="Picture 18" descr="Paper clip attached to paper - documents are required."/>
+            <wp:docPr id="12" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="12" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19">
+                    <a:blip r:embed="rId15">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="FFFFFF"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="FFFFFF">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -1505,81 +1543,69 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>It is there to tell you what other documents you may need to give us in some situations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4335CE67" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRPr="00C805F8" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00C805F8">
         <w:t>General eligibility</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="023C239B" w14:textId="77777777" w:rsidR="00B7164B" w:rsidRDefault="007B5DA0" w:rsidP="00B7164B">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>For each person who will live with you, you will need to give us:</w:t>
       </w:r>
       <w:r w:rsidR="00B7164B" w:rsidRPr="00B7164B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="582EB125" w14:textId="77777777" w:rsidR="00B7164B" w:rsidRDefault="00B7164B" w:rsidP="00B7164B">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="582EB125" w14:textId="77777777" w:rsidR="00B7164B" w:rsidRDefault="00B7164B" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r>
         <w:t>Proof of Australian Residency (if applicable) for each person applying</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124ECF5C" w14:textId="77777777" w:rsidR="00B7164B" w:rsidRDefault="00B7164B" w:rsidP="00B7164B">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="124ECF5C" w14:textId="77777777" w:rsidR="00B7164B" w:rsidRDefault="00B7164B" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r>
         <w:t>Proof of income and/or assets for each person applying</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7475AAA6" w14:textId="77777777" w:rsidR="00B7164B" w:rsidRPr="00C805F8" w:rsidRDefault="00B7164B" w:rsidP="00B7164B">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="7475AAA6" w14:textId="77777777" w:rsidR="00B7164B" w:rsidRPr="00C805F8" w:rsidRDefault="00B7164B" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r>
         <w:t>Proof of identity for each person applying</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6120A547" w14:textId="77777777" w:rsidR="00B7164B" w:rsidRPr="00C805F8" w:rsidRDefault="00B7164B" w:rsidP="00B7164B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00C805F8">
         <w:t>Proof of Australian residency</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C71821D" w14:textId="77777777" w:rsidR="00B7164B" w:rsidRDefault="00B7164B" w:rsidP="00B7164B">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>You may need to provide the following documentation when completing this application</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69996CE5" w14:textId="77777777" w:rsidR="00B7164B" w:rsidRDefault="00B7164B" w:rsidP="00B7164B">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
@@ -1616,103 +1642,124 @@
         <w:pStyle w:val="DHHSbullet1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>passport or a letter from the Department of Immigration and Border Protection.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B964CA7" w14:textId="77777777" w:rsidR="00B7164B" w:rsidRPr="00C805F8" w:rsidRDefault="00B7164B" w:rsidP="00B7164B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00C805F8">
         <w:t xml:space="preserve">Proof of </w:t>
       </w:r>
       <w:r>
         <w:t>income</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50079E39" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
-      <w:r>
-        <w:t>As a general rule, if you:</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>As a general rule</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, if you:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F4DDEC7" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">receive a Centrelink payment and you agree to use Centrelink Confirmation eServices (see </w:t>
+        <w:t xml:space="preserve">receive a Centrelink payment and you agree to use Centrelink Confirmation </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>eServices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (see </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Section_I_–" w:history="1">
         <w:r w:rsidRPr="004D3FE6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Section I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">) – you do </w:t>
       </w:r>
       <w:r w:rsidRPr="004D3FE6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> need to give us any income or asset</w:t>
       </w:r>
       <w:r w:rsidR="00E30757">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>related documents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79684B9C" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">receive a Centrelink payment and you do not agree to use Centrelink Confirmation eServices – you will </w:t>
+        <w:t xml:space="preserve">receive a Centrelink payment and you do not agree to use Centrelink Confirmation </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>eServices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – you will </w:t>
       </w:r>
       <w:r w:rsidRPr="004D3FE6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>need to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> give us an income statement from Centrelink that is less than two weeks old</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31299F47" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">receive an income from the Department of Veterans’ Affairs (DVA) – you will </w:t>
       </w:r>
       <w:r w:rsidRPr="004D3FE6">
         <w:rPr>
@@ -1722,510 +1769,535 @@
         <w:t>need to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> give us an income and asset statement from DVA that is less than two weeks old</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D02729" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">have a paying job – you will </w:t>
       </w:r>
       <w:r w:rsidRPr="004D3FE6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>need to</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> give us a payslip or a wage statement signed by your employer. It needs to show your wages before tax for the past 13 weeks</w:t>
+        <w:t xml:space="preserve"> give us a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>payslip</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or a wage statement signed by your employer. It needs to show your wages before tax for the past 13 weeks</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="607B047E" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">are self-employed – </w:t>
       </w:r>
       <w:r w:rsidRPr="00E114B4">
         <w:t>please have an accountant</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> complete a self-employed 13-week profit and loss statement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A68433E" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRPr="00C805F8" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00C805F8">
+        <w:t>Proof of assets</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CE889D3" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If bank accounts are your only asset, you need to provide a current copy of your bank book or bank statement (less than two weeks old) showing your name. An automatic teller machine (ATM) statement is allowed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>as long as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> it shows that you are the card holder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFC377F" w14:textId="77777777" w:rsidR="00B7164B" w:rsidRPr="00C805F8" w:rsidRDefault="00B7164B" w:rsidP="00B7164B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C805F8">
         <w:lastRenderedPageBreak/>
-        <w:t>Proof of assets</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3CE889D3" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
+        <w:t>Proof of identity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E9E6CB" w14:textId="1E119EAC" w:rsidR="00B7164B" w:rsidRDefault="00B7164B" w:rsidP="00B7164B">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:t>If bank accounts are your only asset, you need to provide a current copy of your bank book or bank statement (less than two weeks old) showing your name. An automatic teller machine (ATM) statement is allowed as long as it shows that you are the card holder.</w:t>
-[...18 lines deleted...]
-        <w:r w:rsidRPr="00B7164B">
+        <w:t xml:space="preserve">To apply for a bond </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>loan</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> you are required to provide 100 points of identification. The department accepts original documents or certified copies. A full list of identification documents can be found on the department</w:t>
+      </w:r>
+      <w:r w:rsidR="00B81BDB">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00B81BDB" w:rsidRPr="00B81BDB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>website</w:t>
+          <w:t>Proof of identity</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t xml:space="preserve"> &lt;</w:t>
+      <w:r w:rsidR="00B81BDB">
+        <w:t xml:space="preserve"> page on our website </w:t>
+      </w:r>
+      <w:r>
+        <w:t>&lt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7164B">
-        <w:t xml:space="preserve"> http://housing.vic.gov.au/proof-identity</w:t>
+        <w:t>http://housing.vic.gov.au/proof-identity</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">&gt; or contact your local housing office. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D47C38D" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRPr="00C805F8" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00C805F8">
         <w:t>Confirmation of children’s names and custody arrangements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3525CED7" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>If there are dependants in the household, you will need to give us one of the following documents to confirm the names of the children:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="067CE70D" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Medicare card or Health care card.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B88224" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>If you are requesting additional rooms for child access arrangements, documentation from a solicitor, the Family Law Court, or a statutory declaration from the primary caregiver to confirm the custody arrangements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41655D32" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRPr="00605229" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="41655D32" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRPr="00605229" w:rsidRDefault="007B5DA0" w:rsidP="00340EB6">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00605229">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Need more information?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68B510E4" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
+    <w:p w14:paraId="68B510E4" w14:textId="5700F9A9" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Visit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="005153BD">
-[...19 lines deleted...]
-        <w:r w:rsidR="00B7164B" w:rsidRPr="00035B66">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="005153BD" w:rsidRPr="00B81BDB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>HousingV</w:t>
+          <w:t xml:space="preserve">RentAssist </w:t>
         </w:r>
-        <w:r w:rsidRPr="00035B66">
+        <w:r w:rsidR="00B81BDB" w:rsidRPr="00B81BDB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>ic</w:t>
+          <w:t>Bond Loan</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00B81BDB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> website </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> page on our website</w:t>
+      </w:r>
+      <w:r w:rsidR="00B81BDB">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B81BDB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00803C34">
-        <w:t>http://www.housing.vic.gov.au/</w:t>
+      <w:r w:rsidR="00B81BDB" w:rsidRPr="00B81BDB">
+        <w:t xml:space="preserve">https://www.housing.vic.gov.au/rentassist-bond-loan </w:t>
       </w:r>
       <w:r w:rsidR="00035B66">
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0555FC4F" w14:textId="77777777" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
+    <w:p w14:paraId="0555FC4F" w14:textId="11DF7FA1" w:rsidR="007B5DA0" w:rsidRDefault="007B5DA0" w:rsidP="007B5DA0">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Contact your local Department of Health and Human Services office. You can find </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00C805F8">
+        <w:t xml:space="preserve">Contact your local Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B81BDB">
+        <w:t>Families, Fairness and Housing office</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. You can find </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00C028BD" w:rsidRPr="00C028BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>locations of DHHS offices</w:t>
+          <w:t>locations of DFFH offices</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> on the DHHS website &lt;</w:t>
-[...2 lines deleted...]
-        <w:t>https://dhhs.vic.gov.au/locations-dhhs-offices-victoria</w:t>
+        <w:t xml:space="preserve"> on the D</w:t>
+      </w:r>
+      <w:r w:rsidR="00C028BD">
+        <w:t>FFH</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> website &lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00B81BDB" w:rsidRPr="00B81BDB">
+        <w:t>https://www.dffh.vic.gov.au/dffh-office-locations</w:t>
       </w:r>
       <w:r>
         <w:t>&gt;.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EBD1161" w14:textId="77777777" w:rsidR="008050C9" w:rsidRDefault="008050C9" w:rsidP="00917BE5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Bond details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4650964C" w14:textId="77777777" w:rsidR="008050C9" w:rsidRDefault="008050C9" w:rsidP="00917BE5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Bond Loan Details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CA2B635" w14:textId="77777777" w:rsidR="008050C9" w:rsidRDefault="008050C9" w:rsidP="00917BE5">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>In this section, we will ask for information about you and anyone else who is applying for a bond loan with you.  You may apply on behalf of other people.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2934C581" w14:textId="77777777" w:rsidR="0095785A" w:rsidRDefault="008050C9" w:rsidP="00917BE5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Questions with an (*) must be answered</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9437" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="If the primary applicant wasn't born in Australia, insert their country of birth"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2328"/>
+        <w:gridCol w:w="3969"/>
         <w:gridCol w:w="5468"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006756D5" w14:paraId="1A7FB8C2" w14:textId="77777777" w:rsidTr="00F6426C">
-[...2 lines deleted...]
-            <w:tcW w:w="2328" w:type="dxa"/>
+      <w:tr w:rsidR="00E011B1" w14:paraId="1A7FB8C2" w14:textId="77777777" w:rsidTr="00E011B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6889ACD1" w14:textId="77777777" w:rsidR="006756D5" w:rsidRDefault="006756D5" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
-              <w:t>How many people are on your lease?*</w:t>
-            </w:r>
+              <w:t xml:space="preserve">How many people are on your </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>lease?*</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5468" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04B7CEA8" w14:textId="77777777" w:rsidR="006756D5" w:rsidRDefault="006756D5" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="30DFA705" w14:textId="77777777" w:rsidR="005B07BE" w:rsidRDefault="005B07BE" w:rsidP="00B2007C">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>This refers to the number of people on your lease, not the number of peop</w:t>
       </w:r>
       <w:r w:rsidR="006756D5">
         <w:t>le applying for this bond loan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F173BAB" w14:textId="77777777" w:rsidR="00173E8F" w:rsidRPr="00173E8F" w:rsidRDefault="00173E8F" w:rsidP="00173E8F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Proof_of_identity"/>
       <w:bookmarkStart w:id="2" w:name="_Proof_of_Australian"/>
       <w:bookmarkStart w:id="3" w:name="_Proof_of_income"/>
       <w:bookmarkStart w:id="4" w:name="_Proof_of_assets"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00173E8F">
         <w:t>Collection of your bond loan*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0958C23A" w14:textId="77777777" w:rsidR="00173E8F" w:rsidRPr="00173E8F" w:rsidRDefault="00173E8F" w:rsidP="00173E8F">
+    <w:p w14:paraId="0958C23A" w14:textId="2CB2549C" w:rsidR="00173E8F" w:rsidRPr="00173E8F" w:rsidRDefault="00173E8F" w:rsidP="00173E8F">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00173E8F">
         <w:t xml:space="preserve">If you are approved for this bond loan, you will need to collect a voucher from a </w:t>
       </w:r>
-      <w:r w:rsidR="001B039A">
-        <w:t>DHHS</w:t>
+      <w:r w:rsidR="00DB504F">
+        <w:t>DFFH</w:t>
       </w:r>
       <w:r w:rsidRPr="00173E8F">
         <w:t xml:space="preserve"> Housing Office.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9437" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="If the primary applicant wasn't born in Australia, insert their country of birth"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2328"/>
+        <w:gridCol w:w="3969"/>
         <w:gridCol w:w="5468"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00173E8F" w14:paraId="5C8DFF93" w14:textId="77777777" w:rsidTr="00393494">
-[...2 lines deleted...]
-            <w:tcW w:w="2328" w:type="dxa"/>
+      <w:tr w:rsidR="00173E8F" w14:paraId="5C8DFF93" w14:textId="77777777" w:rsidTr="00E011B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D1FD9E7" w14:textId="77777777" w:rsidR="00173E8F" w:rsidRDefault="00173E8F" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00173E8F">
               <w:t xml:space="preserve">Please </w:t>
             </w:r>
             <w:r w:rsidR="001B039A">
               <w:t>enter</w:t>
             </w:r>
             <w:r w:rsidRPr="00173E8F">
               <w:t xml:space="preserve"> the office you wish to collect your bond loan from</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5468" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="39F73A8D" w14:textId="77777777" w:rsidR="00173E8F" w:rsidRDefault="00173E8F" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E9287C3" w14:textId="77777777" w:rsidR="00023060" w:rsidRDefault="00023060">
-[...16 lines deleted...]
-    <w:p w14:paraId="51AF986A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00F73F3F" w:rsidP="002A6DE7">
+    <w:p w14:paraId="54F132D1" w14:textId="77777777" w:rsidR="00652241" w:rsidRPr="00DB504F" w:rsidRDefault="00652241" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB504F">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AF986A" w14:textId="331C04CE" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00F73F3F" w:rsidP="002A6DE7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0025524E">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section A – </w:t>
       </w:r>
       <w:r w:rsidRPr="002A6274">
         <w:t>Primary</w:t>
       </w:r>
       <w:r w:rsidRPr="0025524E">
         <w:t xml:space="preserve"> applicant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5876FA57" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="0045042D" w:rsidP="002A6274">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Applicant details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="676EC1A8" w14:textId="77777777" w:rsidR="0018112C" w:rsidRDefault="0018112C" w:rsidP="00B2007C">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>In this section we will ask for information about you. Questions with an (*) must be answered</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F083302" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="002A6274">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005F4222">
         <w:t>A1</w:t>
       </w:r>
       <w:r w:rsidRPr="005F4222">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A6274">
         <w:t>Title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18999990" w14:textId="77777777" w:rsidR="007915CC" w:rsidRDefault="007915CC" w:rsidP="002B1871">
       <w:pPr>
         <w:pStyle w:val="DHHStablecolhead"/>
         <w:sectPr w:rsidR="007915CC" w:rsidSect="002A6DE7">
-          <w:footerReference w:type="even" r:id="rId23"/>
-          <w:footerReference w:type="default" r:id="rId24"/>
+          <w:footerReference w:type="even" r:id="rId19"/>
+          <w:footerReference w:type="default" r:id="rId20"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's title with an X. Options are: Mr, Miss, Ms, Mrs, Dr, Prof and other"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F5C6B" w14:paraId="4AB2414B" w14:textId="77777777" w:rsidTr="007915CC">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
@@ -2595,364 +2667,329 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's name details: First given name. Second given name, Family name, Preferred name (if any) and Previous name (if any)."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2833"/>
         <w:gridCol w:w="6239"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w:rsidRPr="001A382A" w14:paraId="6A0B0FA3" w14:textId="77777777" w:rsidTr="002A6274">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51F20ECC" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002A6274" w:rsidRDefault="00803C34" w:rsidP="002914F9">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>First name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E2E8758" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001A382A" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w:rsidRPr="001A382A" w14:paraId="07B1BDA8" w14:textId="77777777" w:rsidTr="002A6274">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4563C3CB" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002A6274" w:rsidRDefault="002654A7" w:rsidP="002A6274">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Middle </w:t>
             </w:r>
             <w:r w:rsidR="00803C34" w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F5B2BF3" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001A382A" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w:rsidRPr="001A382A" w14:paraId="1EC375CE" w14:textId="77777777" w:rsidTr="002A6274">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48C5883C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002A6274" w:rsidRDefault="00803C34" w:rsidP="002A6274">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D083418" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001A382A" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w:rsidRPr="001A382A" w14:paraId="23005351" w14:textId="77777777" w:rsidTr="002A6274">
+      <w:tr w:rsidR="00803C34" w:rsidRPr="001A382A" w14:paraId="23005351" w14:textId="77777777" w:rsidTr="00E3263D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B8B27B1" w14:textId="77777777" w:rsidR="002A6274" w:rsidRDefault="00803C34" w:rsidP="002A6274">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:t>Previous name (if any)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="347E928F" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001A382A" w:rsidRDefault="002A6274" w:rsidP="002A6274">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:t>(For example, name at birth, maiden name, previous married name, alias)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76C948F2" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001A382A" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...25 lines deleted...]
-      <w:tr w:rsidR="00E07EAE" w:rsidRPr="001A382A" w14:paraId="2FF62E0E" w14:textId="77777777" w:rsidTr="002914F9">
+      <w:tr w:rsidR="00E3263D" w:rsidRPr="001A382A" w14:paraId="6B937824" w14:textId="77777777" w:rsidTr="002A6274">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4C52AC9E" w14:textId="77777777" w:rsidR="00E07EAE" w:rsidRPr="002A6274" w:rsidRDefault="002914F9" w:rsidP="002914F9">
+          </w:tcPr>
+          <w:p w14:paraId="1D5C744D" w14:textId="1C2FAEE3" w:rsidR="00E3263D" w:rsidRPr="002A6274" w:rsidRDefault="00E3263D" w:rsidP="002A6274">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>Preferred name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1AB51513" w14:textId="77777777" w:rsidR="00E07EAE" w:rsidRPr="001A382A" w:rsidRDefault="00E07EAE" w:rsidP="002914F9">
+          </w:tcPr>
+          <w:p w14:paraId="7EE67E98" w14:textId="77777777" w:rsidR="00E3263D" w:rsidRPr="001A382A" w:rsidRDefault="00E3263D" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="125192C0" w14:textId="77777777" w:rsidR="00E07EAE" w:rsidRDefault="00E07EAE" w:rsidP="00803C34">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5E77840C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00C41436" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12DD5502" wp14:editId="5012E267">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12DD5502" wp14:editId="7FF0673D">
             <wp:extent cx="228600" cy="272415"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="3" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="3" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19">
+                    <a:blip r:embed="rId15">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="FFFFFF"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="FFFFFF">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -2993,56 +3030,56 @@
       </w:r>
       <w:r w:rsidR="00E50DCD">
         <w:t>‘</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_identity" w:history="1">
         <w:r w:rsidR="00E50DCD" w:rsidRPr="00E50DCD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Proof of identity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E50DCD">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00FE7F17">
         <w:t xml:space="preserve"> on page </w:t>
       </w:r>
       <w:r w:rsidR="001B039A">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="0068043A">
         <w:t xml:space="preserve"> for further information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A11B852" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="005F4222" w:rsidRDefault="00803C34" w:rsidP="005F4222">
+    <w:p w14:paraId="2A11B852" w14:textId="2A29C199" w:rsidR="00803C34" w:rsidRPr="005F4222" w:rsidRDefault="00803C34" w:rsidP="005F4222">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005F4222">
-        <w:t xml:space="preserve">A3 </w:t>
+        <w:t>A3</w:t>
       </w:r>
       <w:r w:rsidRPr="005F4222">
         <w:tab/>
         <w:t>Date of birth</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="3542" w:type="dxa"/>
         <w:tblInd w:w="819" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert the primary applicant's date of birth"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1557"/>
         <w:gridCol w:w="1985"/>
       </w:tblGrid>
@@ -3051,105 +3088,96 @@
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04D8F437" w14:textId="77777777" w:rsidR="00A64F84" w:rsidRDefault="00A64F84" w:rsidP="00A64F84">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="121D8DF7" w14:textId="77777777" w:rsidR="00A64F84" w:rsidRDefault="00A64F84" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E2FE9AC" w14:textId="77777777" w:rsidR="004505EF" w:rsidRDefault="004505EF"/>
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2F243A9C" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="00E011B1" w:rsidRDefault="00393494" w:rsidP="00E011B1">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BE94552" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00B2007C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00393494" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F151BAD" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00B2007C">
+    <w:p w14:paraId="5F151BAD" w14:textId="1EF4C75A" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00B2007C">
       <w:r w:rsidRPr="004505EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">A4 </w:t>
+        <w:t>A4</w:t>
       </w:r>
       <w:r w:rsidRPr="005F4222">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903212">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
         </w:rPr>
         <w:t>Gender</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's gender with an X. Options are: male, female, indeterminate, intersex and other"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1842"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A64F84" w14:paraId="6523B739" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:trPr>
@@ -3326,56 +3354,56 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007414D5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23771FB9" w14:textId="77777777" w:rsidR="00A64F84" w:rsidRDefault="00A64F84" w:rsidP="00A64F84">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6456FD99" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="003812A7">
+    <w:p w14:paraId="6456FD99" w14:textId="2F908716" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="003812A7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="003812A7">
-        <w:t xml:space="preserve">A5 </w:t>
+        <w:t>A5</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00695022">
         <w:t xml:space="preserve">Marital </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>status</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's relationship status with an X. Options are Single or Partnered"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1150"/>
         <w:gridCol w:w="2252"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A64F84" w14:paraId="689F5A7D" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:trPr>
@@ -3549,51 +3577,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="55567EB6" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00173E8F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:sectPr w:rsidR="00393494" w:rsidSect="00393494">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:num="2" w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="6" w:name="OLE_LINK2"/>
     </w:p>
     <w:p w14:paraId="7247E19C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00173E8F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="003812A7">
-        <w:lastRenderedPageBreak/>
         <w:t>A6</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B2007C">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t xml:space="preserve">ountry </w:t>
       </w:r>
       <w:r w:rsidR="00173E8F">
         <w:t>of birth</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's country of birth with an X. Options are: Australia or other"/>
       </w:tblPr>
@@ -3617,60 +3644,56 @@
           </w:tcPr>
           <w:p w14:paraId="4AA7012D" w14:textId="77777777" w:rsidR="009F3C2C" w:rsidRDefault="009F3C2C" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="03E4FD95" w14:textId="77777777" w:rsidR="009F3C2C" w:rsidRDefault="009F3C2C" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B3BD352" w14:textId="77777777" w:rsidR="009F3C2C" w:rsidRDefault="009F3C2C" w:rsidP="00C36728">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="11269C41" w14:textId="77777777" w:rsidR="00695B28" w:rsidRDefault="00173E8F" w:rsidP="008E73C8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>A7</w:t>
       </w:r>
       <w:r w:rsidR="008E73C8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00695B28" w:rsidRPr="003812A7">
         <w:t>What is your residency status?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's residency status with an X. Options are:&#10;Australian citizen; Permanent resident; New Zealand resident; Sponsored migrant; Permantent protection visa; Resolution of status visa and Visa subclass (if applicable)."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="1365"/>
       </w:tblGrid>
       <w:tr w:rsidR="00695B28" w14:paraId="4012966A" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
@@ -3964,91 +3987,99 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert the date the primary applicant started living in Australia"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00695B28" w14:paraId="766153CC" w14:textId="77777777" w:rsidTr="00393494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="548D40BB" w14:textId="77777777" w:rsidR="00695B28" w:rsidRPr="002912C8" w:rsidRDefault="00695B28" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00C36728">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49F92731" w14:textId="77777777" w:rsidR="00695B28" w:rsidRDefault="00695B28" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0ED8A084" w14:textId="77777777" w:rsidR="00695B28" w:rsidRDefault="00695B28" w:rsidP="00695B28">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>A9</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
-        <w:t xml:space="preserve">Are you affected by Centrelink’s two-year newly-arrived </w:t>
+        <w:t xml:space="preserve">Are you affected by Centrelink’s two-year </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003812A7">
+        <w:t>newly-arrived</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003812A7">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">residents </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>waiting period?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Is the primary applicant affected by Centrelink's 2 year newly arrived migrant waiting period? Mark response with an X."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00695B28" w14:paraId="2A73A70C" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
@@ -4601,65 +4632,71 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C36728">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Both</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3585E675" w14:textId="77777777" w:rsidR="00173E8F" w:rsidRDefault="00173E8F" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6EB6DEA5" w14:textId="77777777" w:rsidR="00173E8F" w:rsidRPr="00173E8F" w:rsidRDefault="00173E8F" w:rsidP="00173E8F">
+    <w:p w14:paraId="4D7F2DCF" w14:textId="77777777" w:rsidR="00DB504F" w:rsidRDefault="00DB504F" w:rsidP="00DB504F">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7888482A" w14:textId="77777777" w:rsidR="000E2764" w:rsidRDefault="00173E8F" w:rsidP="00173E8F">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7888482A" w14:textId="27BB0A19" w:rsidR="000E2764" w:rsidRDefault="00173E8F" w:rsidP="00173E8F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00695B28">
         <w:t>12</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008E73C8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000E2764">
         <w:t>Do you have any dependent children?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F456693" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00173E8F">
       <w:pPr>
         <w:pStyle w:val="DHHStablecolhead"/>
         <w:sectPr w:rsidR="00393494" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="2694" w:type="dxa"/>
         <w:tblInd w:w="829" w:type="dxa"/>
         <w:tblBorders>
@@ -4667,575 +4704,616 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="009B6721" w14:paraId="1DFF33EC" w14:textId="77777777" w:rsidTr="00B953B0">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="447CDDDC" w14:textId="77777777" w:rsidR="009B6721" w:rsidRDefault="00CF4AD1" w:rsidP="00173E8F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05580D34" w14:textId="77777777" w:rsidR="009B6721" w:rsidRDefault="009B6721" w:rsidP="00173E8F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E2764" w14:paraId="422E571C" w14:textId="77777777" w:rsidTr="00B953B0">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6277A8C4" w14:textId="77777777" w:rsidR="000E2764" w:rsidRDefault="000E2764" w:rsidP="003E249A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="239264B6" w14:textId="77777777" w:rsidR="000E2764" w:rsidRDefault="000E2764" w:rsidP="003E249A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E2764" w14:paraId="04D74953" w14:textId="77777777" w:rsidTr="00B953B0">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06D0A178" w14:textId="77777777" w:rsidR="000E2764" w:rsidRDefault="000E2764" w:rsidP="003E249A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CCF3956" w14:textId="77777777" w:rsidR="000E2764" w:rsidRDefault="000E2764" w:rsidP="003E249A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5224A7A7" w14:textId="77777777" w:rsidR="000E2764" w:rsidRDefault="000E2764" w:rsidP="00B2007C">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="2694" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="000E2764" w14:paraId="72753C1B" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63409BD7" w14:textId="77777777" w:rsidR="000E2764" w:rsidRDefault="000E2764" w:rsidP="003E249A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Number of dependants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40A76FB5" w14:textId="77777777" w:rsidR="000E2764" w:rsidRDefault="000E2764" w:rsidP="003E249A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="168FD158" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00B2007C">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:sectPr w:rsidR="00393494" w:rsidSect="00393494">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:num="2" w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="265EE86C" w14:textId="77777777" w:rsidR="00A137EB" w:rsidRDefault="00A137EB" w:rsidP="00B2007C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="265EE86C" w14:textId="77777777" w:rsidR="00A137EB" w:rsidRDefault="00A137EB" w:rsidP="00340EB6">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Contact information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A5BD35" w14:textId="3B8066F2" w:rsidR="00167E65" w:rsidRPr="00DE294F" w:rsidRDefault="00DE294F" w:rsidP="00DE294F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE294F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidR="00167E65" w:rsidRPr="00DE294F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Please note all bond loan applica</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7AAD" w:rsidRPr="00DE294F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>nts</w:t>
+      </w:r>
+      <w:r w:rsidR="00167E65" w:rsidRPr="00DE294F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> require an </w:t>
+      </w:r>
+      <w:r w:rsidR="00C33BB7" w:rsidRPr="00DE294F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individual </w:t>
+      </w:r>
+      <w:r w:rsidR="00167E65" w:rsidRPr="00DE294F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>email address to be provided as a method of contact.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22074DB4" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00173E8F" w:rsidP="003812A7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00695B28">
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="003812A7">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B2007C">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="003812A7">
         <w:t>ostal address?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D3CBD66" w14:textId="77777777" w:rsidR="00A137EB" w:rsidRDefault="00A137EB" w:rsidP="00602C3C">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:t>If you don’t have a postal address you can enter the postal address of a friend, relative or support worker.</w:t>
+        <w:t xml:space="preserve">If you don’t have a postal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>address</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> you can enter the postal address of a friend, relative or support worker.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E3A9EB6" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00602C3C">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="006013EC">
         <w:t>You</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> may use a ‘care of’ address in situations of f</w:t>
       </w:r>
       <w:r w:rsidR="00602C3C">
         <w:t>amily violence or homelessness.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's postal address. Fields include Postal address; PO box; Suburb or town; State and Postcode"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="6945"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="719F14AC" w14:textId="77777777" w:rsidTr="00DD2379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59E78FD8" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001F5C6B" w:rsidRDefault="00803C34" w:rsidP="001F5C6B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F5C6B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Postal address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="238648AF" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="3BF71BC9" w14:textId="77777777" w:rsidTr="00DD2379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EE9060A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001F5C6B" w:rsidRDefault="001F5C6B" w:rsidP="001F5C6B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="001F5C6B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>O b</w:t>
             </w:r>
             <w:r w:rsidR="00803C34" w:rsidRPr="001F5C6B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>ox</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C999BB4" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="73BD0D50" w14:textId="77777777" w:rsidTr="00DD2379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11F1CE3B" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001F5C6B" w:rsidRDefault="00803C34" w:rsidP="001F5C6B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F5C6B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Suburb</w:t>
             </w:r>
             <w:r w:rsidR="001F5C6B" w:rsidRPr="001F5C6B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> or t</w:t>
             </w:r>
             <w:r w:rsidRPr="001F5C6B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0481699B" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C335B0" w14:paraId="4676A298" w14:textId="77777777" w:rsidTr="00C51622">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36B4A422" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRPr="001F5C6B" w:rsidRDefault="00C335B0" w:rsidP="001F5C6B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F5C6B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B097FBF" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRDefault="00C335B0" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C51622" w14:paraId="74B039F7" w14:textId="77777777" w:rsidTr="00C51622">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="504883C0" w14:textId="77777777" w:rsidR="00C51622" w:rsidRPr="001F5C6B" w:rsidRDefault="00C51622" w:rsidP="001F5C6B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F5C6B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08F3311F" w14:textId="77777777" w:rsidR="00C51622" w:rsidRDefault="00C51622" w:rsidP="00DD7AE5">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27ACB26A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00B953B0" w:rsidP="003812A7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00695B28">
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="003812A7">
         <w:tab/>
         <w:t>What is your residential address?</w:t>
       </w:r>
     </w:p>
@@ -5248,94 +5326,92 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="555"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F5C6B" w14:paraId="0F154EA1" w14:textId="77777777" w:rsidTr="00EB1186">
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="274565C0" w14:textId="77777777" w:rsidR="002A6DE7" w:rsidRPr="002A6DE7" w:rsidRDefault="001F5C6B" w:rsidP="00EB1186">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6DE7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Same as postal address provided </w:t>
             </w:r>
             <w:r w:rsidR="00B953B0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>in A</w:t>
             </w:r>
             <w:r w:rsidR="00695B28">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="555" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C5D370A" w14:textId="77777777" w:rsidR="001F5C6B" w:rsidRDefault="001F5C6B" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3F7641B7" w14:textId="77777777" w:rsidR="001F5C6B" w:rsidRPr="002A6DE7" w:rsidRDefault="002A6DE7" w:rsidP="002A6DE7">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A6DE7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OR</w:t>
@@ -5348,488 +5424,496 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's residential address. Fields include Postal address; PO box; Suburb or town; State and Postcode"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="6945"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="245955B4" w14:textId="77777777" w:rsidTr="002A6DE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36C3F168" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00CB4379" w:rsidRDefault="00803C34" w:rsidP="00CB4379">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4379">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Residential address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1610FA27" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="6A7AC254" w14:textId="77777777" w:rsidTr="002A6DE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1239A253" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00CB4379" w:rsidRDefault="00DC5590" w:rsidP="00DC5590">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Street number and name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48150C04" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="00C4ACFE" w14:textId="77777777" w:rsidTr="002A6DE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="027DF84C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00CB4379" w:rsidRDefault="00803C34" w:rsidP="00CB4379">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4379">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Suburb</w:t>
             </w:r>
             <w:r w:rsidR="002A6DE7" w:rsidRPr="00CB4379">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> or t</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4379">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35AB1EAD" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C335B0" w14:paraId="61A063C8" w14:textId="77777777" w:rsidTr="002A6DE7">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="142D4419" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRPr="00CB4379" w:rsidRDefault="005F6C1A" w:rsidP="00CB4379">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4379">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="279A32ED" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRDefault="00C335B0" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C335B0" w14:paraId="7BFCC984" w14:textId="77777777" w:rsidTr="002A6DE7">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6120E242" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRPr="00CB4379" w:rsidRDefault="005F6C1A" w:rsidP="00CB4379">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4379">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4594E407" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRDefault="00C335B0" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2BCBB927" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="003812A7" w:rsidRDefault="00803C34" w:rsidP="003812A7">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+    <w:p w14:paraId="2BCBB927" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="003812A7" w:rsidRDefault="00803C34" w:rsidP="00652241">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's contact details. Options are landline telephone; mobile phone and email address."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="6946"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C335B0" w14:paraId="70CFD73D" w14:textId="77777777" w:rsidTr="00CB4379">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="418ACBBC" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRPr="00CB4379" w:rsidRDefault="005F6C1A" w:rsidP="00CB4379">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4379">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Telephone </w:t>
             </w:r>
             <w:r w:rsidR="00CB4379" w:rsidRPr="00CB4379">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>– l</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4379">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>andline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04B6B87A" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRDefault="00C335B0" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C335B0" w14:paraId="208E27FD" w14:textId="77777777" w:rsidTr="00CB4379">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="708144D4" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRPr="00CB4379" w:rsidRDefault="005F6C1A" w:rsidP="00CB4379">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4379">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A3A7B05" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRDefault="00C335B0" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="46374E7A" w14:textId="77777777" w:rsidTr="00CB4379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="08A0DF18" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00CB4379" w:rsidRDefault="00803C34" w:rsidP="00CB4379">
+          </w:tcPr>
+          <w:p w14:paraId="08A0DF18" w14:textId="36EC3989" w:rsidR="00803C34" w:rsidRPr="00CB4379" w:rsidRDefault="00803C34" w:rsidP="00CB4379">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4379">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
+            <w:r w:rsidR="00167E65">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E9B4874" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52CA6AF9" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="003812A7">
+    <w:p w14:paraId="2B9E5757" w14:textId="58DEB76E" w:rsidR="000A64AB" w:rsidRPr="000A64AB" w:rsidRDefault="000A64AB" w:rsidP="000A64AB">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE294F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>* Please note all bond loan applicants require an individual email address to be provided as a method of contact.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52CA6AF9" w14:textId="778104B4" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="003812A7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="003812A7">
         <w:t>A1</w:t>
       </w:r>
       <w:r w:rsidR="00695B28">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="0085240F">
         <w:t xml:space="preserve"> would</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t xml:space="preserve"> prefer to </w:t>
       </w:r>
       <w:r w:rsidR="0085240F">
         <w:t xml:space="preserve">receive </w:t>
       </w:r>
       <w:r w:rsidR="0010795C">
         <w:t>notifications</w:t>
       </w:r>
@@ -5966,57 +6050,59 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5225FD41" w14:textId="77777777" w:rsidR="00D44D6D" w:rsidRDefault="00D44D6D" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DDD96D9" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="003812A7" w:rsidRDefault="00803C34" w:rsidP="003812A7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003812A7">
         <w:lastRenderedPageBreak/>
         <w:t>A1</w:t>
       </w:r>
       <w:r w:rsidR="00695B28">
         <w:t>6</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t>Do you require an int</w:t>
       </w:r>
       <w:r w:rsidR="006F4D5D" w:rsidRPr="003812A7">
         <w:t>erpreter when speaking with us?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F0B376" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00CB4379">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB4379">
         <w:t>This</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> includes </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB4379">
         <w:t>interpreters</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for languages other than English, and for people who have a hearing or speech impairment.</w:t>
       </w:r>
     </w:p>
@@ -6239,441 +6325,456 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08B38289" w14:textId="77777777" w:rsidR="00CB4379" w:rsidRDefault="00CB4379" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4176654C" w14:textId="77777777" w:rsidR="000238E6" w:rsidRDefault="000238E6" w:rsidP="00B2007C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Income and Assets</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7618E8C0" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00CC5138" w:rsidP="00717753">
+    <w:p w14:paraId="7618E8C0" w14:textId="592774EC" w:rsidR="00803C34" w:rsidRDefault="00CC5138" w:rsidP="00717753">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7175"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please select the </w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="003812A7">
         <w:t>income</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> types you are receiving</w:t>
       </w:r>
-      <w:r w:rsidR="00717753">
-[...2 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6804"/>
+        <w:gridCol w:w="1843"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00311051" w14:paraId="111AAC2E" w14:textId="77777777" w:rsidTr="00B2007C">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34A60D47" w14:textId="77777777" w:rsidR="00311051" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61583CA0" w14:textId="77777777" w:rsidR="00311051" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mark with X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311051" w14:paraId="7ED76479" w14:textId="77777777" w:rsidTr="00B2007C">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="474C2352" w14:textId="77777777" w:rsidR="00311051" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>Centrelink Payments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EF3ECFC" w14:textId="77777777" w:rsidR="00311051" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311051" w14:paraId="46F47049" w14:textId="77777777" w:rsidTr="00B2007C">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28366980" w14:textId="77777777" w:rsidR="00311051" w:rsidRPr="005C28A7" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>Department of Veterans</w:t>
+            </w:r>
+            <w:r w:rsidR="00270184">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Affairs (DVA) payments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A7A0A92" w14:textId="77777777" w:rsidR="00311051" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311051" w14:paraId="112AF884" w14:textId="77777777" w:rsidTr="00B2007C">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A8473EB" w14:textId="77777777" w:rsidR="00311051" w:rsidRPr="005C28A7" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>Self employed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="365FB837" w14:textId="77777777" w:rsidR="00311051" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311051" w14:paraId="380A5239" w14:textId="77777777" w:rsidTr="00B2007C">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="388C8DF6" w14:textId="77777777" w:rsidR="00311051" w:rsidRPr="005C28A7" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>Paying job</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="032EDE14" w14:textId="77777777" w:rsidR="00311051" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311051" w14:paraId="74D29E0A" w14:textId="77777777" w:rsidTr="00E841D8">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F012DF2" w14:textId="77777777" w:rsidR="00311051" w:rsidRPr="005C28A7" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B4C9A91" w14:textId="77777777" w:rsidR="00311051" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311051" w14:paraId="2010A59C" w14:textId="77777777" w:rsidTr="00E841D8">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F05DF17" w14:textId="77777777" w:rsidR="00311051" w:rsidRPr="005C28A7" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F4C6021" w14:textId="77777777" w:rsidR="00311051" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0477A7BF" w14:textId="77777777" w:rsidR="00D85AAD" w:rsidRDefault="00D85AAD"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4323"/>
-        <w:gridCol w:w="2481"/>
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="4324"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00311051" w14:paraId="111AAC2E" w14:textId="77777777" w:rsidTr="00B2007C">
+      <w:tr w:rsidR="00C123D9" w14:paraId="7ABC35E8" w14:textId="77777777" w:rsidTr="00D85AAD">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="34A60D47" w14:textId="77777777" w:rsidR="00311051" w:rsidRDefault="00311051" w:rsidP="00F6426C">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39AE206C" w14:textId="77777777" w:rsidR="00C123D9" w:rsidRDefault="00C123D9" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Option</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>other</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please advise</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...327 lines deleted...]
-              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="681EA566" w14:textId="77777777" w:rsidR="00C123D9" w:rsidRDefault="00C123D9" w:rsidP="00F6426C">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="216D0F27" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="003812A7" w:rsidRDefault="00803C34" w:rsidP="00FA0752">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="003812A7">
         <w:t>A1</w:t>
       </w:r>
       <w:r w:rsidR="00FA0752">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t>Please provide your Centrelink Reference Number (CRN) Number</w:t>
       </w:r>
     </w:p>
@@ -6685,108 +6786,102 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="853"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E4ED0" w14:paraId="283FA155" w14:textId="77777777" w:rsidTr="001E4ED0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FEB0708" w14:textId="77777777" w:rsidR="001E4ED0" w:rsidRPr="001E4ED0" w:rsidRDefault="001E4ED0" w:rsidP="001E4ED0">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>CRN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2679C321" w14:textId="77777777" w:rsidR="001E4ED0" w:rsidRDefault="001E4ED0" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C1CF347" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00FA0752" w:rsidP="00AA5224">
+    <w:p w14:paraId="2C1CF347" w14:textId="53040A54" w:rsidR="00803C34" w:rsidRDefault="00FA0752" w:rsidP="00AA5224">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FA0752">
         <w:t>A18</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00803C34" w:rsidRPr="00FA0752">
         <w:tab/>
         <w:t xml:space="preserve">Do you </w:t>
       </w:r>
       <w:r w:rsidR="00A10828">
         <w:t>consent to income</w:t>
       </w:r>
       <w:r w:rsidR="003E249A">
         <w:t xml:space="preserve"> confirmation?</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5103"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E6B5D" w14:paraId="36BAB666" w14:textId="77777777" w:rsidTr="00B36E8E">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
@@ -6892,149 +6987,176 @@
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E6B5D" w14:paraId="70295BAA" w14:textId="77777777" w:rsidTr="00B36E8E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4FE517CC" w14:textId="77777777" w:rsidR="001E6B5D" w:rsidRPr="002B1871" w:rsidRDefault="001E6B5D" w:rsidP="00B36E8E">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00DE7996" w:rsidRPr="00207CB0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sign</w:t>
             </w:r>
             <w:r w:rsidR="00DE7996" w:rsidRPr="00207CB0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the Consent to use CCeS in </w:t>
+              <w:t xml:space="preserve"> the Consent to use </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DE7996" w:rsidRPr="00207CB0">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>CCeS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DE7996" w:rsidRPr="00207CB0">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Section_I_–" w:history="1">
               <w:r w:rsidR="00DE7996" w:rsidRPr="00207CB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Section I</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00DE7996" w:rsidRPr="00207CB0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, and </w:t>
             </w:r>
             <w:r w:rsidR="00DE7996" w:rsidRPr="00207CB0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>go to A2</w:t>
             </w:r>
             <w:r w:rsidR="00B36E8E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="22CEBCAF" w14:textId="77777777" w:rsidR="001E6B5D" w:rsidRDefault="001E6B5D" w:rsidP="003E249A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7DAE7DA4" w14:textId="77777777" w:rsidR="00D800BE" w:rsidRDefault="00D800BE" w:rsidP="00B2007C">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2A170A92" w14:textId="77777777" w:rsidR="00D800BE" w:rsidRDefault="00D800BE" w:rsidP="00D800BE">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F84577D" wp14:editId="131D60F5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F84577D" wp14:editId="569B2418">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="5" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="5" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="5" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId21">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
@@ -7059,544 +7181,536 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Proof of income documents</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t xml:space="preserve">. See </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_income" w:history="1">
         <w:r w:rsidRPr="00E50DCD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Proof of income</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>’ on page 3 fo</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t>r further information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FD3E9B" w14:textId="77777777" w:rsidR="002060DB" w:rsidRDefault="002060DB" w:rsidP="00B2007C">
+    <w:p w14:paraId="5D418633" w14:textId="77777777" w:rsidR="00E3263D" w:rsidRDefault="00E3263D" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50FD3E9B" w14:textId="14B42022" w:rsidR="002060DB" w:rsidRDefault="002060DB" w:rsidP="00B2007C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Assets</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E57A9A9" w14:textId="77777777" w:rsidR="00AA7D4D" w:rsidRDefault="00B36E8E" w:rsidP="00FE5F2C">
+    <w:p w14:paraId="1E57A9A9" w14:textId="7D0696F0" w:rsidR="00AA7D4D" w:rsidRDefault="00B36E8E" w:rsidP="00FE5F2C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">A19 </w:t>
+        <w:t>A19</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB504F">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7D4D">
         <w:t>What is an asset?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24147AB5" w14:textId="77777777" w:rsidR="00AA7D4D" w:rsidRDefault="00AA7D4D" w:rsidP="00AA7D4D">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA0752">
         <w:t>An asset is something you own that can be turned into money — like shares, businesses, mobile homes and any cash you have in the bank.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B44214" w14:textId="77777777" w:rsidR="00AA7D4D" w:rsidRDefault="00AA7D4D" w:rsidP="00AA7D4D">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>If you are expecting to receive a payout from an organisation like WorkSafe or the Transport Accident Commission (TAC), please add it here.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E57C850" w14:textId="77777777" w:rsidR="00DE7996" w:rsidRDefault="00DE7996" w:rsidP="00AA7D4D">
-[...3 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9072" w:type="dxa"/>
+        <w:tblW w:w="9248" w:type="dxa"/>
         <w:tblInd w:w="677" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert any assets the primary applicant has. Details needed are Asset type, Value and if the asset can be cashed in or sold (state yes or no)"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5040"/>
+        <w:gridCol w:w="5216"/>
         <w:gridCol w:w="2016"/>
         <w:gridCol w:w="2016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E90754" w14:paraId="51869679" w14:textId="77777777" w:rsidTr="00404D02">
+      <w:tr w:rsidR="00E90754" w14:paraId="51869679" w14:textId="77777777" w:rsidTr="00E011B1">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5216" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68AC971A" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Asset type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="402DABD1" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="332555EE" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Can the asset be cashed in or sold?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A5E5F9B" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Write ‘Yes’ or ‘No’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90754" w14:paraId="221E6C67" w14:textId="77777777" w:rsidTr="00404D02">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00E90754" w14:paraId="221E6C67" w14:textId="77777777" w:rsidTr="00E011B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5216" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33477FA4" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58F88EB1" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52870D84" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90754" w14:paraId="0E29CF38" w14:textId="77777777" w:rsidTr="00404D02">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00E90754" w14:paraId="0E29CF38" w14:textId="77777777" w:rsidTr="00E011B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5216" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04317108" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77C9E990" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18123938" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90754" w14:paraId="093ACFD3" w14:textId="77777777" w:rsidTr="00404D02">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00E90754" w14:paraId="093ACFD3" w14:textId="77777777" w:rsidTr="00E011B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5216" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74FF61D2" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0458A443" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57A25244" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90754" w14:paraId="122AC0EF" w14:textId="77777777" w:rsidTr="00404D02">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00E90754" w14:paraId="122AC0EF" w14:textId="77777777" w:rsidTr="00E011B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5216" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30439251" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B50FDE6" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D293D8A" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90754" w14:paraId="19D62A95" w14:textId="77777777" w:rsidTr="00404D02">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00E90754" w14:paraId="19D62A95" w14:textId="77777777" w:rsidTr="00E011B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5216" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D385696" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="455E7017" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52FEF3A7" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90754" w14:paraId="53125BF5" w14:textId="77777777" w:rsidTr="00404D02">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00E90754" w14:paraId="53125BF5" w14:textId="77777777" w:rsidTr="00E011B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5216" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="482C5299" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67698176" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55986974" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="025EB786" w14:textId="77777777" w:rsidR="00E90754" w:rsidRDefault="00E90754" w:rsidP="00AA7D4D">
-[...4 lines deleted...]
-    <w:p w14:paraId="06B34A47" w14:textId="77777777" w:rsidR="008C1692" w:rsidRDefault="00D800BE" w:rsidP="008C1692">
+    <w:p w14:paraId="06B34A47" w14:textId="3F36E7EA" w:rsidR="008C1692" w:rsidRDefault="00D800BE" w:rsidP="008C1692">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="691D44EF" wp14:editId="22EA6BED">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="691D44EF" wp14:editId="683E75B7">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="13" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="13" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="13" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId21">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>You will need to attach a document confirming ownership/existence of this asset.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B47039">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00D800BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_assets" w:history="1">
         <w:r w:rsidRPr="00462139">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>proof of assets</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B47039">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">on page </w:t>
       </w:r>
       <w:r w:rsidR="00B941C1">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t>for further information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27353AEC" w14:textId="77777777" w:rsidR="008C1692" w:rsidRDefault="008C1692" w:rsidP="00AA7D4D">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="402231E3" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00FA0752">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003812A7">
         <w:t>A2</w:t>
       </w:r>
       <w:r w:rsidR="00B36E8E">
         <w:t>0</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t>Do you own or part-own any real estate?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F1246" w14:paraId="13AA368C" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -7729,241 +7843,226 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Rental property details: address and number of bedrooms"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3545"/>
         <w:gridCol w:w="5812"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B70768" w14:paraId="282446C9" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F3B6D8B" w14:textId="77777777" w:rsidR="00B70768" w:rsidRPr="00696511" w:rsidRDefault="00B70768" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Property address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45E61E46" w14:textId="77777777" w:rsidR="00B70768" w:rsidRDefault="00B70768" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70768" w14:paraId="4D7B1FB3" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12BC6151" w14:textId="77777777" w:rsidR="00B70768" w:rsidRPr="00696511" w:rsidRDefault="00B70768" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Suburb or town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FEE212A" w14:textId="77777777" w:rsidR="00B70768" w:rsidRDefault="00B70768" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70768" w14:paraId="69496799" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="077BEEE5" w14:textId="77777777" w:rsidR="00B70768" w:rsidRPr="00696511" w:rsidRDefault="00B70768" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38888B01" w14:textId="77777777" w:rsidR="00B70768" w:rsidRDefault="00B70768" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70768" w14:paraId="08F2A7BF" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4018484D" w14:textId="77777777" w:rsidR="00B70768" w:rsidRPr="00696511" w:rsidRDefault="00B70768" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E9A8524" w14:textId="77777777" w:rsidR="00B70768" w:rsidRDefault="00B70768" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70768" w14:paraId="2D1CAD90" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="601A12FE" w14:textId="77777777" w:rsidR="00B70768" w:rsidRPr="00696511" w:rsidRDefault="00B70768" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Real estate or Land value $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6357747C" w14:textId="77777777" w:rsidR="00B70768" w:rsidRDefault="00B70768" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="403B3219" w14:textId="77777777" w:rsidR="00B70768" w:rsidRDefault="00B70768" w:rsidP="00783EEC">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="39FDB92E" w14:textId="77777777" w:rsidR="00B70768" w:rsidRDefault="00B70768" w:rsidP="00B70768">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Are you able to live in the property (mentioned above) permanently</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B70768" w14:paraId="442DAFDA" w14:textId="77777777" w:rsidTr="00404D02">
         <w:trPr>
           <w:tblHeader/>
@@ -8067,110 +8166,109 @@
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7BF8C920" w14:textId="77777777" w:rsidR="00B70768" w:rsidRDefault="00B70768" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0DCB0ED7" w14:textId="77777777" w:rsidR="003245A9" w:rsidRDefault="003245A9" w:rsidP="003245A9">
-[...2 lines deleted...]
-        <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
+    <w:p w14:paraId="0DCB0ED7" w14:textId="77777777" w:rsidR="003245A9" w:rsidRDefault="003245A9" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbodyaftertablefigure"/>
       </w:pPr>
       <w:r>
         <w:t>You will need to attach one or more of the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4204F837" w14:textId="77777777" w:rsidR="003245A9" w:rsidRDefault="003245A9" w:rsidP="003245A9">
-[...1 lines deleted...]
-        <w:pStyle w:val="DHHStablebullet"/>
+    <w:p w14:paraId="4204F837" w14:textId="77777777" w:rsidR="003245A9" w:rsidRDefault="003245A9" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r>
         <w:t>Letter from approved valuer or solicitor stating the property’s market value and your equity in it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B332F7" w14:textId="77777777" w:rsidR="003245A9" w:rsidRDefault="003245A9" w:rsidP="003245A9">
-[...1 lines deleted...]
-        <w:pStyle w:val="DHHStablebullet"/>
+    <w:p w14:paraId="53B332F7" w14:textId="77777777" w:rsidR="003245A9" w:rsidRDefault="003245A9" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r>
         <w:t>If the property is part owned, we need information about your share</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB71788" w14:textId="77777777" w:rsidR="003245A9" w:rsidRDefault="003245A9" w:rsidP="003245A9">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1CB71788" w14:textId="77777777" w:rsidR="003245A9" w:rsidRDefault="003245A9" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>If the property is held in trust, we need a letter from the executor of the estate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="370E822A" w14:textId="77777777" w:rsidR="00B70768" w:rsidRDefault="003245A9" w:rsidP="003245A9">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>Attach a document that details your interest in the property and why you are unable to occupy it</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42A46338" w14:textId="77777777" w:rsidR="00D800BE" w:rsidRDefault="00D800BE" w:rsidP="00EC3999">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:sectPr w:rsidR="00D800BE" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="377F2CA4" w14:textId="77777777" w:rsidR="00EC3999" w:rsidRDefault="00EC3999" w:rsidP="00EC3999">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Can this real estate or land be sold</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EC3999" w14:paraId="5EF74667" w14:textId="77777777" w:rsidTr="00404D02">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
@@ -8467,81 +8565,65 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>If the answer is no to any of the questions above, tell us why</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8505" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA7956" w14:paraId="5CA45741" w14:textId="77777777" w:rsidTr="00404D02">
+      <w:tr w:rsidR="00DA7956" w14:paraId="5CA45741" w14:textId="77777777" w:rsidTr="00E3263D">
+        <w:trPr>
+          <w:trHeight w:val="1417"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="3794A5AB" w14:textId="77777777" w:rsidR="00DA7956" w:rsidRDefault="00DA7956" w:rsidP="00404D02">
+          </w:tcPr>
+          <w:p w14:paraId="3794A5AB" w14:textId="77777777" w:rsidR="00DA7956" w:rsidRDefault="00DA7956" w:rsidP="00E3263D">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27B4330E" w14:textId="77777777" w:rsidR="00EE5379" w:rsidRDefault="00EE5379" w:rsidP="00EE5379">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>If the property subject to a dispute or an application for settlement in the Family Court?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
@@ -8650,161 +8732,154 @@
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4A2E6DB5" w14:textId="77777777" w:rsidR="00EE5379" w:rsidRDefault="00EE5379" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D7D9A8F" w14:textId="77777777" w:rsidR="00EE5379" w:rsidRDefault="003245A9" w:rsidP="00EE5379">
-[...1 lines deleted...]
-        <w:pStyle w:val="DHHSbody"/>
+    <w:p w14:paraId="3D7D9A8F" w14:textId="77777777" w:rsidR="00EE5379" w:rsidRDefault="003245A9" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbodyaftertablefigure"/>
       </w:pPr>
       <w:r>
         <w:t>You will need to attach a document from a solicitor confirming this</w:t>
       </w:r>
       <w:r w:rsidR="000E6FCD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="169F2C4E" w14:textId="77777777" w:rsidR="00EE5379" w:rsidRDefault="003245A9" w:rsidP="00EE5379">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00EE5379">
         <w:t>ell us the reason</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8906" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8906"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE5379" w14:paraId="54E02BBE" w14:textId="77777777" w:rsidTr="00B2007C">
+      <w:tr w:rsidR="00EE5379" w14:paraId="54E02BBE" w14:textId="77777777" w:rsidTr="00E3263D">
         <w:trPr>
-          <w:trHeight w:val="1465"/>
+          <w:trHeight w:val="1417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-          </w:p>
+          </w:tcPr>
           <w:p w14:paraId="0DBE3411" w14:textId="77777777" w:rsidR="00EE5379" w:rsidRDefault="00EE5379" w:rsidP="00404D02">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36FB0160" w14:textId="77777777" w:rsidR="0093138C" w:rsidRDefault="0041112F" w:rsidP="0093138C">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="163B3A8B" wp14:editId="794198FF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="163B3A8B" wp14:editId="19397868">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="8" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="8" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="8" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId21">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
@@ -8952,53 +9027,55 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52560A9E" w14:textId="77777777" w:rsidR="0093138C" w:rsidRDefault="0093138C" w:rsidP="0093138C">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0093138C" w14:paraId="3367DFF8" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="043AFC00" w14:textId="77777777" w:rsidR="0093138C" w:rsidRDefault="0093138C" w:rsidP="0093138C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>Caravan park</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65E23DC0" w14:textId="77777777" w:rsidR="0093138C" w:rsidRDefault="0093138C" w:rsidP="0093138C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0093138C" w14:paraId="5960DDD0" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3307F22E" w14:textId="77777777" w:rsidR="0093138C" w:rsidRDefault="0093138C" w:rsidP="0093138C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Community care unit</w:t>
             </w:r>
@@ -9203,50 +9280,51 @@
               <w:t>Rooming or boarding house</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49C48BD9" w14:textId="77777777" w:rsidR="0093138C" w:rsidRDefault="0093138C" w:rsidP="0093138C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0093138C" w14:paraId="3350C11B" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="743D81DB" w14:textId="77777777" w:rsidR="0093138C" w:rsidRDefault="0093138C" w:rsidP="0093138C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Student accommodation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76ABAE75" w14:textId="77777777" w:rsidR="0093138C" w:rsidRDefault="0093138C" w:rsidP="0093138C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0093138C" w14:paraId="6EBDCD83" w14:textId="77777777" w:rsidTr="00B2007C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C0CF35D" w14:textId="77777777" w:rsidR="0093138C" w:rsidRDefault="0093138C" w:rsidP="0093138C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
@@ -9361,336 +9439,325 @@
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="If primary applicant selected 'Other' for 'Where are you currently living?', provide details."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10348"/>
       </w:tblGrid>
       <w:tr w:rsidR="0093138C" w:rsidRPr="00E347B1" w14:paraId="05A0859C" w14:textId="77777777" w:rsidTr="0093138C">
         <w:trPr>
           <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5675F0B7" w14:textId="77777777" w:rsidR="0093138C" w:rsidRPr="000C2A2E" w:rsidRDefault="0093138C" w:rsidP="0093138C">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>If 'Other, provide details:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w:rsidRPr="00E347B1" w14:paraId="79765EF3" w14:textId="77777777" w:rsidTr="0093138C">
         <w:trPr>
           <w:trHeight w:val="1352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A325F13" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="000C2A2E" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D2584A4" w14:textId="77777777" w:rsidR="007E29A2" w:rsidRDefault="00803C34" w:rsidP="004E38DF">
+    <w:p w14:paraId="4D2584A4" w14:textId="4CCCFC28" w:rsidR="007E29A2" w:rsidRDefault="00803C34" w:rsidP="004E38DF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="0025524E">
         <w:t xml:space="preserve">Section B – Bond </w:t>
       </w:r>
       <w:r w:rsidRPr="004E38DF">
         <w:t>agent</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="335E64DD" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00803C34">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="0025524E">
         <w:t>Rural areas only</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47505198" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="003812A7" w:rsidRDefault="00803C34">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="003812A7">
         <w:t>B1</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t>Is a bond agent assisting with the application?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F570FDA" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="005C028D">
+    <w:p w14:paraId="6F570FDA" w14:textId="06DF7EF5" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="005C028D">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="007D5933">
         <w:t xml:space="preserve">Bond agents assist applicants living in rural areas who can’t easily get to a </w:t>
       </w:r>
       <w:r w:rsidR="000E6FCD">
-        <w:t>DHHS</w:t>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00C028BD">
+        <w:t>FFH</w:t>
       </w:r>
       <w:r w:rsidRPr="007D5933">
         <w:t xml:space="preserve"> office. Call your local </w:t>
       </w:r>
       <w:r>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="007D5933">
         <w:t>ffice for details about your closest bond agent</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8221" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Is a bond agent helping with the application? Mark response with an X and follow instruction."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
       <w:tr w:rsidR="005C028D" w14:paraId="3A12B674" w14:textId="77777777" w:rsidTr="002B1871">
         <w:trPr>
           <w:trHeight w:val="513"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A082404" w14:textId="77777777" w:rsidR="005C028D" w:rsidRPr="001E4ED0" w:rsidRDefault="005C028D" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Response</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="255A972E" w14:textId="77777777" w:rsidR="005C028D" w:rsidRDefault="005C028D" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F667E94" w14:textId="77777777" w:rsidR="005C028D" w:rsidRPr="00FA16EE" w:rsidRDefault="005C028D" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA16EE">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C028D" w14:paraId="23239239" w14:textId="77777777" w:rsidTr="002B1871">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AEE4CF0" w14:textId="77777777" w:rsidR="005C028D" w:rsidRPr="0040027F" w:rsidRDefault="005C028D" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="230A9A5C" w14:textId="77777777" w:rsidR="005C028D" w:rsidRDefault="005C028D" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68D088F8" w14:textId="77777777" w:rsidR="005C028D" w:rsidRPr="001E4ED0" w:rsidRDefault="005C028D" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="00FA16EE">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Go to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> Section </w:t>
             </w:r>
             <w:r w:rsidR="00297DC1">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C028D" w14:paraId="291A7B61" w14:textId="77777777" w:rsidTr="002B1871">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26AD5F6A" w14:textId="77777777" w:rsidR="005C028D" w:rsidRDefault="005C028D" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64321CA7" w14:textId="77777777" w:rsidR="005C028D" w:rsidRDefault="005C028D" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="718226E1" w14:textId="77777777" w:rsidR="005C028D" w:rsidRPr="001E4ED0" w:rsidRDefault="005C028D" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Go to </w:t>
             </w:r>
             <w:r w:rsidRPr="005C028D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>B2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77FBF29B" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="003812A7" w:rsidRDefault="00803C34" w:rsidP="007E29A2">
       <w:pPr>
@@ -9712,482 +9779,483 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Bond agent details: Name, address and contact details"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="6804"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="09876093" w14:textId="77777777" w:rsidTr="002B4F23">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17971142" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002B4F23" w:rsidRDefault="00803C34" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Name of bond agent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="197DC8A7" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="25BB7A11" w14:textId="77777777" w:rsidTr="002B4F23">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="299099D5" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002B4F23" w:rsidRDefault="00803C34" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Postal address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B6A3D39" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="7A4EEA9D" w14:textId="77777777" w:rsidTr="002B4F23">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2446A728" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00803C34" w:rsidRPr="002B4F23">
               <w:t xml:space="preserve">O </w:t>
             </w:r>
             <w:r>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidR="00803C34" w:rsidRPr="002B4F23">
               <w:t>ox</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45878039" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="56D152A1" w14:textId="77777777" w:rsidTr="002B4F23">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="408B760E" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Suburb or to</w:t>
             </w:r>
             <w:r w:rsidR="00803C34" w:rsidRPr="002B4F23">
               <w:t>wn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="413CDC04" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C335B0" w14:paraId="7C26BDCB" w14:textId="77777777" w:rsidTr="002B4F23">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="375BC7C6" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRPr="002B4F23" w:rsidRDefault="00C335B0" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="570BD63D" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRDefault="00C335B0" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C335B0" w14:paraId="48FC2C48" w14:textId="77777777" w:rsidTr="002B4F23">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="754C1A91" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRPr="002B4F23" w:rsidRDefault="00A13675" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03A41667" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRDefault="00C335B0" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C335B0" w14:paraId="0ADB66E6" w14:textId="77777777" w:rsidTr="002B4F23">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D3BAF36" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRPr="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Telephone – l</w:t>
             </w:r>
             <w:r w:rsidR="00C335B0" w:rsidRPr="002B4F23">
               <w:t>andline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45BD510E" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRDefault="00C335B0" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C335B0" w14:paraId="4E776616" w14:textId="77777777" w:rsidTr="002B4F23">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E072CBF" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRPr="002B4F23" w:rsidRDefault="00A13675" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="144C4ECA" w14:textId="77777777" w:rsidR="00C335B0" w:rsidRDefault="00C335B0" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="61DAC4C1" w14:textId="77777777" w:rsidTr="002B4F23">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55943780" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002B4F23" w:rsidRDefault="00803C34" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32221DB7" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="20BB00B3" w14:textId="77777777" w:rsidR="005C028D" w:rsidRDefault="005C028D">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="20BB00B3" w14:textId="77777777" w:rsidR="005C028D" w:rsidRDefault="005C028D" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41168BAC" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004E4A84" w:rsidRDefault="00803C34" w:rsidP="001966B6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="0025524E">
         <w:lastRenderedPageBreak/>
         <w:t>Section C – Real estate agent or landlord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F92B9D" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="005C028D" w:rsidRDefault="00803C34" w:rsidP="00803C34">
+    <w:p w14:paraId="18F92B9D" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="005E3B93" w:rsidRDefault="00803C34" w:rsidP="005E3B93">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
+          <w:b w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C028D">
+      <w:r w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
+          <w:b w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>This section can only be completed by your real estate agent or landlord.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A0AEF9E" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
+    <w:p w14:paraId="2A0AEF9E" w14:textId="1296EFCE" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The real estate agent or landlord must complete this section so that the Department of Health and Human Services can make a decision about granting a bond loan. If the landlord is not using a real estate agent, they should also complete </w:t>
+        <w:t xml:space="preserve">The real estate agent or landlord must complete this section so that the Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C028BD">
+        <w:t>Families, Fairness and Housing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> can </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>make a decision</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> about granting a bond loan. If the landlord is not using a real estate agent, they should also complete </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Section_E_–" w:history="1">
         <w:r w:rsidRPr="004E38DF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Section E</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0097421D" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>If this property is being sub-leased, that is leased from someone with an existing tenancy agreement with a landlord, contact your local office for information about extra documents that the department requires.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D0117A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00803C34" w:rsidP="00176E4D">
+    <w:p w14:paraId="45D0117A" w14:textId="7C55868A" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00803C34" w:rsidP="00176E4D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="0025524E">
-        <w:t>Department of Health and Human Services bond loan — Property details</w:t>
+        <w:t xml:space="preserve">Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C028BD">
+        <w:t>Families, Fairness and Housing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025524E">
+        <w:t xml:space="preserve"> bond loan — Property details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A3B3EFA" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="003812A7" w:rsidRDefault="004E38DF" w:rsidP="003812A7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>C1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Names of person or people</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="003812A7">
         <w:t xml:space="preserve"> applying for a bond loan (as it appears on official documents)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DEBD0F7" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00DB03EF" w:rsidRDefault="00803C34" w:rsidP="004E38DF">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Primary </w:t>
       </w:r>
       <w:r w:rsidRPr="004E38DF">
@@ -10202,150 +10270,144 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Primary applicant's name"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2550"/>
         <w:gridCol w:w="6520"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w:rsidRPr="001A382A" w14:paraId="5A1FA57D" w14:textId="77777777" w:rsidTr="00DD2379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4ABC6CE5" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002B4F23" w:rsidRDefault="00803C34" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>First given name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39AA6CE0" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001A382A" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w:rsidRPr="001A382A" w14:paraId="6DE84302" w14:textId="77777777" w:rsidTr="00DD2379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B1C9DA1" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Second given name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63D7EE92" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001A382A" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w:rsidRPr="001A382A" w14:paraId="557CC911" w14:textId="77777777" w:rsidTr="00DD2379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="025F9A1E" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002B4F23" w:rsidRDefault="00803C34" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28A82414" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001A382A" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F3A6BB1" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="004E38DF">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Household applicant 2</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9070" w:type="dxa"/>
         <w:tblInd w:w="677" w:type="dxa"/>
@@ -10353,150 +10415,144 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Second applicant's name"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2550"/>
         <w:gridCol w:w="6520"/>
       </w:tblGrid>
       <w:tr w:rsidR="002B4F23" w:rsidRPr="001A382A" w14:paraId="67E744A7" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F4228F5" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRPr="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>First given name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="582A4007" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRPr="001A382A" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B4F23" w:rsidRPr="001A382A" w14:paraId="62E21D6E" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E419B07" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRPr="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Second given name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25E525A6" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRPr="001A382A" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B4F23" w:rsidRPr="001A382A" w14:paraId="663EA637" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="178FF3C8" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRPr="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08880BF0" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRPr="001A382A" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0C7B7662" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00DB03EF" w:rsidRDefault="00803C34" w:rsidP="004E38DF">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Household </w:t>
       </w:r>
       <w:r w:rsidRPr="004E38DF">
         <w:t>applicant</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 3</w:t>
@@ -10510,411 +10566,395 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Third applicant's name"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6520"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w:rsidRPr="001A382A" w14:paraId="191985AA" w14:textId="77777777" w:rsidTr="00DD2379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77793E60" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002B4F23" w:rsidRDefault="00803C34" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>First given name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="015AF299" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001A382A" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w:rsidRPr="001A382A" w14:paraId="2DF05872" w14:textId="77777777" w:rsidTr="00DD2379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03299970" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002B4F23" w:rsidRDefault="00803C34" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t xml:space="preserve">Second given name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DF01206" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001A382A" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w:rsidRPr="001A382A" w14:paraId="528E8000" w14:textId="77777777" w:rsidTr="00DD2379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="787DE1B5" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002B4F23" w:rsidRDefault="00803C34" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1048C3DC" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001A382A" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3FD158DE" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="007E29A2">
+    <w:p w14:paraId="3FD158DE" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00340EB6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>C2</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidRPr="007E29A2">
         <w:t>section</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t xml:space="preserve"> is being completed by</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="6946" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Is a bond agent helping with the application? Mark response with an X and follow instruction."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
       <w:tr w:rsidR="002B4F23" w14:paraId="6D99386D" w14:textId="77777777" w:rsidTr="002B4F23">
         <w:trPr>
           <w:trHeight w:val="387"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D4B0075" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRPr="001E4ED0" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="215D711B" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18C8E22B" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRPr="00FA16EE" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA16EE">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B4F23" w14:paraId="2ACF6B29" w14:textId="77777777" w:rsidTr="002B4F23">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A169F44" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRPr="0040027F" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Real estate agent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40E8BC4F" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B8CFCEA" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRPr="001E4ED0" w:rsidRDefault="002B4F23" w:rsidP="002B4F23">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Do</w:t>
             </w:r>
             <w:r w:rsidRPr="004E38DF">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> not</w:t>
             </w:r>
             <w:r w:rsidRPr="004E38DF">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> complete Section E</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B4F23" w14:paraId="2225472B" w14:textId="77777777" w:rsidTr="002B4F23">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="724EC8AD" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Private landlord</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53758B4F" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F6E3648" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRPr="001E4ED0" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="002B4F23">
               <w:t>omplete this section</w:t>
             </w:r>
             <w:r w:rsidRPr="004E38DF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> and</w:t>
             </w:r>
             <w:r w:rsidRPr="002B4F23">
               <w:t xml:space="preserve"> Section E</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B27FC63" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRDefault="002B4F23">
-      <w:pPr>
+    <w:p w14:paraId="0B27FC63" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="00E3263D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:eastAsia="MS Gothic"/>
           <w:color w:val="007B4B"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="180A2B8C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="007E29A2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:lastRenderedPageBreak/>
         <w:t>C3</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t xml:space="preserve">Real estate </w:t>
       </w:r>
       <w:r w:rsidRPr="007E29A2">
         <w:t>agent</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
@@ -10932,498 +10972,476 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Real estate agent or landlord details: Name, ABN, Postal address, Contact details"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="5525"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B2645B" w14:paraId="74335A9F" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59355B92" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>RTBA number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F06D557" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="00C64447" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B2645B" w14:paraId="2922A7AF" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="712874E1" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="002B4F23" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Registered n</w:t>
             </w:r>
             <w:r w:rsidRPr="002B4F23">
               <w:t>ame of real estate agent or landlord</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3818C3F7" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="00C64447" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B2645B" w14:paraId="35FCEF94" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3187ACF5" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="002B4F23" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>ABN (may not be available for private landlord)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D02F850" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="00C64447" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B2645B" w14:paraId="58D62FF0" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="437FC46D" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="002B4F23" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Postal address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="179F6444" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="00C64447" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B2645B" w14:paraId="795FCE31" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BF9DC9C" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="002B4F23" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="002B4F23">
               <w:t xml:space="preserve">O </w:t>
             </w:r>
             <w:r>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidRPr="002B4F23">
               <w:t>ox</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B911F05" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="00C64447" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B2645B" w14:paraId="5B6233B1" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B7623A9" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="002B4F23" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Suburb</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> or t</w:t>
             </w:r>
             <w:r w:rsidRPr="002B4F23">
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5525" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E42FFF5" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="00C64447" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B2645B" w14:paraId="2C085E6A" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6165F766" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="002B4F23" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5525" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FD0E5B0" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="00C64447" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B2645B" w14:paraId="7B981807" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="581ADB4D" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="002B4F23" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5525" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="195C0E2A" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="00C64447" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B2645B" w14:paraId="08700BF0" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14DEBC48" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="002B4F23" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t xml:space="preserve">Telephone </w:t>
             </w:r>
             <w:r>
               <w:t>– l</w:t>
             </w:r>
             <w:r w:rsidRPr="002B4F23">
               <w:t>andline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5525" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FE9D3D3" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="00C64447" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B2645B" w14:paraId="19048424" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D86B833" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="002B4F23" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5525" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44555757" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="00C64447" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B2645B" w14:paraId="60AA933C" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D4E2341" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="002B4F23" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5525" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19AB6E13" w14:textId="77777777" w:rsidR="00B2645B" w:rsidRPr="00C64447" w:rsidRDefault="00B2645B" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0ADF57D1" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00FD6C03">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>C4</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t>Rental property type</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3538996F" w14:textId="77777777" w:rsidR="002B4F23" w:rsidRDefault="002B4F23" w:rsidP="002B1871">
       <w:pPr>
         <w:pStyle w:val="DHHStablecolhead"/>
         <w:sectPr w:rsidR="002B4F23" w:rsidSect="002A6DE7">
@@ -11712,229 +11730,219 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Rental property details: address and number of bedrooms"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2411"/>
         <w:gridCol w:w="6946"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="2E362925" w14:textId="77777777" w:rsidTr="00C64447">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D7BD120" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00696511" w:rsidRDefault="00803C34" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Property address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="521296F5" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="5A7E3CFD" w14:textId="77777777" w:rsidTr="00C64447">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6ED538BF" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00696511" w:rsidRDefault="004E38DF" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Suburb or t</w:t>
             </w:r>
             <w:r w:rsidR="00803C34" w:rsidRPr="00696511">
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04EEDC18" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E5C08" w14:paraId="32D5718E" w14:textId="77777777" w:rsidTr="00C64447">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37F69F8F" w14:textId="77777777" w:rsidR="000E5C08" w:rsidRPr="00696511" w:rsidRDefault="000E5C08" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B540F23" w14:textId="77777777" w:rsidR="000E5C08" w:rsidRDefault="000E5C08" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E5C08" w14:paraId="5EF92F03" w14:textId="77777777" w:rsidTr="00C64447">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41722522" w14:textId="77777777" w:rsidR="000E5C08" w:rsidRPr="00696511" w:rsidRDefault="0059439D" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53076D4E" w14:textId="77777777" w:rsidR="000E5C08" w:rsidRDefault="000E5C08" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="77B69383" w14:textId="77777777" w:rsidTr="00C64447">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="188D7297" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00696511" w:rsidRDefault="00803C34" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Number of bedrooms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0571BEEF" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32460DBD" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00063E2C" w:rsidRDefault="00803C34" w:rsidP="00063E2C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>C6</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t>Tenancy lease details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
@@ -11943,250 +11951,246 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Tenancy lease details: Number of people on lease, lease start and end dates, total bond amount and total weekly rent"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="6379"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="13AE16D7" w14:textId="77777777" w:rsidTr="00C64447">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4489DCF5" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00696511" w:rsidRDefault="00803C34" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Number of people on lease</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77EE7FE9" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007062DC" w:rsidRPr="00261F17" w14:paraId="434C0B10" w14:textId="77777777" w:rsidTr="00C64447">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="18AF0010" w14:textId="77777777" w:rsidR="007062DC" w:rsidRPr="00696511" w:rsidRDefault="007062DC" w:rsidP="00696511">
+          </w:tcPr>
+          <w:p w14:paraId="18AF0010" w14:textId="5C3E1F24" w:rsidR="007062DC" w:rsidRPr="00696511" w:rsidRDefault="007062DC" w:rsidP="00E011B1">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Lease start date</w:t>
             </w:r>
             <w:r w:rsidR="00964763">
-              <w:t>*  DD/MM/YYYY</w:t>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00E011B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00964763">
+              <w:t>DD/MM/YYYY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CA22402" w14:textId="77777777" w:rsidR="007062DC" w:rsidRPr="00261F17" w:rsidRDefault="007062DC" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1526"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="3510"/>
                 <w:tab w:val="left" w:pos="4077"/>
               </w:tabs>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007062DC" w:rsidRPr="00261F17" w14:paraId="1AF007E1" w14:textId="77777777" w:rsidTr="00C64447">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57513057" w14:textId="77777777" w:rsidR="007062DC" w:rsidRPr="00696511" w:rsidRDefault="007062DC" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Lease end date</w:t>
             </w:r>
             <w:r w:rsidR="00964763">
               <w:t>* DD/MM/YYYY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60B8570A" w14:textId="77777777" w:rsidR="007062DC" w:rsidRPr="00261F17" w:rsidRDefault="007062DC" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1526"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="3510"/>
                 <w:tab w:val="left" w:pos="4077"/>
               </w:tabs>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD6C03" w14:paraId="55CBAE7B" w14:textId="77777777" w:rsidTr="00C64447">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="056B1623" w14:textId="77777777" w:rsidR="00FD6C03" w:rsidRPr="00696511" w:rsidRDefault="00FD6C03" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Total property bond amount</w:t>
             </w:r>
             <w:r w:rsidR="00964763">
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="783CF68E" w14:textId="77777777" w:rsidR="00FD6C03" w:rsidRDefault="00FD6C03" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD6C03" w14:paraId="270609F6" w14:textId="77777777" w:rsidTr="00C64447">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01F17922" w14:textId="77777777" w:rsidR="00FD6C03" w:rsidRPr="00696511" w:rsidRDefault="00FD6C03" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Total weekly rent amount</w:t>
             </w:r>
             <w:r w:rsidR="00964763">
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27C0B5AA" w14:textId="77777777" w:rsidR="00FD6C03" w:rsidRDefault="00FD6C03" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2DB8EC9F" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00063E2C" w:rsidRDefault="00803C34" w:rsidP="00063E2C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:lastRenderedPageBreak/>
         <w:t>C7</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t>Real estate agent or landlord’s agreement to the tenancy lease details</w:t>
       </w:r>
@@ -12202,111 +12206,107 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Print name of real estate agent or landlord and sign by hand"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4393"/>
         <w:gridCol w:w="4961"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="6D816675" w14:textId="77777777" w:rsidTr="00C64447">
         <w:trPr>
           <w:trHeight w:val="152"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A5A69D4" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00696511" w:rsidRDefault="00773363" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t xml:space="preserve">Print name of real estate agent or </w:t>
             </w:r>
             <w:r w:rsidR="00803C34" w:rsidRPr="00696511">
               <w:t>landlord</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="699AAA3A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="327E792B" w14:textId="77777777" w:rsidTr="00C64447">
         <w:trPr>
           <w:trHeight w:val="974"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18448C38" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00696511" w:rsidRDefault="00E50DCD" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="18C4019C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00696511" w:rsidRDefault="007062DC" w:rsidP="007062DC">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
@@ -12359,68 +12359,66 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Amount of bond money being asked for in this application"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7371"/>
         <w:gridCol w:w="1699"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="5885457B" w14:textId="77777777" w:rsidTr="00DD2379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="460EFD34" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00696511" w:rsidRDefault="00803C34" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>How much bond money are you asking for in this bond loan application?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4814942C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0BC7764C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="001F1AD2" w:rsidRDefault="00803C34" w:rsidP="001F1AD2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F1AD2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D2</w:t>
@@ -12460,129 +12458,125 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Has the bond been paid already? State yes or no"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5103"/>
         <w:gridCol w:w="1417"/>
       </w:tblGrid>
       <w:tr w:rsidR="00696511" w14:paraId="681F3CA9" w14:textId="77777777" w:rsidTr="00696511">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="150A9B1A" w14:textId="77777777" w:rsidR="00696511" w:rsidRPr="00696511" w:rsidRDefault="00696511" w:rsidP="00B12488">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t xml:space="preserve">Has the bond been paid already? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52ECF927" w14:textId="77777777" w:rsidR="00696511" w:rsidRDefault="00696511" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="11670407" w14:textId="77777777" w:rsidR="007062DC" w:rsidRDefault="007062DC"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="If the bond has already been paid, tell us why"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9072"/>
       </w:tblGrid>
       <w:tr w:rsidR="00696511" w14:paraId="2D0F193D" w14:textId="77777777" w:rsidTr="00696511">
         <w:trPr>
           <w:trHeight w:val="147"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="381231D9" w14:textId="77777777" w:rsidR="00696511" w:rsidRDefault="00696511" w:rsidP="00696511">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>If yes, tell us why:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="63A611D1" w14:textId="77777777" w:rsidTr="00696511">
         <w:trPr>
           <w:trHeight w:val="1990"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="374816F9" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="75066413" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00063E2C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>D3</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t>What is your role in the household?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
@@ -12732,71 +12726,69 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Primary applicant's partner's name"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="3116"/>
       </w:tblGrid>
       <w:tr w:rsidR="002B1871" w:rsidRPr="00E347B1" w14:paraId="7B0C0E56" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46AB4EB2" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="002B1871" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:t>Partner’s name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34F6CC65" w14:textId="77777777" w:rsidR="002B1871" w:rsidRDefault="002B1871" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="188EFCAB" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00063E2C" w:rsidRDefault="00803C34" w:rsidP="00063E2C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>D4</w:t>
       </w:r>
       <w:r w:rsidR="00826F61">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>What is your share of the rent in the property you want to rent?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -12807,430 +12799,450 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Primary applicant's share of rent in dollars"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1699"/>
         <w:gridCol w:w="3116"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="5F2D7753" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="407FF6AD" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="002B1871" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:t>Share of rent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08271A6D" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E47A00A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00063E2C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00063E2C">
         <w:t>D5</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t>Do you have any dependent children?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5245" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="State if the primary applicant has any dependent children and how many"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="1417"/>
       </w:tblGrid>
       <w:tr w:rsidR="002B1871" w14:paraId="09733DA2" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CD38742" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="00696511" w:rsidRDefault="002B1871" w:rsidP="00B12488">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Do you have any dependent children</w:t>
             </w:r>
             <w:r w:rsidRPr="00696511">
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69F8D0E8" w14:textId="77777777" w:rsidR="002B1871" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B1871" w14:paraId="23B7342E" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2510322A" w14:textId="77777777" w:rsidR="002B1871" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Number of dependants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79614594" w14:textId="77777777" w:rsidR="002B1871" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="46599477" w14:textId="77777777" w:rsidR="004505EF" w:rsidRDefault="004505EF" w:rsidP="00B2007C">
+    <w:p w14:paraId="3CAF261D" w14:textId="77777777" w:rsidR="00E011B1" w:rsidRPr="00E011B1" w:rsidRDefault="00E011B1" w:rsidP="00E011B1">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Section_E_–"/>
       <w:bookmarkEnd w:id="7"/>
-    </w:p>
-    <w:p w14:paraId="75A16534" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00803C34">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A16534" w14:textId="6E794092" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00803C34">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="0025524E">
         <w:lastRenderedPageBreak/>
         <w:t>Section E – Private landlord release of information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB48323" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00773363" w:rsidRDefault="00803C34" w:rsidP="00803C34">
+    <w:p w14:paraId="4BB48323" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="005E3B93" w:rsidRDefault="00803C34" w:rsidP="005E3B93">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
+          <w:b w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00773363">
+      <w:r w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
+          <w:b w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>This section is only to be completed by a private landlord who does not use a real estate agent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6717AA4F" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00053B99" w:rsidRDefault="00803C34" w:rsidP="00803C34">
+    <w:p w14:paraId="6717AA4F" w14:textId="332DF01B" w:rsidR="00803C34" w:rsidRPr="00053B99" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00053B99">
-        <w:t xml:space="preserve">Private owners who do not use a real estate agent may provide the Department of Health and Human Services with a recent council rates notice or a copy of </w:t>
+        <w:t xml:space="preserve">Private owners who do not use a real estate agent may provide the Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Families, Fairness and Housing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00053B99">
+        <w:t xml:space="preserve"> with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00053B99">
+        <w:t>a recent council rates</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00053B99">
+        <w:t xml:space="preserve"> notice or a copy of </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00053B99">
         <w:t xml:space="preserve"> property title to confirm ownership of the property.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11ED7550" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00053B99" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00053B99">
         <w:t>If you cannot provide either of these documents, complete the Form of authority so that we can confirm ownership with the local council.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DBA4505" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00053B99">
         <w:t>If you do not give permission for the department to obtain this information from the local council, we cannot consider this bond loan application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DF6AB2E" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00803C34" w:rsidP="00176E4D">
+    <w:p w14:paraId="4DF6AB2E" w14:textId="6F8BB3DD" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00803C34" w:rsidP="00176E4D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="0025524E">
-        <w:t>Department of Health and Human Services bond loan — Form of authority</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0B11DFCD" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00063E2C" w:rsidRDefault="00803C34" w:rsidP="00773363">
+        <w:t xml:space="preserve">Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Families, Fairness and Housing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025524E">
+        <w:t xml:space="preserve"> bond loan — Form of authority</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B11DFCD" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00063E2C" w:rsidRDefault="00803C34" w:rsidP="00E011B1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>E1</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t>Names of pe</w:t>
       </w:r>
       <w:r w:rsidR="00773363">
         <w:t>ople</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E29A2">
         <w:t>applying</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t xml:space="preserve"> for a bond loan (as it appears on official documents)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C37804" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00773363">
+    <w:p w14:paraId="47C37804" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00E011B1">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00773363">
         <w:t>Primary</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> applicant</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9070" w:type="dxa"/>
         <w:tblInd w:w="677" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Primary applicant's name (Section E)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2550"/>
         <w:gridCol w:w="6520"/>
       </w:tblGrid>
       <w:tr w:rsidR="002B1871" w:rsidRPr="001A382A" w14:paraId="510726E1" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30E0024D" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="002B4F23" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>First given name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CC51D71" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="001A382A" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B1871" w:rsidRPr="001A382A" w14:paraId="6D1C20AA" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A6B73BC" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="002B4F23" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Second given name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2743BFA7" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="001A382A" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B1871" w:rsidRPr="001A382A" w14:paraId="4B034ECC" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B1E0008" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="002B4F23" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78F430DC" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="001A382A" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58F2D115" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00773363">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Household applicant 2</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9070" w:type="dxa"/>
         <w:tblInd w:w="677" w:type="dxa"/>
@@ -13238,150 +13250,144 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Second applicant's name (Section E)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2550"/>
         <w:gridCol w:w="6520"/>
       </w:tblGrid>
       <w:tr w:rsidR="002B1871" w:rsidRPr="001A382A" w14:paraId="13F12662" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="764BFED3" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="002B4F23" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>First given name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C7BC994" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="001A382A" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B1871" w:rsidRPr="001A382A" w14:paraId="22085862" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="255A3B7F" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="002B4F23" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Second given name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11A92BF7" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="001A382A" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B1871" w:rsidRPr="001A382A" w14:paraId="6D046883" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35335D2D" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="002B4F23" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E8A5C52" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="001A382A" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D2A68AB" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00773363">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Household applicant 3</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9070" w:type="dxa"/>
         <w:tblInd w:w="677" w:type="dxa"/>
@@ -13389,150 +13395,144 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Third applicant's name (Section E)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2550"/>
         <w:gridCol w:w="6520"/>
       </w:tblGrid>
       <w:tr w:rsidR="002B1871" w:rsidRPr="001A382A" w14:paraId="4F803186" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EFE445C" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="002B4F23" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>First given name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B9147E7" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="001A382A" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B1871" w:rsidRPr="001A382A" w14:paraId="3F2C0AC1" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03F8BBE6" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="002B4F23" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Second given name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="784D0E57" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="001A382A" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B1871" w:rsidRPr="001A382A" w14:paraId="34495D73" w14:textId="77777777" w:rsidTr="002B1871">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17A55E5D" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="002B4F23" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B4F23">
               <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E21DDDE" w14:textId="77777777" w:rsidR="002B1871" w:rsidRPr="001A382A" w:rsidRDefault="002B1871" w:rsidP="002B1871">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7D92C969" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00063E2C" w:rsidRDefault="00803C34" w:rsidP="00063E2C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>E2</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t>Property owner details</w:t>
       </w:r>
     </w:p>
@@ -13544,194 +13544,186 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Property owner details: Name and contact details"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2554"/>
         <w:gridCol w:w="6518"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="46D73B2D" w14:textId="77777777" w:rsidTr="00DD7AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0345A9AC" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00EE1DF6" w:rsidRDefault="00803C34" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t>Name of property owner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="228AEDF3" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E5C08" w14:paraId="09428DC5" w14:textId="77777777" w:rsidTr="00DD7AE5">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A060B28" w14:textId="77777777" w:rsidR="000E5C08" w:rsidRPr="00EE1DF6" w:rsidRDefault="000E5C08" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t xml:space="preserve">Telephone </w:t>
             </w:r>
             <w:r w:rsidR="00EE1DF6" w:rsidRPr="00EE1DF6">
               <w:t>– la</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t>ndline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6518" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64E6E741" w14:textId="77777777" w:rsidR="000E5C08" w:rsidRDefault="000E5C08" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E5C08" w14:paraId="6203B67B" w14:textId="77777777" w:rsidTr="00DD7AE5">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59457A48" w14:textId="77777777" w:rsidR="000E5C08" w:rsidRPr="00EE1DF6" w:rsidRDefault="00DD7AE5" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6518" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59711371" w14:textId="77777777" w:rsidR="000E5C08" w:rsidRDefault="000E5C08" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="6CD15CE5" w14:textId="77777777" w:rsidTr="00DD7AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="437C841F" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00EE1DF6" w:rsidRDefault="00803C34" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6518" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AE56145" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36E5AC50" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00803C34" w:rsidP="00063E2C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>E3</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t>Local council</w:t>
       </w:r>
@@ -13743,156 +13735,158 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2554"/>
         <w:gridCol w:w="6518"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="392ED23C" w14:textId="77777777" w:rsidTr="00DD7AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24103AED" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="007414D5" w:rsidRDefault="00803C34" w:rsidP="007414D5">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007414D5">
               <w:t>Local council name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DB162FA" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5444113A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00174884" w:rsidRDefault="00803C34" w:rsidP="00EE1DF6">
+    <w:p w14:paraId="5444113A" w14:textId="213E89B2" w:rsidR="00803C34" w:rsidRPr="00174884" w:rsidRDefault="00803C34" w:rsidP="00EE1DF6">
       <w:pPr>
         <w:pStyle w:val="DHHSbodyaftertablefigure"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">I authorise the Director of </w:t>
+        <w:t xml:space="preserve">I authorise </w:t>
+      </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Homes Victoria</w:t>
       </w:r>
       <w:r w:rsidRPr="00174884">
-        <w:t xml:space="preserve">Housing, or officers acting on behalf of the Director of </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Housing to obtain information from the local council to confirm ownership of the </w:t>
+        <w:t xml:space="preserve">, or officers acting on behalf of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Homes Victoria</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> to obtain information from the local council to confirm ownership of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00174884">
         <w:t xml:space="preserve">rental property </w:t>
       </w:r>
       <w:r w:rsidR="00EE1DF6">
         <w:t>in E4</w:t>
       </w:r>
       <w:r w:rsidRPr="00174884">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Authorisation for Director of Housing to get information from local council to confirm ownership of rental property. State Yes or No"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6520"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EE1DF6" w14:paraId="40D99F61" w14:textId="77777777" w:rsidTr="007E4722">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5255B835" w14:textId="77777777" w:rsidR="00EE1DF6" w:rsidRPr="00EE1DF6" w:rsidRDefault="00EE1DF6" w:rsidP="00B12488">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t xml:space="preserve">Authorisation given? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D88B6CD" w14:textId="77777777" w:rsidR="00EE1DF6" w:rsidRDefault="00EE1DF6" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77C41BF5" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00063E2C" w:rsidRDefault="00803C34" w:rsidP="00063E2C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:lastRenderedPageBreak/>
         <w:t>E4</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t>Rental property</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -13902,308 +13896,311 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Rental property address"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1986"/>
         <w:gridCol w:w="6519"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="00022E7E" w14:textId="77777777" w:rsidTr="00EE1DF6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39719066" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00EE1DF6" w:rsidRDefault="00803C34" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t>Property address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54BD5F69" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="13FE90A8" w14:textId="77777777" w:rsidTr="00EE1DF6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6EBE481A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00EE1DF6" w:rsidRDefault="00803C34" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t>Suburb</w:t>
             </w:r>
             <w:r w:rsidR="00EE1DF6" w:rsidRPr="00EE1DF6">
               <w:t xml:space="preserve"> or t</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14E0ED5C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E5C08" w14:paraId="0CF5EAE7" w14:textId="77777777" w:rsidTr="00EE1DF6">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28003348" w14:textId="77777777" w:rsidR="000E5C08" w:rsidRPr="00EE1DF6" w:rsidRDefault="002E22D6" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2ABC181D" w14:textId="77777777" w:rsidR="000E5C08" w:rsidRDefault="000E5C08" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E5C08" w14:paraId="7A4C00E4" w14:textId="77777777" w:rsidTr="00EE1DF6">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="514155A4" w14:textId="77777777" w:rsidR="000E5C08" w:rsidRPr="00EE1DF6" w:rsidRDefault="002E22D6" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="527F577C" w14:textId="77777777" w:rsidR="000E5C08" w:rsidRDefault="000E5C08" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="50CB2AA8" w14:textId="77777777" w:rsidR="00EE1DF6" w:rsidRDefault="00EE1DF6" w:rsidP="00EE1DF6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Local council authorisation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D304461" w14:textId="77777777" w:rsidR="00EE1DF6" w:rsidRPr="00EE1DF6" w:rsidRDefault="00EE1DF6" w:rsidP="00EE1DF6">
+    <w:p w14:paraId="1D304461" w14:textId="3A4CEE53" w:rsidR="00EE1DF6" w:rsidRPr="00EE1DF6" w:rsidRDefault="00EE1DF6" w:rsidP="00EE1DF6">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00D75EE1">
         <w:t>The release of th</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
-        <w:t xml:space="preserve"> information is requested for the purpose of confirming ownership of a property in order to assess a </w:t>
-[...2 lines deleted...]
-        <w:t>Department of Health and Human Services</w:t>
+        <w:t xml:space="preserve"> information is requested for the purpose of confirming ownership of a property </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D75EE1">
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D75EE1">
+        <w:t xml:space="preserve"> assess a </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Families, Fairness and Housing</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>bond loan</w:t>
       </w:r>
       <w:r w:rsidR="00660D42">
         <w:t xml:space="preserve"> application</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> and for no other purpose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBBEC71" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
-[...2 lines deleted...]
-        <w:ind w:left="709"/>
+    <w:p w14:paraId="5FBBEC71" w14:textId="5A9B9368" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00E011B1">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00174884">
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">authorise the local council to release information regarding ownership of the rental </w:t>
       </w:r>
       <w:r w:rsidRPr="00174884">
-        <w:t>property to the Director of Housing.</w:t>
+        <w:t xml:space="preserve">property to </w:t>
+      </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Homes Victoria.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Authorisation for local council to release information to Director of Housing to confirm ownership of rental property. State Yes or No"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6471"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EE1DF6" w14:paraId="47BF0B9E" w14:textId="77777777" w:rsidTr="007E4722">
         <w:trPr>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="476A9586" w14:textId="77777777" w:rsidR="00EE1DF6" w:rsidRPr="00EE1DF6" w:rsidRDefault="00EE1DF6" w:rsidP="00B12488">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t xml:space="preserve">Authorisation given? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6471" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EF713CA" w14:textId="77777777" w:rsidR="00EE1DF6" w:rsidRDefault="00EE1DF6" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="072D8112" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00063E2C" w:rsidRDefault="00803C34" w:rsidP="00063E2C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>E5</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t>Owner’s signature</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9073" w:type="dxa"/>
@@ -14215,123 +14212,119 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Owner's signature (by hand) and date signed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3829"/>
         <w:gridCol w:w="5244"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="27A5E4CD" w14:textId="77777777" w:rsidTr="00EC39F8">
         <w:trPr>
           <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77BD4CC1" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00EE1DF6" w:rsidRDefault="002E22D6" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="34367150" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00EE1DF6" w:rsidRDefault="00EC39F8" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="096FE98C" w14:textId="77777777" w:rsidTr="00DD2379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2247650A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00EE1DF6" w:rsidRDefault="00803C34" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27FBFEEF" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="255F67B8" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00063E2C" w:rsidRDefault="00803C34" w:rsidP="00063E2C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>E6</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t>Office use only</w:t>
       </w:r>
       <w:r w:rsidR="00EE1DF6">
         <w:t xml:space="preserve"> – Requesting officer’s signature</w:t>
       </w:r>
     </w:p>
@@ -14346,152 +14339,149 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Requesting officer's signature (sign by hand) and date signed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3829"/>
         <w:gridCol w:w="5244"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="2E53C647" w14:textId="77777777" w:rsidTr="00EC39F8">
         <w:trPr>
           <w:trHeight w:val="1012"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="581AB8BC" w14:textId="77777777" w:rsidR="00EE1DF6" w:rsidRDefault="00EE1DF6" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Requesting officer’s signature</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="142DFBA9" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00EE1DF6" w:rsidRDefault="00803C34" w:rsidP="00EE1DF6">
+          <w:p w14:paraId="142DFBA9" w14:textId="644093AD" w:rsidR="00803C34" w:rsidRPr="00EE1DF6" w:rsidRDefault="00803C34" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
-              <w:t>(for and on behalf of the Director of Housing as an authorised offic</w:t>
+              <w:t xml:space="preserve">(for and on behalf of </w:t>
+            </w:r>
+            <w:r w:rsidR="00346E35">
+              <w:t>Homes Victoria</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE1DF6">
+              <w:t xml:space="preserve"> as an authorised offic</w:t>
             </w:r>
             <w:r w:rsidR="00EE1DF6">
               <w:t>er)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="431C436F" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00EE1DF6" w:rsidRDefault="00EC39F8" w:rsidP="00EC39F8">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="0721488C" w14:textId="77777777" w:rsidTr="00DD2379">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EEA5A2C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00EE1DF6" w:rsidRDefault="00803C34" w:rsidP="00EE1DF6">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE1DF6">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F9235A8" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22E8E686" w14:textId="77777777" w:rsidR="00CF1633" w:rsidRDefault="00CF1633">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="22E8E686" w14:textId="77777777" w:rsidR="00CF1633" w:rsidRDefault="00CF1633" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BE056FA" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00803C34" w:rsidP="00EE1DF6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="0025524E">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section F – Other applicants who are applying </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE1DF6">
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidRPr="0025524E">
         <w:t xml:space="preserve"> a bond loan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4875ACC8" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00803C34" w:rsidP="00773363">
       <w:pPr>
@@ -14549,94 +14539,94 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="470DFE6A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>F1</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t xml:space="preserve">About </w:t>
       </w:r>
       <w:r w:rsidR="0099756A">
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="007E29A2">
         <w:t>ousehold</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t xml:space="preserve"> applicant 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE5F827" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="7EE5F827" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="002A1FB1">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Applicant details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="576DF397" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>In this section we will ask for information about other household members applying for bond assistance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3026D8C6" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> Questions with an (*) must be answered</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D56F381" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F1.1</w:t>
       </w:r>
       <w:r w:rsidRPr="005F4222">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A6274">
         <w:t>Title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BC871F4" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="DHHStablecolhead"/>
         <w:sectPr w:rsidR="00393494" w:rsidSect="002A6DE7">
-          <w:footerReference w:type="even" r:id="rId26"/>
-          <w:footerReference w:type="default" r:id="rId27"/>
+          <w:footerReference w:type="even" r:id="rId22"/>
+          <w:footerReference w:type="default" r:id="rId23"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's title with an X. Options are: Mr, Miss, Ms, Mrs, Dr, Prof and other"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="5B807DFA" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
@@ -15009,372 +14999,409 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's name details: First given name. Second given name, Family name, Preferred name (if any) and Previous name (if any)."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2833"/>
         <w:gridCol w:w="6239"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w:rsidRPr="001A382A" w14:paraId="3E531E32" w14:textId="77777777" w:rsidTr="00393494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C8FDB2B" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="002A6274" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>First name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05D7AEA2" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="001A382A" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00393494" w:rsidRPr="001A382A" w14:paraId="32A6FC2C" w14:textId="77777777" w:rsidTr="00393494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15BA377D" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="002A6274" w:rsidRDefault="00F3159F" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Middle</w:t>
             </w:r>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> name</w:t>
             </w:r>
             <w:r w:rsidR="00393494" w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23EF694A" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="001A382A" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00393494" w:rsidRPr="001A382A" w14:paraId="0B3D5B13" w14:textId="77777777" w:rsidTr="00393494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B24F7FB" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="002A6274" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="644A2369" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="001A382A" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393494" w:rsidRPr="001A382A" w14:paraId="12F7B5CE" w14:textId="77777777" w:rsidTr="00393494">
+      <w:tr w:rsidR="00393494" w:rsidRPr="001A382A" w14:paraId="12F7B5CE" w14:textId="77777777" w:rsidTr="00DB504F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BDB98E8" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:t>Previous name (if any)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4285CE2E" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="001A382A" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:t>(For example, name at birth, maiden name, previous married name, alias)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="224382A5" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="001A382A" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...25 lines deleted...]
-      <w:tr w:rsidR="00393494" w:rsidRPr="001A382A" w14:paraId="646190E6" w14:textId="77777777" w:rsidTr="00393494">
+      <w:tr w:rsidR="00DB504F" w:rsidRPr="001A382A" w14:paraId="7E41263F" w14:textId="77777777" w:rsidTr="00DB504F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="458569E5" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="002A6274" w:rsidRDefault="00393494" w:rsidP="00393494">
+          </w:tcPr>
+          <w:p w14:paraId="2FEA9F78" w14:textId="714D5215" w:rsidR="00DB504F" w:rsidRPr="002A6274" w:rsidRDefault="00DB504F" w:rsidP="00DB504F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Preferred name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56F48939" w14:textId="77777777" w:rsidR="00DB504F" w:rsidRPr="001A382A" w:rsidRDefault="00DB504F" w:rsidP="00DB504F">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB504F" w:rsidRPr="001A382A" w14:paraId="6FCC7B38" w14:textId="77777777" w:rsidTr="00393494">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DF30FD4" w14:textId="22CA172F" w:rsidR="00DB504F" w:rsidRDefault="00DB504F" w:rsidP="00DB504F">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Preferred name</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Email address*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2A3C3F9F" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="001A382A" w:rsidRDefault="00393494" w:rsidP="00393494">
+          </w:tcPr>
+          <w:p w14:paraId="00B30B7D" w14:textId="77777777" w:rsidR="00DB504F" w:rsidRPr="001A382A" w:rsidRDefault="00DB504F" w:rsidP="00DB504F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E00B51A" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="64A6384B" w14:textId="3F041E12" w:rsidR="004D7AAD" w:rsidRPr="00DE294F" w:rsidRDefault="00DE294F" w:rsidP="00DB504F">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbodyaftertablefigure"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE294F">
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7AAD" w:rsidRPr="00DB504F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Please note</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7AAD" w:rsidRPr="00DE294F">
+        <w:t xml:space="preserve"> all bond loan applicants require an </w:t>
+      </w:r>
+      <w:r w:rsidR="00C33BB7" w:rsidRPr="00DE294F">
+        <w:t xml:space="preserve">individual </w:t>
+      </w:r>
+      <w:r w:rsidR="004D7AAD" w:rsidRPr="00DE294F">
+        <w:t>email address to be provided as a method of contact.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4C306F5A" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="649758CF" wp14:editId="1D36E5E0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="649758CF" wp14:editId="59546966">
             <wp:extent cx="228600" cy="272415"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="2" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="2" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19">
+                    <a:blip r:embed="rId15">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="FFFFFF"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="FFFFFF">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -15412,59 +15439,56 @@
       </w:r>
       <w:r w:rsidRPr="0068043A">
         <w:t xml:space="preserve">. See </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_identity" w:history="1">
         <w:r w:rsidRPr="00E50DCD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Proof of identity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">’ on page </w:t>
       </w:r>
       <w:r w:rsidR="00591FEC">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="0068043A">
         <w:t xml:space="preserve"> for further information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792C9F6A" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="005F4222" w:rsidRDefault="00393494" w:rsidP="00393494">
+    <w:p w14:paraId="792C9F6A" w14:textId="165C60B3" w:rsidR="00393494" w:rsidRPr="005F4222" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F1.3</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005F4222">
         <w:tab/>
         <w:t>Date of birth</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="3542" w:type="dxa"/>
         <w:tblInd w:w="819" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert the primary applicant's date of birth"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1557"/>
         <w:gridCol w:w="1985"/>
       </w:tblGrid>
@@ -15473,190 +15497,110 @@
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3FECAFE7" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7624F746" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4315ADC6" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494"/>
-[...84 lines deleted...]
-    <w:p w14:paraId="06B0AFD4" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
+    <w:p w14:paraId="06B0AFD4" w14:textId="0934FBDD" w:rsidR="00E3263D" w:rsidRDefault="00E3263D" w:rsidP="00E3263D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50AEF11A" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00393494" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4356093E" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
+    <w:p w14:paraId="4356093E" w14:textId="149497E2" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>F1.4</w:t>
       </w:r>
-      <w:r w:rsidRPr="004505EF">
+      <w:r w:rsidR="009B1141">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F4222">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903212">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
         </w:rPr>
         <w:t>Gender</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's gender with an X. Options are: male, female, indeterminate, intersex and other"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1842"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="5DBE7EFA" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
@@ -16116,59 +16060,56 @@
           </w:tcPr>
           <w:p w14:paraId="16BB351F" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="26F194A5" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6255AAB4" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0B829682" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00F3159F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_F1.7_What_is"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t>F1.7</w:t>
       </w:r>
       <w:r w:rsidR="00F3159F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t xml:space="preserve">What is </w:t>
       </w:r>
       <w:r w:rsidR="0099756A">
         <w:t>their</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t xml:space="preserve"> residency status?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's residency status with an X. Options are:&#10;Australian citizen; Permanent resident; New Zealand resident; Sponsored migrant; Permantent protection visa; Resolution of status visa and Visa subclass (if applicable)."/>
       </w:tblPr>
       <w:tblGrid>
@@ -16189,71 +16130,91 @@
             </w:pPr>
             <w:r>
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="183A4F58" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Mark with X </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00393494" w14:paraId="1CDB4DA3" w14:textId="77777777" w:rsidTr="005153BD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D892E23" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
+          <w:p w14:paraId="4D892E23" w14:textId="7070910C" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Australian citizen – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB4379">
-[...12 lines deleted...]
-            </w:r>
+            <w:hyperlink w:anchor="_F1.11_Aboriginal_or" w:history="1">
+              <w:r w:rsidRPr="00E011B1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t xml:space="preserve">Go to </w:t>
+              </w:r>
+              <w:r w:rsidR="00591FEC" w:rsidRPr="00E011B1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>F</w:t>
+              </w:r>
+              <w:r w:rsidR="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>1.1</w:t>
+              </w:r>
+              <w:r w:rsidR="00591FEC" w:rsidRPr="00E011B1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>1</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22BBE20A" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00393494" w14:paraId="2FDDCE91" w14:textId="77777777" w:rsidTr="005153BD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="243E1BF1" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
             <w:r>
               <w:t>Permanent resident</w:t>
             </w:r>
@@ -16475,97 +16436,107 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert the date the primary applicant started living in Australia"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="1EF2CABA" w14:textId="77777777" w:rsidTr="00393494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22ACF00F" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="002912C8" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00C36728">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F8225D8" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="635813B1" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
+    <w:p w14:paraId="635813B1" w14:textId="6D1F41DC" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F1.9</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t xml:space="preserve">Are </w:t>
       </w:r>
       <w:r w:rsidR="0099756A">
         <w:t>they</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
-        <w:t xml:space="preserve"> affected by Centrelink’s two-year newly-arrived </w:t>
+        <w:t xml:space="preserve"> affected by Centrelink’s two</w:t>
+      </w:r>
+      <w:r w:rsidR="00E011B1">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003812A7">
+        <w:t xml:space="preserve">year </w:t>
+      </w:r>
+      <w:r w:rsidR="00E011B1" w:rsidRPr="003812A7">
+        <w:t>newly arrived</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003812A7">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">residents </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>waiting period?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Is the primary applicant affected by Centrelink's 2 year newly arrived migrant waiting period? Mark response with an X."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="4C2687C4" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
@@ -16932,51 +16903,54 @@
             </w:pPr>
             <w:r>
               <w:t>If yes, tell us the expiry date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="786BD94E" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EC8A024" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="9" w:name="_F1.11_Aboriginal_or"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>F1.11</w:t>
       </w:r>
       <w:r w:rsidR="00F3159F">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Aboriginal or Torres Strait Islander</w:t>
       </w:r>
       <w:r w:rsidR="00F3159F">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Are you Aboriginal or Torres Strait Islander? Mark with X. Options are: No; Aboriginal; Torres Strait Islander or Both."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="3118"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="1720E507" w14:textId="77777777" w:rsidTr="00393494">
@@ -17121,61 +17095,62 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C36728">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Both</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="571C2482" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4BFB6D1F" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="00173E8F" w:rsidRDefault="00393494" w:rsidP="00393494">
-[...4 lines deleted...]
-    <w:p w14:paraId="07961602" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
+    <w:p w14:paraId="07961602" w14:textId="54ECD035" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">F1.12  Do </w:t>
+        <w:t>F1.12</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3263D">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Do </w:t>
       </w:r>
       <w:r w:rsidR="0099756A">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r>
         <w:t>have any dependent children?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23D6F2BE" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="DHHStablecolhead"/>
         <w:sectPr w:rsidR="00393494" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="2694" w:type="dxa"/>
         <w:tblInd w:w="829" w:type="dxa"/>
@@ -17184,285 +17159,273 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="7C38E397" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="082B165A" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00591FEC" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78053E6D" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00393494" w14:paraId="3A428D74" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D800BC5" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24505E68" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00393494" w14:paraId="5CED399A" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26397488" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="053853A3" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="13C7BB4A" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="2694" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="7E65E3D4" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="DHHStabletext"/>
+          </w:tcPr>
+          <w:p w14:paraId="7068C066" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="009B1141">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Number of dependants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DAA03EF" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="25E22D89" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:sectPr w:rsidR="00393494" w:rsidSect="00393494">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:num="2" w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70F99B70" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
-[...4 lines deleted...]
-    <w:p w14:paraId="32CCFA25" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00393494" w:rsidP="00393494">
+    <w:p w14:paraId="32CCFA25" w14:textId="1BFC51CE" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00393494" w:rsidP="00E011B1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">F2 </w:t>
+        <w:spacing w:before="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>F2</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="0025524E">
         <w:tab/>
         <w:t>About household applicant 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CA52AFD" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="7CA52AFD" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00E011B1">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Applicant details</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="676F2C09" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
+    <w:p w14:paraId="676F2C09" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="002A1FB1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F2.1</w:t>
       </w:r>
       <w:r w:rsidRPr="005F4222">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A6274">
         <w:t>Title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF9467D" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="DHHStablecolhead"/>
         <w:sectPr w:rsidR="00393494" w:rsidSect="002A6DE7">
-          <w:footerReference w:type="even" r:id="rId28"/>
-          <w:footerReference w:type="default" r:id="rId29"/>
+          <w:footerReference w:type="even" r:id="rId24"/>
+          <w:footerReference w:type="default" r:id="rId25"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's title with an X. Options are: Mr, Miss, Ms, Mrs, Dr, Prof and other"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="16EEC66A" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
@@ -17788,436 +17751,474 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="70CF0045" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C48432A" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:sectPr w:rsidR="00393494" w:rsidSect="007915CC">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:num="2" w:space="282"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B457F9F" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="0025524E" w:rsidRDefault="00393494" w:rsidP="00393494">
+    <w:p w14:paraId="0B457F9F" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="0025524E" w:rsidRDefault="00393494" w:rsidP="002A1FB1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F2.2</w:t>
       </w:r>
       <w:r w:rsidRPr="0025524E">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Their </w:t>
       </w:r>
       <w:r w:rsidRPr="003C29B6">
         <w:t>name (as it appears on official documents)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="677" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's name details: First given name. Second given name, Family name, Preferred name (if any) and Previous name (if any)."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2833"/>
         <w:gridCol w:w="6239"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w:rsidRPr="001A382A" w14:paraId="6719E99E" w14:textId="77777777" w:rsidTr="00393494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="043DB6AE" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="002A6274" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">First </w:t>
             </w:r>
             <w:r w:rsidR="00591FEC">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">given </w:t>
             </w:r>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E95E25D" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="001A382A" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00393494" w:rsidRPr="001A382A" w14:paraId="383CBDF2" w14:textId="77777777" w:rsidTr="00393494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68243873" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="002A6274" w:rsidRDefault="00591FEC" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Second given</w:t>
             </w:r>
             <w:r w:rsidR="00393494">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00393494" w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50967CC0" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="001A382A" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00393494" w:rsidRPr="001A382A" w14:paraId="7EE84F39" w14:textId="77777777" w:rsidTr="00393494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D4FD1D9" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="002A6274" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A3218A5" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="001A382A" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393494" w:rsidRPr="001A382A" w14:paraId="005E57F5" w14:textId="77777777" w:rsidTr="00393494">
+      <w:tr w:rsidR="00393494" w:rsidRPr="001A382A" w14:paraId="005E57F5" w14:textId="77777777" w:rsidTr="009B1141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31344361" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:t>Previous name (if any)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D09BBE0" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="001A382A" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:t>(For example, name at birth, maiden name, previous married name, alias)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="39795FD6" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="001A382A" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...25 lines deleted...]
-      <w:tr w:rsidR="00393494" w:rsidRPr="001A382A" w14:paraId="31745F14" w14:textId="77777777" w:rsidTr="00393494">
+      <w:tr w:rsidR="009B1141" w:rsidRPr="001A382A" w14:paraId="244B57DC" w14:textId="77777777" w:rsidTr="009B1141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2AB775E3" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="002A6274" w:rsidRDefault="00393494" w:rsidP="00393494">
+          </w:tcPr>
+          <w:p w14:paraId="6B97D6CB" w14:textId="1546BC6F" w:rsidR="009B1141" w:rsidRPr="002A6274" w:rsidRDefault="009B1141" w:rsidP="009B1141">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Preferred name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B180A2E" w14:textId="77777777" w:rsidR="009B1141" w:rsidRPr="001A382A" w:rsidRDefault="009B1141" w:rsidP="009B1141">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B1141" w:rsidRPr="001A382A" w14:paraId="47CC0F69" w14:textId="77777777" w:rsidTr="00393494">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26F33FD5" w14:textId="3DA3082F" w:rsidR="009B1141" w:rsidRDefault="009B1141" w:rsidP="009B1141">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Preferred name</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Email address*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5B323DA9" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="001A382A" w:rsidRDefault="00393494" w:rsidP="00393494">
+          </w:tcPr>
+          <w:p w14:paraId="5CE49244" w14:textId="77777777" w:rsidR="009B1141" w:rsidRPr="001A382A" w:rsidRDefault="009B1141" w:rsidP="009B1141">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58703E35" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="00EF2A01" w14:textId="29C74F0C" w:rsidR="004D7AAD" w:rsidRPr="00252F95" w:rsidRDefault="00DE294F" w:rsidP="009B1141">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbodyaftertablefigure"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Hlk205560583"/>
+      <w:r w:rsidRPr="00252F95">
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7AAD" w:rsidRPr="009B1141">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Please note</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7AAD" w:rsidRPr="00252F95">
+        <w:t xml:space="preserve"> all bond loan applicants require an </w:t>
+      </w:r>
+      <w:r w:rsidR="00C33BB7" w:rsidRPr="00252F95">
+        <w:t xml:space="preserve">individual </w:t>
+      </w:r>
+      <w:r w:rsidR="004D7AAD" w:rsidRPr="00252F95">
+        <w:t>email address to be provided as a method of contact.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p w14:paraId="650F5D14" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E1D92B2" wp14:editId="2F91AC14">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E1D92B2" wp14:editId="29797E96">
             <wp:extent cx="228600" cy="272415"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="4" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="4" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="4" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19">
+                    <a:blip r:embed="rId15">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="FFFFFF"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="FFFFFF">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -18255,59 +18256,57 @@
       </w:r>
       <w:r w:rsidRPr="0068043A">
         <w:t xml:space="preserve">. See </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_identity" w:history="1">
         <w:r w:rsidRPr="00E50DCD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Proof of identity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">’ on page </w:t>
       </w:r>
       <w:r w:rsidR="00591FEC">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="0068043A">
         <w:t xml:space="preserve"> for further information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1972C2B3" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="005F4222" w:rsidRDefault="00393494" w:rsidP="00393494">
+    <w:p w14:paraId="1972C2B3" w14:textId="34FA0966" w:rsidR="00393494" w:rsidRPr="005F4222" w:rsidRDefault="00393494" w:rsidP="002A1FB1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>F2.3</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005F4222">
         <w:tab/>
         <w:t>Date of birth</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="3542" w:type="dxa"/>
         <w:tblInd w:w="819" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert the primary applicant's date of birth"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1557"/>
         <w:gridCol w:w="1985"/>
       </w:tblGrid>
@@ -18316,134 +18315,95 @@
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="62A41F39" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D4EB183" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22517942" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
-[...22 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2C045013" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00393494" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C80A42C" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
-      <w:r>
+    <w:p w14:paraId="3C80A42C" w14:textId="77475DC6" w:rsidR="00393494" w:rsidRPr="00E011B1" w:rsidRDefault="00393494" w:rsidP="002A1FB1">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E011B1">
+        <w:t>F2.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E011B1">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A1FB1">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
-[...24 lines deleted...]
-          <w:rStyle w:val="Heading3Char"/>
+          <w:rFonts w:ascii="Arial Bold" w:eastAsia="MS Mincho" w:hAnsi="Arial Bold"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Gender</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's gender with an X. Options are: male, female, indeterminate, intersex and other"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1842"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="45CFA695" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E26F976" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
@@ -18613,51 +18573,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007414D5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="653C1FF5" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="585AEEFE" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
+    <w:p w14:paraId="585AEEFE" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="002A1FB1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F2.5</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Marital </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>status</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's relationship status with an X. Options are Single or Partnered"/>
       </w:tblPr>
       <w:tblGrid>
@@ -18822,51 +18782,51 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="348F876E" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4074D0AF" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:sectPr w:rsidR="00393494" w:rsidSect="00393494">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:num="2" w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C76A36A" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
+    <w:p w14:paraId="5C76A36A" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="002A1FB1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F2.6</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t xml:space="preserve">ountry </w:t>
       </w:r>
       <w:r>
         <w:t>of birth</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -18892,56 +18852,51 @@
           </w:tcPr>
           <w:p w14:paraId="4E67F6A5" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="056DE951" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63CB4D42" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
-[...4 lines deleted...]
-    <w:p w14:paraId="095FCD99" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="0099756A" w:rsidP="00393494">
+    <w:p w14:paraId="095FCD99" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="0099756A" w:rsidP="002A1FB1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F2.7</w:t>
       </w:r>
       <w:r w:rsidR="00F3159F">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>What is their</w:t>
       </w:r>
       <w:r w:rsidR="00393494" w:rsidRPr="003812A7">
         <w:t xml:space="preserve"> residency status?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's residency status with an X. Options are:&#10;Australian citizen; Permanent resident; New Zealand resident; Sponsored migrant; Permantent protection visa; Resolution of status visa and Visa subclass (if applicable)."/>
       </w:tblPr>
       <w:tblGrid>
@@ -18962,71 +18917,75 @@
             </w:pPr>
             <w:r>
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A8022BC" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Mark with X </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00393494" w14:paraId="09EEE19D" w14:textId="77777777" w:rsidTr="00F3159F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03A66681" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
+          <w:p w14:paraId="03A66681" w14:textId="136FA00E" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Australian citizen – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB4379">
-[...12 lines deleted...]
-            </w:r>
+            <w:hyperlink w:anchor="_F2.11_Aboriginal_or" w:history="1">
+              <w:r w:rsidRPr="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t xml:space="preserve">Go to </w:t>
+              </w:r>
+              <w:r w:rsidR="00591FEC" w:rsidRPr="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>F2.11</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21B7240E" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00393494" w14:paraId="2C248141" w14:textId="77777777" w:rsidTr="00F3159F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C52042D" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
             <w:r>
               <w:t>Permanent resident</w:t>
             </w:r>
@@ -19248,97 +19207,107 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert the date the primary applicant started living in Australia"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="470EB4C8" w14:textId="77777777" w:rsidTr="00393494">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BBB891E" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="002912C8" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00C36728">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14882C0D" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1A3A3021" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
+    <w:p w14:paraId="1A3A3021" w14:textId="1D37D0F5" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F2.9</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t xml:space="preserve">Are </w:t>
       </w:r>
       <w:r w:rsidR="0099756A">
         <w:t>they</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
-        <w:t xml:space="preserve"> affected by Centrelink’s two-year newly-arrived </w:t>
+        <w:t xml:space="preserve"> affected by Centrelink’s two</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1FB1">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003812A7">
+        <w:t xml:space="preserve">year </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1FB1" w:rsidRPr="003812A7">
+        <w:t>newly arrived</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003812A7">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">residents </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>waiting period?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Is the primary applicant affected by Centrelink's 2 year newly arrived migrant waiting period? Mark response with an X."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="1A39E2D9" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
@@ -19492,87 +19461,57 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C549DBC" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>If yes, tell us the expiry date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="053422C5" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00717753" w14:paraId="5BB47A26" w14:textId="77777777" w:rsidTr="00393494">
-[...29 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="35BEFD44" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>F2.10</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t xml:space="preserve">Did </w:t>
       </w:r>
       <w:r w:rsidR="0099756A">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>migrate to Australia under an Assurance of support?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Did the primary applicant migrate to Australia under an assurance of support? Mark response with an X."/>
       </w:tblPr>
       <w:tblGrid>
@@ -19739,50 +19678,52 @@
             </w:pPr>
             <w:r>
               <w:t>If yes, tell us the expiry date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1C7289DD" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="64B0BF75" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00717753" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_F2.11_Aboriginal_or"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>F2.</w:t>
       </w:r>
       <w:r w:rsidR="00393494">
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="00F3159F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00393494">
         <w:t>Aboriginal or Torres Strait Islander</w:t>
       </w:r>
       <w:r w:rsidR="00F3159F">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Are you Aboriginal or Torres Strait Islander? Mark with X. Options are: No; Aboriginal; Torres Strait Islander or Both."/>
       </w:tblPr>
       <w:tblGrid>
@@ -19931,55 +19872,50 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C36728">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Both</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D017482" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44F56CB6" w14:textId="77777777" w:rsidR="00393494" w:rsidRPr="00173E8F" w:rsidRDefault="00393494" w:rsidP="00393494">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="16586E3E" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00717753" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F2.12</w:t>
       </w:r>
       <w:r w:rsidR="00F3159F">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Do they</w:t>
       </w:r>
       <w:r w:rsidR="00393494">
         <w:t xml:space="preserve"> have any dependent children?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5989F81E" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="DHHStablecolhead"/>
         <w:sectPr w:rsidR="00393494" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
@@ -19997,994 +19933,1011 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="2DE43AC1" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D008E90" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00591FEC" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3969E0DC" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00393494" w14:paraId="360124BE" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27AEC7FF" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="773B38DB" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00393494" w14:paraId="7F9366D2" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64EB582D" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33A2974E" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="54DC7E2C" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="2694" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="00393494" w14:paraId="1B51858E" w14:textId="77777777" w:rsidTr="00393494">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29E14FCD" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Number of dependants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43BF41F1" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="217D6B9C" w14:textId="77777777" w:rsidR="00393494" w:rsidRDefault="00393494" w:rsidP="00393494">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:sectPr w:rsidR="00393494" w:rsidSect="00393494">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:num="2" w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6395FD09" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="6395FD09" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00A82398">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>F3 Income and Assets</w:t>
       </w:r>
       <w:r w:rsidR="00207CB0">
         <w:t xml:space="preserve"> of applicant 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C193969" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">F3.1Please select the </w:t>
+    <w:p w14:paraId="0C193969" w14:textId="49810608" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00A82398">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>F3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82398">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Please select the </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>income</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> types they are receiving</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4323"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="4535"/>
+        <w:gridCol w:w="1844"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00717753" w14:paraId="3543276E" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="009B1141" w14:paraId="3543276E" w14:textId="77777777" w:rsidTr="009B1141">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3EBC1D47" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51BC061B" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00717753" w14:paraId="285B0373" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="009B1141" w14:paraId="285B0373" w14:textId="77777777" w:rsidTr="009B1141">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C4C76D5" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="005C28A7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Centrelink Payments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4C77BB58" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00717753" w14:paraId="4D474C6F" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="009B1141" w14:paraId="4D474C6F" w14:textId="77777777" w:rsidTr="009B1141">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="46A01C82" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="005C28A7" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C28A7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Department of Veterans Affairs</w:t>
             </w:r>
             <w:r w:rsidR="00443751">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="005C28A7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> (DVA) payments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="077276E1" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00717753" w14:paraId="03EB1A66" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="009B1141" w14:paraId="03EB1A66" w14:textId="77777777" w:rsidTr="009B1141">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="434C2F17" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="005C28A7" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C28A7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Self employed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5CB76D5B" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00717753" w14:paraId="2D552556" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="009B1141" w14:paraId="2D552556" w14:textId="77777777" w:rsidTr="009B1141">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D606277" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="005C28A7" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C28A7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Paying job</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="25AE5DE7" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00717753" w14:paraId="143A652E" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="009B1141" w14:paraId="143A652E" w14:textId="77777777" w:rsidTr="009B1141">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3686137C" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="005C28A7" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C28A7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="50A63B36" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00717753" w14:paraId="22E342A9" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="009B1141" w14:paraId="22E342A9" w14:textId="77777777" w:rsidTr="009B1141">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1F485208" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="005C28A7" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C28A7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="347FB8DA" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00017081" w14:paraId="36C9CD67" w14:textId="77777777" w:rsidTr="005F6511">
-[...5 lines deleted...]
-            <w:tcW w:w="4323" w:type="dxa"/>
+    </w:tbl>
+    <w:p w14:paraId="27D13184" w14:textId="77777777" w:rsidR="009B1141" w:rsidRDefault="009B1141" w:rsidP="009B1141">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="4111"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B1141" w14:paraId="6C1F42C1" w14:textId="77777777" w:rsidTr="009B1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="03812178" w14:textId="77777777" w:rsidR="00017081" w:rsidRDefault="00017081" w:rsidP="0099756A">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13AA16BA" w14:textId="425CFEB4" w:rsidR="009B1141" w:rsidRDefault="009B1141" w:rsidP="009B1141">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
-              <w:t>If other please advise</w:t>
-[...16 lines deleted...]
-              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:t>other</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please advise</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F3695D7" w14:textId="77777777" w:rsidR="009B1141" w:rsidRDefault="009B1141" w:rsidP="009B1141">
+            <w:pPr>
+              <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76D9C028" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="00311051" w:rsidRDefault="00717753" w:rsidP="00717753">
-[...4 lines deleted...]
-    <w:p w14:paraId="1AADB346" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="003812A7" w:rsidRDefault="00717753" w:rsidP="00717753">
+    <w:p w14:paraId="1AADB346" w14:textId="43C9FAF7" w:rsidR="00717753" w:rsidRPr="003812A7" w:rsidRDefault="00717753" w:rsidP="00717753">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F3.2</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t>Please provide Centrelink Reference Number (CRN) Number</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4255" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="853"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
       <w:tr w:rsidR="00717753" w14:paraId="0179BA09" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="14C337E9" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="001E4ED0" w:rsidRDefault="00717753" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="14C337E9" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="009B1141" w:rsidRDefault="00717753" w:rsidP="009B1141">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E4ED0">
+            <w:r w:rsidRPr="009B1141">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>CRN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="204490F5" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35E29322" w14:textId="77777777" w:rsidR="00BB5029" w:rsidRDefault="00BB5029" w:rsidP="00BB5029">
+    <w:p w14:paraId="0E971D42" w14:textId="77777777" w:rsidR="009B1141" w:rsidRDefault="009B1141" w:rsidP="009B1141">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50334B1B" w14:textId="0ACA5121" w:rsidR="00717753" w:rsidRDefault="00BB5029" w:rsidP="00BB5029">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>F3.3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Do they consent to income confirmation?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3855"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB5029" w14:paraId="5049A4B5" w14:textId="77777777" w:rsidTr="002B7EFC">
-[...2 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+      <w:tr w:rsidR="00BB5029" w14:paraId="5049A4B5" w14:textId="77777777" w:rsidTr="00C8406C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5AD52240" w14:textId="77777777" w:rsidR="00BB5029" w:rsidRPr="002B1871" w:rsidRDefault="00BB5029" w:rsidP="005153BD">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Option </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3D8FCA1E" w14:textId="77777777" w:rsidR="00BB5029" w:rsidRDefault="00BB5029" w:rsidP="005153BD">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB5029" w14:paraId="7DA46DAD" w14:textId="77777777" w:rsidTr="002B7EFC">
-[...2 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+      <w:tr w:rsidR="00BB5029" w14:paraId="7DA46DAD" w14:textId="77777777" w:rsidTr="00C8406C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34409C5B" w14:textId="77777777" w:rsidR="00BB5029" w:rsidRPr="002B1871" w:rsidRDefault="00BB5029" w:rsidP="004F2743">
+          <w:p w14:paraId="34409C5B" w14:textId="0672F32F" w:rsidR="00BB5029" w:rsidRPr="002B1871" w:rsidRDefault="00BB5029" w:rsidP="004F2743">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="004F2743">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> G</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="_F3.4_Assets" w:history="1">
+              <w:r w:rsidR="004F2743" w:rsidRPr="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to F3.</w:t>
+              </w:r>
+              <w:r w:rsidR="00C46210" w:rsidRPr="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DBB186A" w14:textId="77777777" w:rsidR="00BB5029" w:rsidRDefault="00BB5029" w:rsidP="002B7EFC">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB5029" w14:paraId="311F072A" w14:textId="77777777" w:rsidTr="00C8406C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28107784" w14:textId="48322193" w:rsidR="00BB5029" w:rsidRPr="002B1871" w:rsidRDefault="00BB5029" w:rsidP="002B7EFC">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B1871">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="004F2743" w:rsidRPr="001E4ED0">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sign</w:t>
             </w:r>
             <w:r w:rsidR="004F2743" w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">o to </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> the Consent to use </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004F2743">
-              <w:rPr>
-[...58 lines deleted...]
-            <w:r w:rsidR="004F2743" w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the Consent to use </w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>CCeS</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="004F2743" w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Section_I_–" w:history="1">
               <w:r w:rsidR="004F2743" w:rsidRPr="001E4ED0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Section I</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="004F2743" w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, and </w:t>
             </w:r>
-            <w:r w:rsidR="00E922D0">
-[...4 lines deleted...]
-            </w:r>
+            <w:hyperlink w:anchor="_F3.5_Do_they" w:history="1">
+              <w:r w:rsidR="00E922D0" w:rsidRPr="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>go to F3.5</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1AC5CB90" w14:textId="77777777" w:rsidR="00BB5029" w:rsidRDefault="00BB5029" w:rsidP="002B7EFC">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E62A469" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="028346F3" wp14:editId="014576ED">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="028346F3" wp14:editId="3C5BF062">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="6" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="6" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="6" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId21">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
@@ -21015,56 +20968,61 @@
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_income" w:history="1">
         <w:r w:rsidRPr="00E50DCD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Proof of income</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">’ on page </w:t>
       </w:r>
       <w:r w:rsidR="00443751">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> fo</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t>r further information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794A14ED" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="0056382E" w:rsidP="00717753">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">F3.4 </w:t>
+    <w:p w14:paraId="794A14ED" w14:textId="5D8EF9EB" w:rsidR="00717753" w:rsidRDefault="0056382E" w:rsidP="00F73065">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_F3.4_Assets"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t>F3.4</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1141">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00717753">
         <w:t>Assets</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A11BE90" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00FE5F2C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>What is an asset?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C85489" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA0752">
         <w:t>An asset is something you own that can be turned into money — like shares, businesses, mobile homes and any cash you have in the bank.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="715FC46A" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
@@ -21084,470 +21042,457 @@
         <w:tblInd w:w="677" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert any assets the primary applicant has. Details needed are Asset type, Value and if the asset can be cashed in or sold (state yes or no)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5040"/>
         <w:gridCol w:w="2016"/>
         <w:gridCol w:w="2016"/>
       </w:tblGrid>
       <w:tr w:rsidR="00717753" w14:paraId="29931760" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01FEFCA4" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Asset type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E2EC2DF" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52F6ADB2" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Can the asset be cashed in or sold?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C72577C" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Write ‘Yes’ or ‘No’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717753" w14:paraId="59512471" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AF483DD" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61735B6C" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21872989" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717753" w14:paraId="321817CC" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18EFDB52" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44BD8B37" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3692A030" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717753" w14:paraId="387E78B9" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6155B616" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3037670C" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58791744" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717753" w14:paraId="3A1780A4" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66EA360F" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4228CA05" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31DB0339" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717753" w14:paraId="1A6EB517" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32AEF2BD" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CA30A5B" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15D15320" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717753" w14:paraId="2766A1BA" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2425EB41" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DBEE36B" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F2772A8" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27571871" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
-[...4 lines deleted...]
-    <w:p w14:paraId="53515F8C" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
+    <w:p w14:paraId="53515F8C" w14:textId="1AD284B3" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60F020BD" wp14:editId="7724DDCC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60F020BD" wp14:editId="463ED83F">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="7" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="7" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="7" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId21">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>You will need to attach a document confirming ownership/existence of this asset.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B47039">
+        <w:t>You will need to attach a document confirming ownership/existence of this asset</w:t>
+      </w:r>
+      <w:r w:rsidR="00E011B1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D800BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_assets" w:history="1">
         <w:r w:rsidRPr="00462139">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>proof of assets</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B47039">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">on page </w:t>
       </w:r>
       <w:r w:rsidR="00B941C1">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t>for further information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73CB560C" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5AB1028B" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="0056382E" w:rsidP="00717753">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_F3.5_Do_they"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>F3.</w:t>
       </w:r>
       <w:r w:rsidR="004F2743">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0099756A">
         <w:tab/>
         <w:t>Do they</w:t>
       </w:r>
       <w:r w:rsidR="00717753" w:rsidRPr="003812A7">
         <w:t xml:space="preserve"> own or part-own any real estate?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
@@ -21689,247 +21634,232 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Rental property details: address and number of bedrooms"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3545"/>
         <w:gridCol w:w="5812"/>
       </w:tblGrid>
       <w:tr w:rsidR="00717753" w14:paraId="6C5DCF5B" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15B54D38" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="00696511" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Property address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="676016F6" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717753" w14:paraId="7F4E6445" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65E8B6CA" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="00696511" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Suburb or town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BB95068" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717753" w14:paraId="16AB77A5" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D6997A2" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="00696511" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56EB29B2" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717753" w14:paraId="7120DDF7" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B19B095" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="00696511" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
-              <w:lastRenderedPageBreak/>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33983473" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717753" w14:paraId="3312D0BD" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14F043CB" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="00696511" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Real estate or Land value $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60658E59" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73DEA56B" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3F7CF401" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="0056382E" w:rsidP="00717753">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00717753">
         <w:t>Are they able to live in the property (mentioned above) permanently</w:t>
       </w:r>
       <w:r w:rsidR="00717753" w:rsidRPr="003812A7">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="00717753" w14:paraId="0A0D6955" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
@@ -22427,81 +22357,65 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>If the answer is no to any of the questions above, tell us why</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8505" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00717753" w14:paraId="01003D6B" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="00717753" w14:paraId="01003D6B" w14:textId="77777777" w:rsidTr="00C8406C">
+        <w:trPr>
+          <w:trHeight w:val="1417"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="252113C5" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="252113C5" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00C8406C">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0140E4FA" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>If the property subject to a dispute or an application for settlement in the Family Court?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
@@ -22645,120 +22559,113 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Tell us the reason</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8906" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8906"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00717753" w14:paraId="2D441959" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="00717753" w14:paraId="2D441959" w14:textId="77777777" w:rsidTr="00C8406C">
         <w:trPr>
-          <w:trHeight w:val="1465"/>
+          <w:trHeight w:val="1417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-          </w:p>
+          </w:tcPr>
           <w:p w14:paraId="683AA7CC" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="288D35D0" w14:textId="77777777" w:rsidR="00717753" w:rsidRPr="00520F35" w:rsidRDefault="00717753" w:rsidP="00A8624B">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C5DE4D4" wp14:editId="19206D76">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C5DE4D4" wp14:editId="73FACC8A">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="9" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="9" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="9" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId21">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
@@ -22814,93 +22721,83 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>document from the real estate agent</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> confirming this.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22428CD6" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B47039">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If there is a dispute or application for settlement, we need a </w:t>
       </w:r>
       <w:r w:rsidRPr="004E38DF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>document from your solicitor</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> including details of ownership.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E21BBE4" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
-[...9 lines deleted...]
-    <w:p w14:paraId="1F3204FA" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="0056382E" w:rsidP="002B7EFC">
+    <w:p w14:paraId="1F3204FA" w14:textId="6A95D392" w:rsidR="00803C34" w:rsidRDefault="0056382E" w:rsidP="002B7EFC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>F3.</w:t>
       </w:r>
       <w:r w:rsidR="002B7EFC">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="002B7EFC">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00063E2C">
-        <w:t xml:space="preserve"> What is their role in the household?</w:t>
+        <w:t>What is their role in the household?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark second applicant's role in household with an X. Options are Single or Partnered"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="000D6153" w14:paraId="28DEC890" w14:textId="77777777" w:rsidTr="0070224F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -23031,796 +22928,798 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Second applicant's partner's name"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="3116"/>
       </w:tblGrid>
       <w:tr w:rsidR="000D6153" w:rsidRPr="00E347B1" w14:paraId="3E7F432E" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40C8DE5E" w14:textId="77777777" w:rsidR="000D6153" w:rsidRPr="002B1871" w:rsidRDefault="000D6153" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:t>Partner’s name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7507922A" w14:textId="77777777" w:rsidR="000D6153" w:rsidRDefault="000D6153" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3341012C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="0056382E" w:rsidP="002B7EFC">
+    <w:p w14:paraId="3341012C" w14:textId="367CDBA6" w:rsidR="00803C34" w:rsidRDefault="0056382E" w:rsidP="002B7EFC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F3</w:t>
       </w:r>
       <w:r w:rsidR="002B7EFC">
         <w:t>.7</w:t>
       </w:r>
       <w:r w:rsidR="002B7EFC">
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00063E2C">
-        <w:t xml:space="preserve"> What is their share of the rent in the property you want to rent?</w:t>
+        <w:t>What is their share of the rent in the property you want to rent?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4815" w:type="dxa"/>
         <w:tblInd w:w="677" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Second applicant's share of rent in dollars"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1699"/>
         <w:gridCol w:w="3116"/>
       </w:tblGrid>
       <w:tr w:rsidR="000D6153" w14:paraId="0D6A9834" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FD6B712" w14:textId="77777777" w:rsidR="000D6153" w:rsidRPr="002B1871" w:rsidRDefault="000D6153" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:t>Share of rent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B3A0F52" w14:textId="77777777" w:rsidR="000D6153" w:rsidRDefault="000D6153" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D5DCD72" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="002B7EFC">
+    <w:p w14:paraId="4D5DCD72" w14:textId="6F033F07" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="002B7EFC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>F3.</w:t>
       </w:r>
       <w:r w:rsidR="002B7EFC">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="002B7EFC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
-        <w:t xml:space="preserve"> Do they have any dependent children who have not already been included on this form?</w:t>
+        <w:t>Do they have any dependent children who have not already been included on this form?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5245" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="State if the second applicant has any dependent children and how many"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="1417"/>
       </w:tblGrid>
       <w:tr w:rsidR="000D6153" w14:paraId="3EC5B9E3" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="229F5DFD" w14:textId="77777777" w:rsidR="000D6153" w:rsidRPr="00696511" w:rsidRDefault="000D6153" w:rsidP="000D6153">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Do they have any dependent children</w:t>
             </w:r>
             <w:r w:rsidRPr="00696511">
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56E58900" w14:textId="77777777" w:rsidR="000D6153" w:rsidRDefault="000D6153" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D6153" w14:paraId="19F36700" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42792117" w14:textId="77777777" w:rsidR="000D6153" w:rsidRDefault="000D6153" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Number of dependants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BF75136" w14:textId="77777777" w:rsidR="000D6153" w:rsidRDefault="000D6153" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29C3316F" w14:textId="77777777" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00717753">
-[...9 lines deleted...]
-        <w:t>F4 Income and Assets</w:t>
+    <w:p w14:paraId="404C3F46" w14:textId="4F8B9AE9" w:rsidR="00717753" w:rsidRDefault="00717753" w:rsidP="00F73065">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>F4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93B6D">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Income and Assets</w:t>
       </w:r>
       <w:r w:rsidRPr="00717753">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000D6153">
         <w:t>of Household applicant 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48243300" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">F4.1Please select the </w:t>
+    <w:p w14:paraId="48243300" w14:textId="39C2B416" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="00F73065">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>F4.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93B6D">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Please select the </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>income</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> types they are receiving</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6804"/>
+        <w:gridCol w:w="1843"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0056382E" w14:paraId="0F5CE348" w14:textId="77777777" w:rsidTr="0099756A">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FC56749" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43181EA8" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mark with X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0056382E" w14:paraId="45B0FA14" w14:textId="77777777" w:rsidTr="0099756A">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7988093C" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>Centrelink Payments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72D738F5" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0056382E" w14:paraId="57690058" w14:textId="77777777" w:rsidTr="0099756A">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31769A79" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="005C28A7" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>Department of Veterans Affairs (DVA) payments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E10D931" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0056382E" w14:paraId="2C8C2BD9" w14:textId="77777777" w:rsidTr="0099756A">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="723F1E1C" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="005C28A7" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>Self employed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A7318D2" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0056382E" w14:paraId="3C719B61" w14:textId="77777777" w:rsidTr="0099756A">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="187AEB8B" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="005C28A7" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>Paying job</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EAAE074" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0056382E" w14:paraId="7FBFDDF4" w14:textId="77777777" w:rsidTr="0099756A">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D62BEE3" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="005C28A7" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="004204D4" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0056382E" w14:paraId="1BDC69F9" w14:textId="77777777" w:rsidTr="0099756A">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EB2C888" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="005C28A7" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C28A7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BC41167" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2B69AACE" w14:textId="77777777" w:rsidR="004E156D" w:rsidRDefault="004E156D"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4323"/>
-        <w:gridCol w:w="2481"/>
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="4324"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0056382E" w14:paraId="0F5CE348" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="00017081" w14:paraId="1161B9B7" w14:textId="77777777" w:rsidTr="004E156D">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="2FC56749" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71DA28DB" w14:textId="699243BD" w:rsidR="00017081" w:rsidRDefault="00017081" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Option</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:r w:rsidR="002A1FB1">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>other,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please advise</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43181EA8" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
-[...318 lines deleted...]
-              <w:pStyle w:val="DHHStablecolhead"/>
+          <w:p w14:paraId="595E4AA0" w14:textId="77777777" w:rsidR="00017081" w:rsidRDefault="00017081" w:rsidP="004E156D">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D1E4FEF" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="00311051" w:rsidRDefault="0056382E" w:rsidP="0056382E">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3EED7557" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="003812A7" w:rsidRDefault="0056382E" w:rsidP="0056382E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F4.2</w:t>
       </w:r>
       <w:r w:rsidR="00A8624B">
         <w:tab/>
         <w:t xml:space="preserve">Please provide </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>Centrelink Reference Number (CRN) Number</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4255" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="853"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
       <w:tr w:rsidR="0056382E" w14:paraId="2D9449E3" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36BB6BA3" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="001E4ED0" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>CRN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F1D2EAC" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2CE3554B" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
+    <w:p w14:paraId="2CE3554B" w14:textId="21ABDB60" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F4.3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA0752">
         <w:tab/>
         <w:t>Do</w:t>
       </w:r>
       <w:r w:rsidR="00A8624B">
         <w:t xml:space="preserve"> they</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA0752">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">consent to income confirmation?  </w:t>
+        <w:t>consent to income confirmation?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
       <w:tr w:rsidR="0056382E" w14:paraId="74BE8634" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
@@ -23841,314 +23740,325 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0470C191" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056382E" w14:paraId="2614BDFB" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C2F7160" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="002B1871" w:rsidRDefault="0056382E" w:rsidP="00ED6E97">
+          <w:p w14:paraId="4C2F7160" w14:textId="05A05C2E" w:rsidR="0056382E" w:rsidRPr="002B1871" w:rsidRDefault="0056382E" w:rsidP="00ED6E97">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="00ED6E97">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> G</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="_F4.4_Assets" w:history="1">
+              <w:r w:rsidR="00ED6E97" w:rsidRPr="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to F4.4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="531D4CB6" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0056382E" w14:paraId="0767C4DD" w14:textId="77777777" w:rsidTr="0099756A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04C91430" w14:textId="2D1411DF" w:rsidR="0056382E" w:rsidRPr="002B1871" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B1871">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00ED6E97" w:rsidRPr="001E4ED0">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sign</w:t>
             </w:r>
             <w:r w:rsidR="00ED6E97" w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">o to </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> the Consent to use </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00ED6E97">
-              <w:rPr>
-[...52 lines deleted...]
-            <w:r w:rsidR="00ED6E97" w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the Consent to use </w:t>
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>CCeS</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00ED6E97" w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Section_I_–" w:history="1">
               <w:r w:rsidR="00ED6E97" w:rsidRPr="001E4ED0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Section I</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00ED6E97" w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, and </w:t>
             </w:r>
-            <w:r w:rsidR="00ED6E97">
-[...4 lines deleted...]
-            </w:r>
+            <w:hyperlink w:anchor="_F4.5_Do_they" w:history="1">
+              <w:r w:rsidR="00ED6E97" w:rsidRPr="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>go to F4.5</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="31182C49" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32F80BAE" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
-[...4 lines deleted...]
-    <w:p w14:paraId="70E4F14B" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
+    <w:p w14:paraId="70E4F14B" w14:textId="0425482D" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="004E156D">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C14168C" wp14:editId="79B1A1B1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C14168C" wp14:editId="28A27377">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="16" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="16" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="16" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId21">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004E156D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FA16EE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Proof of income documents</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t xml:space="preserve">. See </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_income" w:history="1">
         <w:r w:rsidRPr="00E50DCD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Proof of income</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>’ on page 3 fo</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t>r further information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A09B758" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
-[...12 lines deleted...]
-        <w:t>F4.4 Assets</w:t>
+    <w:p w14:paraId="01CB706E" w14:textId="3A2623BC" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="00F73065">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_F4.4_Assets"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>F4.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93B6D">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Assets</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74A4EE0B" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="00FE5F2C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>What is an asset?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="764D2424" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA0752">
         <w:t>An asset is something you own that can be turned into money — like shares, businesses, mobile homes and any cash you have in the bank.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08706B7F" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>If you are expecting to receive a payout from an organisation like WorkSafe or the Transport Accident Commission (TAC), please add it here.</w:t>
       </w:r>
@@ -24159,482 +24069,464 @@
         <w:tblInd w:w="677" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert any assets the primary applicant has. Details needed are Asset type, Value and if the asset can be cashed in or sold (state yes or no)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5040"/>
         <w:gridCol w:w="2016"/>
         <w:gridCol w:w="2016"/>
       </w:tblGrid>
       <w:tr w:rsidR="0056382E" w14:paraId="7A9DDD3E" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BD8A8B3" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Asset type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21CCB265" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44E49E97" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Can the asset be cashed in or sold?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11A4CECA" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Write ‘Yes’ or ‘No’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056382E" w14:paraId="78130F15" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="153D86C4" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7467CEC3" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D740C92" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056382E" w14:paraId="65F3D8CB" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E3694DD" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EF99C0E" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28E4A0A6" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056382E" w14:paraId="50FF2543" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56D0D171" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23FFB2E5" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="237EC2AD" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056382E" w14:paraId="67CB057B" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="674560F1" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BA4E314" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FA854D4" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056382E" w14:paraId="42CAF7B7" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="729E2FEC" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39A174AF" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02063279" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056382E" w14:paraId="75F1B69D" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F8E0451" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06488A4B" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27EE2442" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54F79F8B" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
-[...6 lines deleted...]
-        <w:pStyle w:val="DHHSbody"/>
+    <w:p w14:paraId="3AB070BD" w14:textId="590BB755" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="004E156D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbodyaftertablefigure"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E950348" wp14:editId="25AB9DED">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E950348" wp14:editId="254E8DD6">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="17" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="17" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="17" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId21">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>You will need to attach a document confirming ownership/existence of this asset.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B47039">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00D800BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_assets" w:history="1">
         <w:r w:rsidRPr="00462139">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>proof of assets</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B47039">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">on page </w:t>
       </w:r>
       <w:r w:rsidR="00B941C1">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t>for further information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE1C2F3" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="00141849" w:rsidP="0056382E">
+    <w:p w14:paraId="1DE1C2F3" w14:textId="75FE5753" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="0056382E">
+      <w:bookmarkStart w:id="15" w:name="_F4.5_Do_they"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
         <w:t>F4.</w:t>
       </w:r>
       <w:r w:rsidR="00ED6E97">
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="0056382E" w:rsidRPr="003812A7">
+      <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t xml:space="preserve">Do </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00141849">
         <w:t>they</w:t>
       </w:r>
-      <w:r w:rsidR="0056382E" w:rsidRPr="003812A7">
+      <w:r w:rsidRPr="003812A7">
         <w:t xml:space="preserve"> own or part-own any real estate?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="0056382E" w14:paraId="38B3B4F5" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -24765,247 +24657,231 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Rental property details: address and number of bedrooms"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3545"/>
         <w:gridCol w:w="5812"/>
       </w:tblGrid>
       <w:tr w:rsidR="0056382E" w14:paraId="5E68808C" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1495809C" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="00696511" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Property address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4673AAB3" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056382E" w14:paraId="1828C5CB" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A186DCC" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="00696511" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Suburb or town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46391D60" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056382E" w14:paraId="36916087" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F38AF05" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="00696511" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C9F4E72" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056382E" w14:paraId="2479D192" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0230F14A" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="00696511" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AA559FC" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056382E" w14:paraId="5765134E" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7069A148" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="00696511" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Real estate or Land value $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F5D3FCB" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BA278E4" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0304AFB4" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Are they able to live in the property (mentioned above) permanently</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="0056382E" w14:paraId="6A528D72" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
@@ -25104,109 +24980,115 @@
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51A93AEF" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08B23814" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
-[...2 lines deleted...]
-        <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
+    <w:p w14:paraId="08B23814" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="004E156D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>You will need to attach one or more of the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381E1EE6" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
-[...1 lines deleted...]
-        <w:pStyle w:val="DHHStablebullet"/>
+    <w:p w14:paraId="381E1EE6" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="004E156D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r>
         <w:t>Letter from approved valuer or solicitor stating the property’s market value and your equity in it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="769429E7" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
-[...1 lines deleted...]
-        <w:pStyle w:val="DHHStablebullet"/>
+    <w:p w14:paraId="769429E7" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="004E156D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r>
         <w:t>If the property is part owned, we need information about your share</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1886A5" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
-[...1 lines deleted...]
-        <w:pStyle w:val="DHHStablebullet"/>
+    <w:p w14:paraId="2D1886A5" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="004E156D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r>
         <w:t>If the property is held in trust, we need a letter from the executor of the estate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20F22802" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
+    <w:p w14:paraId="20F22802" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="004E156D">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:t>Attach a document that details your interest in the property and why you are unable to occupy it</w:t>
+        <w:t xml:space="preserve">Attach a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E156D">
+        <w:t>document</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> that details your interest in the property and why you are unable to occupy it</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04F593D2" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:sectPr w:rsidR="0056382E" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C349084" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Can this real estate or land be sold</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="0056382E" w14:paraId="7A77D358" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
@@ -25500,81 +25382,65 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>If the answer is no to any of the questions above, tell us why</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8505" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0056382E" w14:paraId="325A804D" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="0056382E" w14:paraId="325A804D" w14:textId="77777777" w:rsidTr="004E156D">
+        <w:trPr>
+          <w:trHeight w:val="1417"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="04A468F0" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="04A468F0" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="004E156D">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="54F8DDE4" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>If the property subject to a dispute or an application for settlement in the Family Court?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
@@ -25718,120 +25584,113 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Tell us the reason</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8906" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8906"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0056382E" w14:paraId="6460B29C" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="0056382E" w14:paraId="6460B29C" w14:textId="77777777" w:rsidTr="004E156D">
         <w:trPr>
-          <w:trHeight w:val="1465"/>
+          <w:trHeight w:val="1417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="70436403" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="70436403" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="004E156D">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6CB0FDAF" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43D64C7D" wp14:editId="0F412484">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43D64C7D" wp14:editId="7B0EC31F">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="22" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="22" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="22" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId21">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
@@ -25900,76 +25759,62 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B47039">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If there is a dispute or application for settlement, we need a </w:t>
       </w:r>
       <w:r w:rsidRPr="004E38DF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>document from your solicitor</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> including details of ownership.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32371269" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0056382E">
-[...9 lines deleted...]
-    <w:p w14:paraId="05CA2755" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="002B7EFC">
+    <w:p w14:paraId="05CA2755" w14:textId="006071D4" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="002B7EFC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>F4.</w:t>
       </w:r>
       <w:r w:rsidR="00ED6E97">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="002B7EFC">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>What is their role in the household?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark second applicant's role in household with an X. Options are Single or Partnered"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="0056382E" w14:paraId="4C076F65" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
@@ -26103,71 +25948,69 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Second applicant's partner's name"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="3116"/>
       </w:tblGrid>
       <w:tr w:rsidR="0056382E" w:rsidRPr="00E347B1" w14:paraId="1B2A9FF1" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="248C044D" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="002B1871" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:t>Partner’s name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A8DC0CF" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D4692C1" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="002B7EFC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F4</w:t>
       </w:r>
       <w:r w:rsidR="002B7EFC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00ED6E97">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="002B7EFC">
         <w:tab/>
@@ -26184,87 +26027,86 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Second applicant's share of rent in dollars"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1699"/>
         <w:gridCol w:w="3116"/>
       </w:tblGrid>
       <w:tr w:rsidR="0056382E" w14:paraId="19E7444B" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2778C46A" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="002B1871" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:t>Share of rent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F13E93A" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5833AC23" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="00E922D0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
+        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="002B7EFC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00ED6E97">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00C46210">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>Do they have any dependent children who have no</w:t>
       </w:r>
       <w:r w:rsidR="00934526">
         <w:t xml:space="preserve">t already been included on this </w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>form?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -26275,148 +26117,140 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="State if the second applicant has any dependent children and how many"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="1417"/>
       </w:tblGrid>
       <w:tr w:rsidR="0056382E" w14:paraId="1EDDFF4A" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="515FB213" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="00696511" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Do they have any dependent children</w:t>
             </w:r>
             <w:r w:rsidRPr="00696511">
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F3F6A4D" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056382E" w14:paraId="57D7BD9A" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45978243" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Number of dependants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="606D3003" w14:textId="77777777" w:rsidR="0056382E" w:rsidRDefault="0056382E" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A91A6F9" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="00717753" w:rsidRDefault="0056382E" w:rsidP="0056382E">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0A91A6F9" w14:textId="77777777" w:rsidR="0056382E" w:rsidRPr="00717753" w:rsidRDefault="0056382E" w:rsidP="004E156D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10BF52C3" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="0025524E" w:rsidRDefault="00207CB0" w:rsidP="00207CB0">
+    <w:p w14:paraId="10BF52C3" w14:textId="067E0085" w:rsidR="00207CB0" w:rsidRPr="0025524E" w:rsidRDefault="00207CB0" w:rsidP="00207CB0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Section_G_–"/>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkStart w:id="16" w:name="_Section_G_–"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="0025524E">
         <w:lastRenderedPageBreak/>
-        <w:t>Section G – Current or previous assistance from the Department of Health and Human Services</w:t>
+        <w:t xml:space="preserve">Section G – Current or previous assistance from the Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Families, Fairness and Housing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16D6AE14" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="00207CB0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Social</w:t>
       </w:r>
       <w:r w:rsidRPr="0025524E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00176E4D">
         <w:t>housing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E0E153" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="00207CB0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>G1</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
@@ -26442,789 +26276,744 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Does anyone included on application have a current public housing application with the department. Mark response with an X and follow instruction."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
       <w:tr w:rsidR="00207CB0" w14:paraId="1023914A" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="513"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0230FF81" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="0230FF81" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="004E156D" w:rsidRDefault="00207CB0" w:rsidP="004E156D">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E4ED0">
+            <w:r w:rsidRPr="004E156D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Response</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2CC69CE1" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="2CC69CE1" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="004E156D" w:rsidRDefault="00207CB0" w:rsidP="004E156D">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004E156D">
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5A7D333D" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="00FA16EE" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="5A7D333D" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="004E156D" w:rsidRDefault="00207CB0" w:rsidP="004E156D">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA16EE">
+            <w:r w:rsidRPr="004E156D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="76E0DC36" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F898D76" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="0040027F" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B04CFF2" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="22AA35DB" w14:textId="21837332" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_G2_Do_you" w:history="1">
+              <w:r w:rsidRPr="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to G2</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="41A9740D" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B6CF2AA" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DA61EBB" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="38F59D89" w14:textId="134EC3F7" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_G4_Has_anyone" w:history="1">
+              <w:r w:rsidRPr="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to G4</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1CD5E40D" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="00207CB0">
+    <w:p w14:paraId="1CD5E40D" w14:textId="399440FD" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="00207CB0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_G2_Do_you"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00063E2C">
         <w:t>G2</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F73065">
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00063E2C">
-        <w:tab/>
         <w:t xml:space="preserve">Do you wish to change the postal address for </w:t>
       </w:r>
       <w:r>
         <w:t>the application on the Victorian Housing Register</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8221" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Do you want to change the postal address for the rental application? Mark response with an X and follow instruction."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00207CB0" w14:paraId="45DB25A3" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="00207CB0" w:rsidRPr="005E3B93" w14:paraId="45DB25A3" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="513"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="549A8B95" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="549A8B95" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="005E3B93" w:rsidRDefault="00207CB0" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E4ED0">
+            <w:r w:rsidRPr="005E3B93">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Response</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="47E9AA32" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="47E9AA32" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="005E3B93" w:rsidRDefault="00207CB0" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005E3B93">
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6A331C8C" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="00FA16EE" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="6A331C8C" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="005E3B93" w:rsidRDefault="00207CB0" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA16EE">
+            <w:r w:rsidRPr="005E3B93">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="4106BDC1" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="033FC4F2" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="0040027F" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40732C84" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="1D7F8B11" w14:textId="7407328C" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_G3_Current_details" w:history="1">
+              <w:r w:rsidRPr="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to G3</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="6E610D9B" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AAA5FE4" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="352D924F" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="3052AA6E" w14:textId="6D824838" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_G4_Has_anyone" w:history="1">
+              <w:r w:rsidRPr="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to G4</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C53F6BC" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="00063E2C" w:rsidRDefault="00207CB0" w:rsidP="00207CB0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_G3_Current_details"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00063E2C">
         <w:t>G3</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t xml:space="preserve">Current </w:t>
       </w:r>
       <w:r>
         <w:t>details of the application on the Victorian Housing Register</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Details of current public housing application: Insert name of applicants and the Service ID"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="6237"/>
       </w:tblGrid>
       <w:tr w:rsidR="00207CB0" w14:paraId="3D66A1A9" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C2D54D9" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001B76CD" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>Names of applicants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="521CFEC5" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="4A380C7E" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25549EEC" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001B76CD" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>Service ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A6184FF" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63442027" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="00207CB0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_G4_Has_anyone"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>G4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Has anyone included in this bond </w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>application received a bond loan from the department before?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4536" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Has anyone included in this application received a bond loan from the department before? Mark response with an X and follow instruction."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr w:rsidR="00207CB0" w14:paraId="7E2BA8F0" w14:textId="77777777" w:rsidTr="00DE7996">
         <w:trPr>
           <w:trHeight w:val="513"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="479264F7" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="479264F7" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E4ED0">
+            <w:r w:rsidRPr="005E3B93">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Response</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="563827AE" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="435710C8" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="00FA16EE" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="435710C8" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="00FA16EE" w:rsidRDefault="00207CB0" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA16EE">
+            <w:r w:rsidRPr="005E3B93">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="61C04AFC" w14:textId="77777777" w:rsidTr="00DE7996">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BFCE8AF" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="0040027F" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6077782F" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="624A9197" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="00FA16EE">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Go to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> G5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="6F5993E3" w14:textId="77777777" w:rsidTr="00DE7996">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29098C6D" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E5CF422" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F0EA193" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Go to </w:t>
             </w:r>
             <w:r w:rsidRPr="001B76CD">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Section H</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5A8B65AC" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="00063E2C" w:rsidRDefault="00207CB0" w:rsidP="00207CB0">
       <w:pPr>
@@ -27255,268 +27044,256 @@
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Primary applicant details of previous bond loan application. Insert Full name, property address and when they applied"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="6664"/>
       </w:tblGrid>
       <w:tr w:rsidR="00207CB0" w14:paraId="686204FC" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11601DC2" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001B76CD" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F62479C" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="0C487DBE" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1366252C" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001B76CD" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>Property address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50ACB27E" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="655DC0F5" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="540CA010" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001B76CD" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Suburb or t</w:t>
             </w:r>
             <w:r w:rsidRPr="001B76CD">
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03656EF1" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="681F3650" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58C053B0" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001B76CD" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65577B39" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="4CC35B6B" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10737787" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001B76CD" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38BD2F10" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="6415F8BC" w14:textId="77777777" w:rsidTr="0099756A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D96F335" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001B76CD" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>When did they apply?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22FD2234" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="39F427F4" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="00207CB0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:eastAsia="MS Mincho" w:hAnsi="Arial Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="007B4B"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:br w:type="page"/>
@@ -27536,346 +27313,338 @@
       <w:r w:rsidRPr="001B76CD">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8221" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Has the previous bond loan been repaid? Mark response with an X and follow instruction."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00207CB0" w14:paraId="359BCC27" w14:textId="77777777" w:rsidTr="0099756A">
+      <w:tr w:rsidR="00207CB0" w:rsidRPr="005E3B93" w14:paraId="359BCC27" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="513"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="29E53D08" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="29E53D08" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="005E3B93" w:rsidRDefault="00207CB0" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E4ED0">
+            <w:r w:rsidRPr="005E3B93">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Response</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5A6334D8" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="5A6334D8" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="005E3B93" w:rsidRDefault="00207CB0" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005E3B93">
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2AEF339D" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="00FA16EE" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+          </w:tcPr>
+          <w:p w14:paraId="2AEF339D" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="005E3B93" w:rsidRDefault="00207CB0" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA16EE">
+            <w:r w:rsidRPr="005E3B93">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="7670760B" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34F3BDE6" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="0040027F" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05C8F035" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="08B3D7F5" w14:textId="49487872" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_Section_H" w:history="1">
+              <w:r w:rsidRPr="002A1FB1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to Section H</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="3758771B" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="536D6BFF" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27D4F3F9" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FA0653C" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRPr="001E4ED0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Tell us why in the next table</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57DE0526" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="00207CB0">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="If the previous bond loan hasn't been repaid, tell us why"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9072"/>
       </w:tblGrid>
       <w:tr w:rsidR="00207CB0" w14:paraId="543EEF56" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="131"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B786170" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>If no, tell us why:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207CB0" w14:paraId="3300BF8B" w14:textId="77777777" w:rsidTr="0099756A">
         <w:trPr>
           <w:trHeight w:val="2558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D709495" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="0099756A">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3EC0FFCD" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="00207CB0">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3EC0FFCD" w14:textId="77777777" w:rsidR="00207CB0" w:rsidRDefault="00207CB0" w:rsidP="005E3B93">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D22402E" w14:textId="77777777" w:rsidR="00017081" w:rsidRDefault="00A32CE4" w:rsidP="00A32CE4">
+    <w:p w14:paraId="0D22402E" w14:textId="4106F7AE" w:rsidR="00017081" w:rsidRDefault="00A32CE4" w:rsidP="00A32CE4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Section_H"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Section H </w:t>
+        <w:t>Section H</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7604DCFB" w14:textId="77777777" w:rsidR="009033D2" w:rsidRDefault="00A32CE4" w:rsidP="00FE5F2C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Statutory declaration to be signed by all applicants </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="339E72D5" w14:textId="77777777" w:rsidR="009033D2" w:rsidRDefault="009033D2" w:rsidP="009033D2">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>Before checking the box below, please read the following text:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A833B6" w14:textId="77777777" w:rsidR="0070224F" w:rsidRDefault="00803C34" w:rsidP="00207CB0">
+    <w:p w14:paraId="60A833B6" w14:textId="17317078" w:rsidR="0070224F" w:rsidRDefault="00803C34" w:rsidP="00207CB0">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="0025524E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
-        <w:t xml:space="preserve">A person who wilfully provides false information to the Department of Health and Human Services in order to obtain a bond loan may be liable for penalties under Section 40 of the </w:t>
+        <w:t xml:space="preserve">A person who wilfully provides false information to the Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Families, Fairness and Housing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022918">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00022918">
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00022918">
+        <w:t xml:space="preserve"> obtain a bond loan may be liable for penalties under Section 40 of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7996">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Housing Act 1983</w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:t xml:space="preserve"> (VIC).</w:t>
       </w:r>
       <w:r w:rsidR="0070122F" w:rsidRPr="00022918">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:t>Furthermore, any person or persons making a false declaration are liable to the penalties of perjury under the</w:t>
       </w:r>
       <w:r w:rsidRPr="006014EE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Evidence</w:t>
       </w:r>
       <w:r w:rsidR="006014EE" w:rsidRPr="006014EE">
         <w:rPr>
           <w:i/>
@@ -27912,248 +27681,238 @@
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Statutory declaration - primary applicant. Insert full name and address"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6522"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="0554DD8F" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1006C949" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0070224F" w:rsidRDefault="00803C34" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F64B3DB" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="48414647" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23C47A50" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0070224F" w:rsidRDefault="00803C34" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Of (current</w:t>
             </w:r>
             <w:r w:rsidR="0070122F" w:rsidRPr="0070224F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0070224F">
               <w:t>address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43950DDA" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="301FF015" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B31E2B8" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0070224F" w:rsidRDefault="00803C34" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Suburb</w:t>
             </w:r>
             <w:r w:rsidR="0070224F" w:rsidRPr="0070224F">
               <w:t xml:space="preserve"> or t</w:t>
             </w:r>
             <w:r w:rsidRPr="0070224F">
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13D366EB" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B243D6" w14:paraId="0630F81E" w14:textId="77777777" w:rsidTr="0070224F">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="544A1DA2" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRPr="0070224F" w:rsidRDefault="003D5C0D" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A5FBF0C" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRDefault="00B243D6" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B243D6" w14:paraId="4D63D35D" w14:textId="77777777" w:rsidTr="0070224F">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FAB58B0" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRPr="0070224F" w:rsidRDefault="003D5C0D" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B761DD9" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRDefault="00B243D6" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="09B08635" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00022918">
+    <w:p w14:paraId="09B08635" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00F73065">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2056E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Household </w:t>
       </w:r>
       <w:r w:rsidRPr="00D82733">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>applicant</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2056E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
@@ -28168,225 +27927,215 @@
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Statutory declaration - second applicant. Insert full name and address"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6522"/>
       </w:tblGrid>
       <w:tr w:rsidR="0070224F" w14:paraId="6856A91F" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5419568D" w14:textId="77777777" w:rsidR="0070224F" w:rsidRPr="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B1A3B02" w14:textId="77777777" w:rsidR="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0070224F" w14:paraId="7408345A" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FA2EB98" w14:textId="77777777" w:rsidR="0070224F" w:rsidRPr="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Of (current address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0834FE30" w14:textId="77777777" w:rsidR="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0070224F" w14:paraId="724A5BCB" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79CD5462" w14:textId="77777777" w:rsidR="0070224F" w:rsidRPr="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Suburb or town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="552B1ED3" w14:textId="77777777" w:rsidR="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0070224F" w14:paraId="7E97FC80" w14:textId="77777777" w:rsidTr="0070224F">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29B05E1A" w14:textId="77777777" w:rsidR="0070224F" w:rsidRPr="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E16DFE3" w14:textId="77777777" w:rsidR="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0070224F" w14:paraId="5C38FF61" w14:textId="77777777" w:rsidTr="0070224F">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27BEB037" w14:textId="77777777" w:rsidR="0070224F" w:rsidRPr="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="597AEF3E" w14:textId="77777777" w:rsidR="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="11AA0E9F" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00022918">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007802A8">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
         </w:rPr>
         <w:t>Household appli</w:t>
       </w:r>
@@ -28407,324 +28156,318 @@
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Statutory declaration - third applicant. Insert full name and address"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6522"/>
       </w:tblGrid>
       <w:tr w:rsidR="0070224F" w14:paraId="6DB6B11B" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43FFB032" w14:textId="77777777" w:rsidR="0070224F" w:rsidRPr="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43173E1D" w14:textId="77777777" w:rsidR="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0070224F" w14:paraId="720251AD" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14B53918" w14:textId="77777777" w:rsidR="0070224F" w:rsidRPr="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Of (current address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="075C10EF" w14:textId="77777777" w:rsidR="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0070224F" w14:paraId="061FF1E2" w14:textId="77777777" w:rsidTr="0070224F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E04442B" w14:textId="77777777" w:rsidR="0070224F" w:rsidRPr="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Suburb or town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64B81C3B" w14:textId="77777777" w:rsidR="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0070224F" w14:paraId="0D5765BB" w14:textId="77777777" w:rsidTr="0070224F">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="128F148A" w14:textId="77777777" w:rsidR="0070224F" w:rsidRPr="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1613B6C5" w14:textId="77777777" w:rsidR="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0070224F" w14:paraId="1D60EEA2" w14:textId="77777777" w:rsidTr="0070224F">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CE67951" w14:textId="77777777" w:rsidR="0070224F" w:rsidRPr="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60C91614" w14:textId="77777777" w:rsidR="0070224F" w:rsidRDefault="0070224F" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2AAF8FE0" w14:textId="77777777" w:rsidR="00787B56" w:rsidRDefault="00787B56" w:rsidP="002C6246">
+    <w:p w14:paraId="2C2F41BE" w14:textId="53A06F52" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="002C6246">
       <w:pPr>
         <w:pStyle w:val="DHHSbodyaftertablefigure"/>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:t>To the Department of Health and Human Services</w:t>
+      <w:r>
+        <w:t xml:space="preserve">To the Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00346E35">
+        <w:t>Families, Fairness and Housing</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t>, 50 Lonsdale Street, Melbourne 3000</w:t>
       </w:r>
       <w:r w:rsidR="00773363">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF9E6CC" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00D75EE1" w:rsidRDefault="00787B56" w:rsidP="004D3FE6">
+    <w:p w14:paraId="2BF9E6CC" w14:textId="0772335B" w:rsidR="00803C34" w:rsidRPr="00D75EE1" w:rsidRDefault="00787B56" w:rsidP="004D3FE6">
       <w:pPr>
         <w:pStyle w:val="DHHSnumberdigit"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I, ACKNOWLEDGE</w:t>
       </w:r>
       <w:r w:rsidR="004D3FE6" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve">that the </w:t>
       </w:r>
       <w:r w:rsidR="00803C34">
         <w:t xml:space="preserve">bond </w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve">money paid on my behalf to the estate agent or landlord is a loan </w:t>
       </w:r>
       <w:r w:rsidR="00803C34">
         <w:t xml:space="preserve">advanced by the </w:t>
       </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Department of Families, Fairness and Housing</w:t>
+      </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
-        <w:t>Director of Housing to me.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2D17F29B" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00D75EE1" w:rsidRDefault="00787B56" w:rsidP="00C46210">
+        <w:t xml:space="preserve"> to me.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D17F29B" w14:textId="707C8BF9" w:rsidR="00803C34" w:rsidRPr="00D75EE1" w:rsidRDefault="00787B56" w:rsidP="00C46210">
       <w:pPr>
         <w:pStyle w:val="DHHSnumberdigit"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">I, </w:t>
       </w:r>
       <w:r w:rsidR="0010795C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ACKNOWLEDGE</w:t>
       </w:r>
       <w:r w:rsidR="0010795C" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> that</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> all applicants are jointly</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, individually or </w:t>
       </w:r>
-      <w:r w:rsidR="0010795C">
+      <w:r w:rsidR="00346E35">
         <w:t>separately</w:t>
       </w:r>
+      <w:r w:rsidR="00346E35" w:rsidRPr="00D75EE1">
+        <w:t xml:space="preserve"> liable</w:t>
+      </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
-        <w:t xml:space="preserve">  liable for any outstanding </w:t>
+        <w:t xml:space="preserve"> for any outstanding </w:t>
       </w:r>
       <w:r w:rsidR="00803C34">
         <w:t>bond loan</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00803C34">
         <w:t xml:space="preserve">amount. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve">This means that each applicant and all applicants together are liable for the whole </w:t>
       </w:r>
       <w:r w:rsidR="00803C34">
         <w:t xml:space="preserve">bond </w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve">debt as per the original </w:t>
       </w:r>
       <w:r w:rsidR="00803C34">
         <w:t>bond loan</w:t>
       </w:r>
@@ -28734,186 +28477,198 @@
       <w:r w:rsidR="00803C34">
         <w:t xml:space="preserve">bond </w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve">is legally withheld by the estate agent or landlord, the </w:t>
       </w:r>
       <w:r w:rsidR="00803C34">
         <w:t xml:space="preserve">bond </w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve">debt is equally divided amongst the household members. Before receiving a further </w:t>
       </w:r>
       <w:r w:rsidR="00803C34">
         <w:t>bond loan</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve">, I may be required to sign an agreement to repay the remaining </w:t>
       </w:r>
       <w:r w:rsidR="00803C34">
         <w:t>bond loan</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> amount allocated to the other household members.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC2FDA0" w14:textId="77777777" w:rsidR="0070224F" w:rsidRDefault="00787B56" w:rsidP="00803C34">
+    <w:p w14:paraId="0AC2FDA0" w14:textId="331E8BE1" w:rsidR="0070224F" w:rsidRDefault="00787B56" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSnumberdigit"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00787B56">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">I, </w:t>
       </w:r>
       <w:r w:rsidR="0010795C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>AUTHORISE</w:t>
       </w:r>
       <w:r w:rsidR="0010795C" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00803C34">
-        <w:t>Department of Health and Human Services</w:t>
+        <w:t xml:space="preserve">Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Families, Fairness and Housing</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> to issue a </w:t>
       </w:r>
       <w:r w:rsidR="00516A2E">
         <w:t>voucher</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> payable to the Residential Tenancies </w:t>
       </w:r>
       <w:r w:rsidR="00803C34">
         <w:t xml:space="preserve">Bond </w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve">Authority, and undertake to provide this </w:t>
       </w:r>
       <w:r w:rsidR="00516A2E">
         <w:t>voucher</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
-        <w:t xml:space="preserve"> to the estate agent or landlord tog</w:t>
+        <w:t xml:space="preserve"> to the estate agent or landlord </w:t>
+      </w:r>
+      <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
+        <w:lastRenderedPageBreak/>
+        <w:t>tog</w:t>
       </w:r>
       <w:r w:rsidR="00803C34">
         <w:t xml:space="preserve">ether with the </w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00917BE5">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>covering letter and bond lodgement form</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> given to me by the Department of </w:t>
       </w:r>
-      <w:r w:rsidR="00803C34">
-        <w:t>Health and Human Services</w:t>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Families, Fairness and Housing</w:t>
       </w:r>
       <w:r w:rsidR="00803C34" w:rsidRPr="00D75EE1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7588AA61" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0070224F" w:rsidRDefault="00D34140" w:rsidP="0070224F">
       <w:pPr>
         <w:pStyle w:val="DHHSnumberdigit"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I, AGREE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16FD417A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00D75EE1" w:rsidRDefault="00803C34" w:rsidP="00803C34">
+    <w:p w14:paraId="16FD417A" w14:textId="39032959" w:rsidR="00803C34" w:rsidRPr="00D75EE1" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbulletindent"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve">to repay the loan immediately to the </w:t>
       </w:r>
       <w:r>
-        <w:t>Department of Health and Human Services</w:t>
+        <w:t xml:space="preserve">Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t xml:space="preserve">Families, Fairness and Housing </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
-        <w:t xml:space="preserve"> if the </w:t>
+        <w:t xml:space="preserve">if the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">bond </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t>money is returned to me during or after my tenancy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CC5B114" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00D75EE1" w:rsidRDefault="00803C34" w:rsidP="00803C34">
+    <w:p w14:paraId="0CC5B114" w14:textId="1A6F7A69" w:rsidR="00803C34" w:rsidRPr="00D75EE1" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbulletindent"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve">to return to the </w:t>
       </w:r>
       <w:r>
-        <w:t>Department of Health and Human Services</w:t>
+        <w:t xml:space="preserve">Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Families, Fairness and Housing</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00516A2E">
         <w:t>voucher</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">bond </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t>money if the tenancy of the rented premises does not proceed, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1726F1E2" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00D75EE1" w:rsidRDefault="00803C34" w:rsidP="00773363">
       <w:pPr>
         <w:pStyle w:val="DHHSbulletindentlastline"/>
       </w:pPr>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve">to participate in any legal proceedings for the recovery of the </w:t>
       </w:r>
       <w:r>
@@ -29000,110 +28755,109 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>In Victoria and is declared by:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9213" w:type="dxa"/>
         <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert full name of primary applicant and sign by hand"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="57BAD337" w14:textId="77777777" w:rsidTr="003D5C0D">
+      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="57BAD337" w14:textId="77777777" w:rsidTr="005E3B93">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F83E636" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0070224F" w:rsidRDefault="00803C34" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Print full name of Primary applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72238539" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="007E2CDE" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="255EA186" w14:textId="77777777" w:rsidTr="001B7241">
+      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="255EA186" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
-          <w:trHeight w:val="884"/>
+          <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3545DA65" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0070224F" w:rsidRDefault="00803C34" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Signature of Primary applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="53D8205E" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00022918" w:rsidRDefault="00803C34" w:rsidP="002C6246">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -29112,110 +28866,109 @@
     <w:p w14:paraId="3A675052" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHStablefigurenote"/>
         <w:ind w:left="709"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9213" w:type="dxa"/>
         <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert full name of second applicant and sign by hand"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="739B8397" w14:textId="77777777" w:rsidTr="003D5C0D">
+      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="739B8397" w14:textId="77777777" w:rsidTr="005E3B93">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28812DEF" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0070224F" w:rsidRDefault="00803C34" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Print full name of Household applicant 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ECC02FC" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="007E2CDE" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="273E69EE" w14:textId="77777777" w:rsidTr="002C6246">
+      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="273E69EE" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
-          <w:trHeight w:val="822"/>
+          <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30143669" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0070224F" w:rsidRDefault="00803C34" w:rsidP="0070224F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Signature of Household applicant 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="12782C0B" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00022918" w:rsidRDefault="00803C34" w:rsidP="002C6246">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -29224,792 +28977,833 @@
     <w:p w14:paraId="20729153" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHStablefigurenote"/>
         <w:ind w:left="709"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9213" w:type="dxa"/>
         <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert full name of third applicant and sign by hand"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="13C17139" w14:textId="77777777" w:rsidTr="003D5C0D">
+      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="13C17139" w14:textId="77777777" w:rsidTr="005E3B93">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="663DEA07" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00022918" w:rsidRDefault="00803C34" w:rsidP="00022918">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Print full name of Household applicant 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7047F651" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="007E2CDE" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="77A4EF7C" w14:textId="77777777" w:rsidTr="002C6246">
+      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="77A4EF7C" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
-          <w:trHeight w:val="820"/>
+          <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F214B7B" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00022918" w:rsidRDefault="00803C34" w:rsidP="00022918">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Signature of Household applicant 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3B599B3B" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00022918" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D846C13" w14:textId="77777777" w:rsidR="00022918" w:rsidRDefault="00022918">
-      <w:pPr>
+    <w:p w14:paraId="0D846C13" w14:textId="77777777" w:rsidR="00022918" w:rsidRPr="005E3B93" w:rsidRDefault="00022918" w:rsidP="005E3B93">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C32CA7A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00D2056E" w:rsidRDefault="00803C34" w:rsidP="00176E4D">
+    <w:p w14:paraId="2C32CA7A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="005E3B93" w:rsidRDefault="00803C34" w:rsidP="005E3B93">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs w:val="0"/>
-          <w:color w:val="auto"/>
-          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D2056E">
+      <w:r w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
+          <w:bCs w:val="0"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Witnessed before me</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="338E7F4A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00E87411" w:rsidRDefault="00803C34" w:rsidP="00022918">
+    <w:p w14:paraId="338E7F4A" w14:textId="33B49A4E" w:rsidR="00803C34" w:rsidRPr="005E3B93" w:rsidRDefault="00803C34" w:rsidP="005E3B93">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC1B39">
+      <w:r w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">The authorised witness must print </w:t>
       </w:r>
-      <w:r w:rsidR="00022918">
+      <w:r w:rsidR="00022918" w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">their </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC1B39">
+      <w:r w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">name, address and title under section 107A of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC1B39">
+      <w:r w:rsidRPr="00A54BDF">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Evidence (Miscellaneous Provisions) Act 1958 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC1B39">
+        <w:t>Evidence (Miscellaneous Provisions) Act 1958 (VIC) (as of 1 January 2010)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">(VIC) (as of 1 January 2010), (previously the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BC1B39">
+        <w:t xml:space="preserve">, (previously the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1B39" w:rsidRPr="00A54BDF">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Evidence Act 1958 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BC1B39" w:rsidRPr="00BC1B39">
+        <w:t>Evidence Act 1958 (VIC</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54BDF" w:rsidRPr="00A54BDF">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>(VIC</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC1B39">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB612F8" w14:textId="77777777" w:rsidR="00176BBF" w:rsidRDefault="00022918" w:rsidP="00803C34">
+    <w:p w14:paraId="7CB612F8" w14:textId="77777777" w:rsidR="00176BBF" w:rsidRPr="005E3B93" w:rsidRDefault="00022918" w:rsidP="005E3B93">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">They </w:t>
       </w:r>
-      <w:r w:rsidR="00803C34" w:rsidRPr="00E87411">
+      <w:r w:rsidR="00803C34" w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>may include a Justice of the Peace, police officer, court registrar, bank manager, medical practitioner, dentist or housing services officer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7002B32B" w14:textId="77777777" w:rsidR="00176BBF" w:rsidRDefault="00176BBF">
-      <w:pPr>
+    <w:p w14:paraId="7002B32B" w14:textId="77777777" w:rsidR="00176BBF" w:rsidRPr="005E3B93" w:rsidRDefault="00176BBF" w:rsidP="005E3B93">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9215" w:type="dxa"/>
         <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Witness details. Insert full name, address, Authorised title, date and location witnessed. Sign by hand."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="6947"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803C34" w14:paraId="1C444DEB" w14:textId="77777777" w:rsidTr="00176E4D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32A07B39" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00022918" w:rsidRDefault="00803C34" w:rsidP="00022918">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51A40443" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="5A79F8B8" w14:textId="77777777" w:rsidTr="00176E4D">
         <w:trPr>
           <w:trHeight w:val="924"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="036DE01B" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00022918" w:rsidRDefault="00803C34" w:rsidP="00022918">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="293B13F9" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00022918" w:rsidRDefault="002C6246" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="0FF02F95" w14:textId="77777777" w:rsidTr="00176E4D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14478CB4" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00022918" w:rsidRDefault="00803C34" w:rsidP="00022918">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17ED9169" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B243D6" w14:paraId="09B24602" w14:textId="77777777" w:rsidTr="00176E4D">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C5E10B8" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRPr="00022918" w:rsidRDefault="008C0FC1" w:rsidP="00022918">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FB40F0E" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRDefault="00B243D6" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B243D6" w14:paraId="07A3EADB" w14:textId="77777777" w:rsidTr="00176E4D">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17347DDD" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRPr="00022918" w:rsidRDefault="008C0FC1" w:rsidP="00022918">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53CD5788" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRDefault="00B243D6" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803C34" w14:paraId="10A8CA98" w14:textId="77777777" w:rsidTr="00176E4D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36757CFF" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00022918" w:rsidRDefault="00803C34" w:rsidP="00022918">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Authorised title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54490745" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B243D6" w14:paraId="42EB8EE0" w14:textId="77777777" w:rsidTr="00176E4D">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3670EB9B" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRPr="00022918" w:rsidRDefault="00B243D6" w:rsidP="00022918">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="250B709A" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRPr="00E6379B" w:rsidRDefault="00B243D6" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B243D6" w14:paraId="2065002D" w14:textId="77777777" w:rsidTr="00176E4D">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61D4F36D" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRPr="00022918" w:rsidRDefault="008C0FC1" w:rsidP="00022918">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>At</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="418B8473" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRPr="00E6379B" w:rsidRDefault="00B243D6" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B243D6" w14:paraId="1D546224" w14:textId="77777777" w:rsidTr="00176E4D">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DC4945D" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRPr="00022918" w:rsidRDefault="008C0FC1" w:rsidP="00022918">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>in Victoria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="597CA1B4" w14:textId="77777777" w:rsidR="00B243D6" w:rsidRPr="00E6379B" w:rsidRDefault="00B243D6" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4945BA32" w14:textId="77777777" w:rsidR="00D82733" w:rsidRDefault="00D82733">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4945BA32" w14:textId="77777777" w:rsidR="00D82733" w:rsidRDefault="00D82733" w:rsidP="005E3B93">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1304F612" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00803C34" w:rsidP="003C29B6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Section_I_–"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:id="21" w:name="_Section_I_–"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="0025524E">
         <w:lastRenderedPageBreak/>
-        <w:t>Section I – Centrelink Confirmation eServices</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Section I – Centrelink Confirmation </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0025524E">
+        <w:t>eServices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00022918">
-        <w:t xml:space="preserve"> (CCeS)</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00022918">
-        <w:t>Centrelink Confirmation eServices (</w:t>
-[...1 lines deleted...]
-      <w:r>
         <w:t>CCeS</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00022918">
         <w:t>)</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4060C537" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00B77D7D">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If you or any household member 18 years or over wish to use </w:t>
+      </w:r>
+      <w:r w:rsidR="00022918">
+        <w:t xml:space="preserve">Centrelink Confirmation </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00022918">
+        <w:t>eServices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00022918">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00022918">
+        <w:t>)</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> to tell us about your income and assets, then please read the </w:t>
       </w:r>
       <w:r w:rsidR="00B77D7D">
         <w:t xml:space="preserve">following </w:t>
       </w:r>
       <w:r>
         <w:t>information and sign the consent form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B7A9D0E" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00022918">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
-      <w:r>
-        <w:t>CCeS is an online service that allows us to obtain information directly from Centrelink.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> is an online service that allows us to obtain information directly from Centrelink.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E80645" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:t>We recommend that you use CCeS if you are a Centrelink customer as we periodically require up-to-date information about your income and assets to confirm your eligibility for housing services.</w:t>
+        <w:t xml:space="preserve">We recommend that you use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> if you are a Centrelink customer as we periodically require up-to-date information about your income and assets to confirm your eligibility for housing services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="254532ED" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
-      <w:r>
-        <w:t>CCeS has strict privacy and security standards. We must have your consent before we can obtain information about you from Centrelink.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> has strict privacy and security standards. We must have your consent before we can obtain information about you from Centrelink.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ABF67DD" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00B77D7D">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You and your household members can provide consent by signing the </w:t>
       </w:r>
       <w:r w:rsidRPr="00773363">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Consent to use CCeS</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Consent to use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00773363">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00B77D7D">
         <w:t xml:space="preserve">marking </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00773363">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Income confirmation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> box</w:t>
       </w:r>
       <w:r w:rsidR="00B77D7D">
         <w:t xml:space="preserve"> with an X</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
@@ -30028,187 +29822,239 @@
       <w:r w:rsidRPr="008D3226">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004714E7">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00773363">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Income confirmation</w:t>
       </w:r>
       <w:r w:rsidR="004714E7">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00B77D7D">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> with an X</w:t>
       </w:r>
       <w:r w:rsidRPr="008D3226">
-        <w:t xml:space="preserve">, we can use CCeS to obtain information about your income and assets directly from Centrelink. This means you will not need to tell us about your income or assets (apart from lump sum payments). This will make it easier for you and quicker for us to assess your eligibility for </w:t>
+        <w:t xml:space="preserve">, we can use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3226">
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D3226">
+        <w:t xml:space="preserve"> to obtain information about your income and assets directly from Centrelink. This means you will not need to tell us about your income or assets (apart from lump sum payments). This will make it easier for you and quicker for us to assess your eligibility for </w:t>
       </w:r>
       <w:r>
         <w:t>housing services</w:t>
       </w:r>
       <w:r w:rsidRPr="008D3226">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE96F1B" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00087C2A" w:rsidRDefault="00803C34" w:rsidP="00022918">
+    <w:p w14:paraId="4BE96F1B" w14:textId="09B6B319" w:rsidR="00803C34" w:rsidRPr="00087C2A" w:rsidRDefault="00803C34" w:rsidP="00022918">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Hlk215838649"/>
       <w:r>
         <w:t xml:space="preserve">More </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00022918">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>information about CCeS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> is available </w:t>
       </w:r>
       <w:r w:rsidR="00022918">
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:t>Centrelink’s website</w:t>
       </w:r>
       <w:r w:rsidR="00205001">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00D74533" w:rsidRPr="00D74533">
-        <w:t>https://www.humanservices.gov.au/individuals/services/centrelink/centrelink-confirmation-eservices</w:t>
+      <w:r w:rsidR="00A91F5F" w:rsidRPr="00A91F5F">
+        <w:t>https://www.servicesaustralia.gov.au/centrelink-confirmation-eservices-cces</w:t>
       </w:r>
       <w:r w:rsidR="00D74533">
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidR="001B7241">
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:p w14:paraId="55584C81" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00FA59CC" w:rsidRDefault="00803C34" w:rsidP="00176E4D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA59CC">
         <w:t xml:space="preserve">Consent to use Centrelink </w:t>
       </w:r>
       <w:r w:rsidRPr="00176E4D">
         <w:t>Confirmation</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA59CC">
-        <w:t xml:space="preserve"> eServices</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="377BC7B5" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA59CC">
+        <w:t>eServices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="377BC7B5" w14:textId="65167FDD" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> authorise the Australian Government Department of Human Services (Centrelink) to provide the Victorian Department of Health and Human Services (the department) with the results of the enquiries </w:t>
+        <w:t xml:space="preserve"> authorise </w:t>
+      </w:r>
+      <w:r w:rsidR="00D334D0">
+        <w:t>Services Australia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Centrelink) to provide the Victorian Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B034FF">
+        <w:t>Families, Fairness and Housing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (the department) with the results of the enquiries </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> have indicated below in order to enable the department to determine if </w:t>
+        <w:t xml:space="preserve"> have indicated below </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> enable the department to determine if </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> qualify for one or more of its housing services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A9323D" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> understand that the information provided by Centrelink to the department may contain the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FF90C93" w14:textId="77777777" w:rsidR="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00010F2C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Income confirmation</w:t>
       </w:r>
       <w:r w:rsidR="004714E7" w:rsidRPr="004714E7">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004714E7" w:rsidRPr="005E3B93">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="004714E7" w:rsidRPr="004714E7">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D3FE6">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t>ersonal informati</w:t>
       </w:r>
       <w:r w:rsidR="004714E7">
         <w:t>on such as (but not limited to)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20644902" w14:textId="77777777" w:rsidR="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
       <w:pPr>
         <w:pStyle w:val="DHHSbulletindent"/>
       </w:pPr>
       <w:r>
         <w:t>current or historical details of Centrelink payments re</w:t>
       </w:r>
       <w:r w:rsidR="004714E7">
         <w:t>ceived</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="425190E4" w14:textId="77777777" w:rsidR="004714E7" w:rsidRDefault="004714E7" w:rsidP="004714E7">
       <w:pPr>
         <w:pStyle w:val="DHHSbulletindent"/>
@@ -30248,51 +30094,59 @@
       </w:r>
       <w:r w:rsidR="00D74533">
         <w:t>her than Centrelink</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFD37B7" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00D74533" w:rsidP="004714E7">
       <w:pPr>
         <w:pStyle w:val="DHHSbulletindent"/>
       </w:pPr>
       <w:r>
         <w:t>assets.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C4F3B8C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> authorise the department to use Centrelink Confirmation eServices to perform a Centrelink enquiry of </w:t>
+        <w:t xml:space="preserve"> authorise the department to use Centrelink Confirmation </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>eServices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to perform a Centrelink enquiry of </w:t>
       </w:r>
       <w:r w:rsidRPr="0062554A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>my</w:t>
       </w:r>
       <w:r w:rsidR="0062554A" w:rsidRPr="0062554A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>/our</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Centrelink income, asset and payment details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06AC626C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00803C34">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
@@ -30361,1828 +30215,1691 @@
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>my/our</w:t>
       </w:r>
       <w:r w:rsidR="00022918">
         <w:t xml:space="preserve"> circumstances or </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">details, </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> may not be eligible for the service provided by the department.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F665275" w14:textId="77777777" w:rsidR="00B77D7D" w:rsidRDefault="00B77D7D">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5F665275" w14:textId="77777777" w:rsidR="00B77D7D" w:rsidRDefault="00B77D7D" w:rsidP="005E3B93">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7376431E" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0062554A" w:rsidRDefault="00803C34" w:rsidP="0062554A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="0062554A">
         <w:lastRenderedPageBreak/>
         <w:t>Primary applicant</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Primary applicant consent to use Centrelink Confirmation eServices. Insert Full name, address, CRN. Mark 'Incomne confirmation' with X to confirm. Sign by hand and date."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
-        <w:gridCol w:w="567"/>
-        <w:gridCol w:w="5811"/>
+        <w:gridCol w:w="6378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00803C34" w14:paraId="014DD6B5" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="014DD6B5" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AF9D654" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="008C0FC1">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DA014E0" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="328F99D1" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="328F99D1" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22327EA6" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00AA3190" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Dat</w:t>
             </w:r>
             <w:r w:rsidR="00803C34">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>e of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0631762F" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="711F02FD" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="711F02FD" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A0CB39D" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00803C34" w:rsidP="008C0FC1">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64537792" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="34"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="3180845A" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="3180845A" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DC293C7" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00803C34" w:rsidP="00022918">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Suburb</w:t>
             </w:r>
             <w:r w:rsidR="00022918">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> or t</w:t>
             </w:r>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CAC1A7A" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17147" w14:paraId="13550D9F" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00A17147" w14:paraId="13550D9F" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A6235DB" w14:textId="77777777" w:rsidR="00A17147" w:rsidRPr="006013EC" w:rsidRDefault="008C0FC1" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14B8DF23" w14:textId="77777777" w:rsidR="00A17147" w:rsidRDefault="00A17147" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17147" w14:paraId="2CF56FA9" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00A17147" w14:paraId="2CF56FA9" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40F84050" w14:textId="77777777" w:rsidR="00A17147" w:rsidRDefault="008C0FC1" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EC815B5" w14:textId="77777777" w:rsidR="00A17147" w:rsidRDefault="00A17147" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="41387C62" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="41387C62" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EC974FE" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Centrelink Reference Number (CRN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="719A22DD" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="7F36F279" w14:textId="77777777" w:rsidTr="00917BE5">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00803C34" w14:paraId="7F36F279" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2F089E6F" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="008C0FC1">
+          </w:tcPr>
+          <w:p w14:paraId="2F089E6F" w14:textId="6DE15591" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="008C0FC1">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Income confirmation</w:t>
             </w:r>
             <w:r w:rsidR="00B77D7D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B77D7D" w:rsidRPr="00B77D7D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B77D7D" w:rsidRPr="00A91F5F">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:color w:val="7030A0"/>
               </w:rPr>
               <w:t>(Mark with X)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78B2D233" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w:rsidRPr="00FD3E74" w14:paraId="5813F13A" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w:rsidRPr="00FD3E74" w14:paraId="5813F13A" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A010736" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00FD3E74" w:rsidRDefault="00803C34" w:rsidP="008C0FC1">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD3E74">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="147E9B2E" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00B77D7D" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B77D7D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="21B03AB6" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="21B03AB6" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="101A1CC8" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00803C34" w:rsidP="008C0FC1">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54CEEEE9" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="00C91856" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0062554A" w:rsidRDefault="00803C34" w:rsidP="0062554A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="0062554A">
         <w:t>Household applicant 2</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Second applicant consent to use Centrelink Confirmation eServices. Insert Full name, address, CRN. Mark 'Incomne confirmation' with X to confirm. Sign by hand and date."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
-        <w:gridCol w:w="567"/>
-        <w:gridCol w:w="5811"/>
+        <w:gridCol w:w="6378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00803C34" w14:paraId="4A1E8381" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="4A1E8381" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DB741E8" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="008C0FC1">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A6830A2" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="733C335E" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="733C335E" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FA7BEBD" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00AA3190" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Dat</w:t>
             </w:r>
             <w:r w:rsidR="00803C34">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>e of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="314D0817" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="5812BE37" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="5812BE37" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="678B9542" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00803C34" w:rsidP="008C0FC1">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70E9E568" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="34"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="66602A94" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="66602A94" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6218327F" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00803C34" w:rsidP="00B77D7D">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Suburb</w:t>
             </w:r>
             <w:r w:rsidR="00B77D7D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> or t</w:t>
             </w:r>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55562F44" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077130B" w14:paraId="0891EA9A" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="0077130B" w14:paraId="0891EA9A" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="124E58AB" w14:textId="77777777" w:rsidR="0077130B" w:rsidRPr="006013EC" w:rsidRDefault="008C0FC1" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62AC56FC" w14:textId="77777777" w:rsidR="0077130B" w:rsidRDefault="0077130B" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077130B" w14:paraId="088875B3" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="0077130B" w14:paraId="088875B3" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60E1BC62" w14:textId="77777777" w:rsidR="0077130B" w:rsidRDefault="008C0FC1" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F04DC69" w14:textId="77777777" w:rsidR="0077130B" w:rsidRDefault="0077130B" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="7C354457" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="7C354457" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7618076D" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Centrelink Reference Number (CRN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12E1D1AB" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062554A" w14:paraId="6CB1B0B9" w14:textId="77777777" w:rsidTr="00917BE5">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="0062554A" w14:paraId="6CB1B0B9" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="228BB8CA" w14:textId="77777777" w:rsidR="0062554A" w:rsidRDefault="0062554A" w:rsidP="009B18C9">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Income confirmation</w:t>
             </w:r>
             <w:r w:rsidR="00B77D7D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B77D7D" w:rsidRPr="00B77D7D">
+            <w:r w:rsidR="00B77D7D" w:rsidRPr="00A91F5F">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:color w:val="7030A0"/>
               </w:rPr>
               <w:t>(Mark with X)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="653CE889" w14:textId="77777777" w:rsidR="0062554A" w:rsidRDefault="0062554A" w:rsidP="009B18C9">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062554A" w:rsidRPr="00FA59CC" w14:paraId="17100EDC" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="0062554A" w:rsidRPr="00FA59CC" w14:paraId="17100EDC" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77D5AB0E" w14:textId="77777777" w:rsidR="0062554A" w:rsidRPr="00FD3E74" w:rsidRDefault="0062554A" w:rsidP="009B18C9">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD3E74">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5B10300B" w14:textId="77777777" w:rsidR="0062554A" w:rsidRPr="00B77D7D" w:rsidRDefault="0062554A" w:rsidP="009B18C9">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B77D7D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062554A" w14:paraId="47A7CEBA" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="0062554A" w14:paraId="47A7CEBA" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E16C0DF" w14:textId="77777777" w:rsidR="0062554A" w:rsidRPr="006013EC" w:rsidRDefault="0062554A" w:rsidP="009B18C9">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29F218A2" w14:textId="77777777" w:rsidR="0062554A" w:rsidRDefault="0062554A" w:rsidP="009B18C9">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0BB2812D" w14:textId="77777777" w:rsidR="00B77D7D" w:rsidRDefault="00B77D7D">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0BB2812D" w14:textId="77777777" w:rsidR="00B77D7D" w:rsidRDefault="00B77D7D" w:rsidP="005E3B93">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A125963" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0062554A" w:rsidRDefault="00803C34" w:rsidP="0062554A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="0062554A">
         <w:lastRenderedPageBreak/>
         <w:t>Household applicant 3</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9781" w:type="dxa"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Third applicant consent to use Centrelink Confirmation eServices. Insert Full name, address, CRN. Mark 'Incomne confirmation' with X to confirm. Sign by hand and date."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
-        <w:gridCol w:w="567"/>
-        <w:gridCol w:w="5386"/>
+        <w:gridCol w:w="6378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00803C34" w14:paraId="130ECA50" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="130ECA50" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CFC1418" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="008C0FC1">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5953" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D9B8A20" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="39B500A1" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="39B500A1" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39742CFD" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00AA3190" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Dat</w:t>
             </w:r>
             <w:r w:rsidR="00803C34">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>e of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5953" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38EEBC27" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="443CB8BC" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="443CB8BC" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FE5FFDF" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00803C34" w:rsidP="008C0FC1">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5953" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6595F09E" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="34"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="3FC1BBD9" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="3FC1BBD9" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6887EE3E" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00803C34" w:rsidP="00B77D7D">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Suburb</w:t>
             </w:r>
             <w:r w:rsidR="00B77D7D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> or t</w:t>
             </w:r>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5953" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41CBBA95" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077130B" w14:paraId="16F2804B" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="0077130B" w14:paraId="16F2804B" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="065045E2" w14:textId="77777777" w:rsidR="0077130B" w:rsidRPr="006013EC" w:rsidRDefault="008C0FC1" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5953" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50959E9B" w14:textId="77777777" w:rsidR="0077130B" w:rsidRDefault="0077130B" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0077130B" w14:paraId="3C1AFF0B" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="0077130B" w14:paraId="3C1AFF0B" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70308ADF" w14:textId="77777777" w:rsidR="0077130B" w:rsidRDefault="008C0FC1" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5953" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="114C6DBF" w14:textId="77777777" w:rsidR="0077130B" w:rsidRDefault="0077130B" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="1A6FB2E7" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="1A6FB2E7" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72B72DD9" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Centrelink Reference Number (CRN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5953" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7866CA66" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="163B8277" w14:textId="77777777" w:rsidTr="00917BE5">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00803C34" w14:paraId="163B8277" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A2F0788" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00B77D7D">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Income confirmation</w:t>
             </w:r>
             <w:r w:rsidR="00B77D7D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B77D7D" w:rsidRPr="00B77D7D">
+            <w:r w:rsidR="00B77D7D" w:rsidRPr="00A91F5F">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:color w:val="7030A0"/>
               </w:rPr>
               <w:t>(Mark with X)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0940CE6B" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w:rsidRPr="00FD3E74" w14:paraId="5FD5345A" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w:rsidRPr="00FD3E74" w14:paraId="5FD5345A" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
           <w:trHeight w:val="986"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0408CD6D" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00FD3E74" w:rsidRDefault="00803C34" w:rsidP="008C0FC1">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD3E74">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5953" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="60BD78EE" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00B77D7D" w:rsidRDefault="00605229" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B77D7D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00803C34" w:rsidRPr="00B77D7D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00803C34" w14:paraId="459A8231" w14:textId="77777777" w:rsidTr="00917BE5">
+      <w:tr w:rsidR="00803C34" w14:paraId="459A8231" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11463E22" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="006013EC" w:rsidRDefault="00803C34" w:rsidP="008C0FC1">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5953" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4ECA653C" w14:textId="77777777" w:rsidR="00803C34" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="53817202" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0025524E" w:rsidRDefault="00803C34" w:rsidP="00D82733">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00D82733">
         <w:lastRenderedPageBreak/>
         <w:t>Checklist</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FF9942" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
+    <w:p w14:paraId="27FF9942" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="005E3B93" w:rsidRDefault="00803C34" w:rsidP="005E3B93">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004714E7">
+      <w:r w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Please read through this checklist to make sure that you have fully completed the form and included everything we have asked for.</w:t>
       </w:r>
-      <w:r w:rsidR="004714E7">
+      <w:r w:rsidR="004714E7" w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mark each completed item with an X.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13A74D59" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
+    <w:p w14:paraId="13A74D59" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004714E7" w:rsidRDefault="00803C34" w:rsidP="005E3B93">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
-      <w:r w:rsidRPr="004714E7">
+      <w:r w:rsidRPr="005E3B93">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">All documents must be dated </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the date on which you submit the application.</w:t>
+        <w:t>All documents must be dated no more than 14 days prior to the date on which you submit the application.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="6804"/>
         <w:gridCol w:w="944"/>
       </w:tblGrid>
       <w:tr w:rsidR="004714E7" w:rsidRPr="007E2CDE" w14:paraId="75039863" w14:textId="77777777" w:rsidTr="004714E7">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
@@ -32190,1331 +31907,1377 @@
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="144F170B" w14:textId="77777777" w:rsidR="004714E7" w:rsidRDefault="004714E7" w:rsidP="004714E7">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Item</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3933ADF4" w14:textId="77777777" w:rsidR="004714E7" w:rsidRDefault="004714E7" w:rsidP="004714E7">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EA542E2" w14:textId="77777777" w:rsidR="004714E7" w:rsidRPr="007E2CDE" w:rsidRDefault="004714E7" w:rsidP="004714E7">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004714E7" w:rsidRPr="007E2CDE" w14:paraId="1E57DE3A" w14:textId="77777777" w:rsidTr="004714E7">
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="1E57DE3A" w14:textId="77777777" w:rsidTr="005E3B93">
+        <w:trPr>
+          <w:trHeight w:val="1191"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25FA0853" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="004714E7">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004714E7">
+              <w:t>Section A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="041E2376" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="004714E7">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004714E7">
+              <w:t>Primary applicant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FC8735A" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRDefault="005E3B93" w:rsidP="00DD2379">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Completed the primary applicant details in Section </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>A, and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> provided proof of identity and residency status if you are not born in Australia.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1343080A" w14:textId="5462A1F7" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="00DD2379">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Please provide an individual email address as a form of contact (this is a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E3B93">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>mandatory</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> field)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D981485" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="00DD2379">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="5360D75A" w14:textId="77777777" w:rsidTr="005E3B93">
+        <w:trPr>
+          <w:trHeight w:val="850"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41317119" w14:textId="6C560F78" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004714E7">
+              <w:t xml:space="preserve">Section A: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004714E7">
+              <w:t>CCeS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20CC9AD5" w14:textId="3C9C5B51" w:rsidR="005E3B93" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Completed the consent form in Section I if you wish to use Centrelink Confirmation </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>eServices</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="645CB38B" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="6A1F586F" w14:textId="77777777" w:rsidTr="005E3B93">
+        <w:trPr>
+          <w:trHeight w:val="850"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34106B82" w14:textId="4924C1D3" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004714E7">
+              <w:t>Section A: Income and assets</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74F93B8E" w14:textId="222CA228" w:rsidR="005E3B93" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Provided details of your income and assets and the documents the department asks for.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="186EB4EB" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="3A527ADC" w14:textId="77777777" w:rsidTr="004714E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25FA0853" w14:textId="77777777" w:rsidR="004714E7" w:rsidRPr="004714E7" w:rsidRDefault="004714E7" w:rsidP="004714E7">
+          <w:p w14:paraId="3D21A7B0" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
-              <w:t>Section A</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="041E2376" w14:textId="77777777" w:rsidR="004714E7" w:rsidRPr="004714E7" w:rsidRDefault="004714E7" w:rsidP="004714E7">
+              <w:t>Section B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F2ADEA2" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
-              <w:t>Primary applicant</w:t>
+              <w:t>Bond agent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1343080A" w14:textId="77777777" w:rsidR="004714E7" w:rsidRPr="007E2CDE" w:rsidRDefault="004714E7" w:rsidP="00DD2379">
+          </w:tcPr>
+          <w:p w14:paraId="3AABC292" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
-              <w:t>Completed the primary applicant details in Section A, and provided proof of identity and residency status if you are not born in Australia.</w:t>
+              <w:t>Asked the bond agent, and they have completed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C4A98">
+              <w:t xml:space="preserve"> Section B</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C4A98">
+              <w:t>f you are using a bon</w:t>
+            </w:r>
+            <w:r>
+              <w:t>d agent (rural applicants only).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...111 lines deleted...]
-      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="3A527ADC" w14:textId="77777777" w:rsidTr="004714E7">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A542D15" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="3D7CD207" w14:textId="77777777" w:rsidTr="004714E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D21A7B0" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
+          <w:p w14:paraId="094029E9" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
-              <w:t>Section B</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F2ADEA2" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
+              <w:t>Section C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D9476E7" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
-              <w:t>Bond agent</w:t>
+              <w:t>Real estate agent or landlord</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3AABC292" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="007E2CDE" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
+          </w:tcPr>
+          <w:p w14:paraId="43A28304" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
-              <w:t>Asked the bond agent, and they have completed</w:t>
+              <w:t xml:space="preserve">Asked </w:t>
             </w:r>
             <w:r w:rsidRPr="001C4A98">
-              <w:t xml:space="preserve"> Section B</w:t>
+              <w:t>your real estate agent or landlord</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> i</w:t>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001C4A98">
-              <w:t>f you are using a bon</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>d agent (rural applicants only).</w:t>
+              <w:t xml:space="preserve">and they have </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C4A98">
+              <w:t>completed Section</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> C.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="3D7CD207" w14:textId="77777777" w:rsidTr="004714E7">
+          </w:tcPr>
+          <w:p w14:paraId="4C88F71C" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="05C8D208" w14:textId="77777777" w:rsidTr="004714E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="094029E9" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
+          <w:p w14:paraId="78921CBF" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
-              <w:t>Section C</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7D9476E7" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
+              <w:t>Section D</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1865D329" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
-              <w:t>Real estate agent or landlord</w:t>
+              <w:t>Your bond loan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...80 lines deleted...]
-          <w:p w14:paraId="15628478" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="0083255F" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
+          </w:tcPr>
+          <w:p w14:paraId="15628478" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="0083255F" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="001C4A98">
               <w:t>ompleted Section D to tell us about the bond loan you are applying for</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="5DA09735" w14:textId="77777777" w:rsidTr="004714E7">
+          </w:tcPr>
+          <w:p w14:paraId="7F80A863" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="0083255F" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="5DA09735" w14:textId="77777777" w:rsidTr="004714E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="042E3E53" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
+          <w:p w14:paraId="042E3E53" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
               <w:t>Section E</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D199937" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
+          <w:p w14:paraId="7D199937" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
               <w:t>Private landlord</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5A17D37B" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="007E2CDE" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
+          </w:tcPr>
+          <w:p w14:paraId="5A17D37B" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Asked your landlord, and they have provided</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
               <w:t xml:space="preserve"> a copy of a recent rates notice or the property title to confirm their ownership of the property</w:t>
             </w:r>
             <w:r>
               <w:t>, i</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
               <w:t>f your landlord does not use a real estate agent</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
               <w:t xml:space="preserve"> Alternatively, they have completed the Form of Authority in Section E</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-      <w:tr w:rsidR="00CA0A81" w:rsidRPr="007E2CDE" w14:paraId="5DE3751B" w14:textId="77777777" w:rsidTr="004714E7">
+          </w:tcPr>
+          <w:p w14:paraId="5F19034D" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="5DE3751B" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="74D5BE38" w14:textId="77777777" w:rsidR="00CA0A81" w:rsidRPr="004714E7" w:rsidRDefault="00CA0A81" w:rsidP="004714E7">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74D5BE38" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
               <w:t>Section F</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46EF4EBF" w14:textId="77777777" w:rsidR="00CA0A81" w:rsidRPr="004714E7" w:rsidRDefault="00CA0A81" w:rsidP="004714E7">
+          <w:p w14:paraId="46EF4EBF" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
               <w:t>Other applicants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="65ACDE82" w14:textId="77777777" w:rsidR="00CA0A81" w:rsidRPr="007E2CDE" w:rsidRDefault="00CA0A81" w:rsidP="00DD2379">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="041148E3" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
               <w:t>ompleted details about other members of your household who are applying f</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">or this bond loan in Section F. </w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
               <w:t>(Do not include details of dependants here, except where asked.)</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="65ACDE82" w14:textId="481D496F" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Please provide an individual email address as a form of contact (this is a mandatory field for all household members)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-      <w:tr w:rsidR="00CA0A81" w:rsidRPr="007E2CDE" w14:paraId="77C06449" w14:textId="77777777" w:rsidTr="004714E7">
+          </w:tcPr>
+          <w:p w14:paraId="33E11B5C" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="77C06449" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7A108118" w14:textId="77777777" w:rsidR="00CA0A81" w:rsidRPr="004714E7" w:rsidRDefault="004714E7" w:rsidP="004714E7">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A108118" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Section F: ID and residency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="66357253" w14:textId="77777777" w:rsidR="00CA0A81" w:rsidRPr="007E2CDE" w:rsidRDefault="00CA0A81" w:rsidP="00DD2379">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66357253" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Provided their proof of identity and residency status if they are not born in Australia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-      <w:tr w:rsidR="00CA0A81" w:rsidRPr="007E2CDE" w14:paraId="0D3FF1AE" w14:textId="77777777" w:rsidTr="004714E7">
+          </w:tcPr>
+          <w:p w14:paraId="2B6FB6B1" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="0D3FF1AE" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2AD4495E" w14:textId="77777777" w:rsidR="00CA0A81" w:rsidRPr="004714E7" w:rsidRDefault="004714E7" w:rsidP="004714E7">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AD4495E" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
-              <w:t>Section F: CCeS</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Section F: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>CCeS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2D0F76F0" w14:textId="77777777" w:rsidR="00CA0A81" w:rsidRPr="007E2CDE" w:rsidRDefault="00CA0A81" w:rsidP="00DD2379">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D0F76F0" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Asked them, and they have c</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
-              <w:t>ompleted the consent form in Section I if they wish to use Centrelink Confirmation eServices</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ompleted the consent form in Section I if they wish to use Centrelink Confirmation </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00795C82">
+              <w:t>eServices</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-      <w:tr w:rsidR="00CA0A81" w:rsidRPr="007E2CDE" w14:paraId="04EF88F9" w14:textId="77777777" w:rsidTr="004714E7">
+          </w:tcPr>
+          <w:p w14:paraId="45529C38" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="04EF88F9" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...57 lines deleted...]
-            <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74666928" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
-[...12 lines deleted...]
-              <w:t>Current or previous assistance</w:t>
+          <w:p w14:paraId="692751D0" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Section F: Income and assets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1A1270A6" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="007E2CDE" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
+          </w:tcPr>
+          <w:p w14:paraId="247A7BD8" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
-              <w:t>C</w:t>
+              <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
-              <w:t>ompleted Section G about current or previous assistance that you or anyone else included in this application have received</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Human Services</w:t>
+              <w:t>rovided details of their income and assets and the documents we ask for</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...152 lines deleted...]
-      <w:tr w:rsidR="00803C34" w:rsidRPr="007E2CDE" w14:paraId="7A089325" w14:textId="77777777" w:rsidTr="004714E7">
+          </w:tcPr>
+          <w:p w14:paraId="09EDDACC" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="33C6DF0F" w14:textId="77777777" w:rsidTr="005E3B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DC3E8A0" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
+          <w:p w14:paraId="74666928" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
-              <w:t>Section I</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6FC01D63" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="004714E7" w:rsidRDefault="00803C34" w:rsidP="004714E7">
+              <w:t>Section G</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17DD2649" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
-              <w:t>Centrelink Confirmation eServices</w:t>
+              <w:t>Current or previous assistance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="383441F2" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="00795C82" w:rsidRDefault="00803C34" w:rsidP="004714E7">
+          </w:tcPr>
+          <w:p w14:paraId="1A1270A6" w14:textId="171F6FD4" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
-              <w:t>ompleted and signed the consent form in Section I</w:t>
+              <w:t>ompleted Section G about current or previous assistance that you or anyone else included in this application have received</w:t>
             </w:r>
             <w:r>
-              <w:t>, and so have</w:t>
+              <w:t xml:space="preserve"> from the Department of Families, Fairness and Housing.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="507857A3" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="2C4D799A" w14:textId="77777777" w:rsidTr="005E3B93">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F6809EE" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004714E7">
+              <w:t>Section H</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0551D43E" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004714E7">
+              <w:t>Statutory declaration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F480DD7" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="00795C82" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>And</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795C82">
+              <w:t xml:space="preserve"> all the </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795C82">
+              <w:t>people applying for this bond loan</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, have</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795C82">
+              <w:t xml:space="preserve"> signed the declaration in Section H</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A47B73C" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="4F9622DA" w14:textId="77777777" w:rsidTr="005E3B93">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="333EC5B7" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004714E7">
+              <w:t>Section H: Witness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A33BCE0" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="00795C82" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Had </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795C82">
+              <w:t xml:space="preserve">the declaration signed before an authorised witness, and the authorised witness </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">has </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795C82">
+              <w:t>provided their name, address, title and signature</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DE1841C" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w14:paraId="7A089325" w14:textId="77777777" w:rsidTr="004714E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DC3E8A0" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004714E7">
+              <w:lastRenderedPageBreak/>
+              <w:t>Section I</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FC01D63" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="004714E7" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004714E7">
+              <w:t xml:space="preserve">Centrelink Confirmation </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004714E7">
+              <w:t>eServices</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="383441F2" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="00795C82" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795C82">
+              <w:t xml:space="preserve">ompleted and signed the consent form in Section </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00795C82">
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> so have</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
               <w:t xml:space="preserve"> all </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
-              <w:t>applicants who want to use Centrelink Confirmation eServices</w:t>
-            </w:r>
+              <w:t xml:space="preserve">applicants who want to use Centrelink Confirmation </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00795C82">
+              <w:t>eServices</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="47D2B8CE" w14:textId="77777777" w:rsidR="00803C34" w:rsidRPr="007E2CDE" w:rsidRDefault="00803C34" w:rsidP="00DD2379">
+          </w:tcPr>
+          <w:p w14:paraId="47D2B8CE" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3601EA41" w14:textId="77777777" w:rsidR="00D74533" w:rsidRDefault="00D74533" w:rsidP="00207CB0">
+    <w:p w14:paraId="0284842D" w14:textId="77777777" w:rsidR="00CA0A81" w:rsidRDefault="00CA0A81" w:rsidP="00CA0A81">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>More information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30CF6D8B" w14:textId="77777777" w:rsidR="0008479E" w:rsidRDefault="0008479E" w:rsidP="0008479E">
+    <w:p w14:paraId="76F684B1" w14:textId="3FCDDEBD" w:rsidR="00753B46" w:rsidRDefault="00753B46" w:rsidP="00753B46">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:t>To find out about housing options</w:t>
-[...8 lines deleted...]
-        <w:r w:rsidR="004D3FE6" w:rsidRPr="004D3FE6">
+        <w:t xml:space="preserve">To find out about housing options, visit the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="004D3FE6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Housing.vic website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> &lt;</w:t>
       </w:r>
       <w:r w:rsidRPr="0014604D">
-        <w:t>http://www.housing.vic.gov.au</w:t>
+        <w:t>http</w:t>
+      </w:r>
+      <w:r w:rsidR="00652241">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014604D">
+        <w:t>://www.housing.vic.gov.au</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">&gt; or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="004D70CC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>contact your local housing office</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> online &lt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA0A81">
-        <w:t>http://www.housing.vic.gov.au/contact-a-housing-office</w:t>
+      <w:r w:rsidRPr="00291BB1">
+        <w:t>https://www.housing.vic.gov.au/contact-a-housing-office</w:t>
       </w:r>
       <w:r>
         <w:t>&gt;.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20AA3402" w14:textId="77777777" w:rsidR="0008479E" w:rsidRPr="00254F58" w:rsidRDefault="0008479E" w:rsidP="0008479E">
+    <w:p w14:paraId="20AA3402" w14:textId="63843F08" w:rsidR="0008479E" w:rsidRDefault="0008479E" w:rsidP="0008479E">
       <w:pPr>
         <w:pStyle w:val="DHHSaccessibilitypara"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r w:rsidRPr="00254F58">
         <w:t xml:space="preserve">To receive this publication in </w:t>
       </w:r>
       <w:r w:rsidRPr="00770F37">
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidRPr="00254F58">
         <w:t xml:space="preserve"> accessible format </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
-        <w:r>
+      <w:r w:rsidR="00C454B4" w:rsidRPr="00E3263D">
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3263D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="00E3263D" w:rsidRPr="00D536F9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>email H</w:t>
-[...5 lines deleted...]
-          <w:t>ousing Practice and Complex Support</w:t>
+          <w:t>PolicyAndGuidelines@homes.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="3C99F849" w14:textId="77777777" w:rsidR="0008479E" w:rsidRPr="00254F58" w:rsidRDefault="0008479E" w:rsidP="0008479E">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r w:rsidRPr="00254F58">
         <w:t>Authorised and published by the Victorian Governmen</w:t>
       </w:r>
       <w:r>
         <w:t>t, 1 Treasury Place, Melbourne.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D6CDE6" w14:textId="77777777" w:rsidR="0008479E" w:rsidRPr="00254F58" w:rsidRDefault="0008479E" w:rsidP="004D3FE6">
+    <w:p w14:paraId="79D6CDE6" w14:textId="2511909C" w:rsidR="0008479E" w:rsidRPr="00254F58" w:rsidRDefault="0008479E" w:rsidP="004D3FE6">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r w:rsidRPr="00254F58">
         <w:t xml:space="preserve">© State of </w:t>
       </w:r>
       <w:r>
-        <w:t>Victoria, Department of Health and</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Human Services</w:t>
+        <w:t xml:space="preserve">Victoria, Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C454B4">
+        <w:t>Families, Fairness and Housing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="004D3FE6">
-        <w:t>February 2018</w:t>
+      <w:r w:rsidR="00C454B4">
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00346E35">
+        <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A5F866" w14:textId="77777777" w:rsidR="0008479E" w:rsidRPr="00254F58" w:rsidRDefault="0008479E" w:rsidP="0008479E">
+    <w:p w14:paraId="40A5F866" w14:textId="57E6D472" w:rsidR="0008479E" w:rsidRPr="00254F58" w:rsidRDefault="0008479E" w:rsidP="0008479E">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00254F58">
         <w:rPr>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">Available </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00DC7770">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>Housing.vic’s Apply for a bond loan page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &lt;http://www.housing.vic.gov.au/apply-bond-loan&gt;.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+        <w:t xml:space="preserve"> &lt;http</w:t>
+      </w:r>
+      <w:r w:rsidR="00652241">
+        <w:rPr>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>://www.housing.vic.gov.au/apply-bond-loan&gt;.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A374708" w14:textId="77777777" w:rsidR="00C41436" w:rsidRPr="00586355" w:rsidRDefault="00C41436" w:rsidP="005E3B93">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00176BBF" w:rsidRPr="00176E4D">
         <w:lastRenderedPageBreak/>
         <w:t>Language Link</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75ACDFE9" w14:textId="77777777" w:rsidR="00C41436" w:rsidRPr="00A70A87" w:rsidRDefault="00C41436" w:rsidP="003C6AA7">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>This publication is about housing. If you have difficulty reading English, you can get help with this publication. Please contact your local office or call Language Link on (03) 9328 0799 for an interpreter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0416DDF7" w14:textId="77777777" w:rsidR="00E922D0" w:rsidRDefault="00C41436" w:rsidP="003C6AA7">
+    <w:p w14:paraId="0416DDF7" w14:textId="77777777" w:rsidR="00E922D0" w:rsidRPr="00CD7B5D" w:rsidRDefault="00C41436" w:rsidP="003C6AA7">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51228BE8" wp14:editId="355E26B6">
             <wp:extent cx="6110641" cy="6194066"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="54" name="Picture 9" descr="The text under 'Language Link' translated into English, Arabic, Simplified Chinese, Traditional Chinese, Croatian, Polish, Russian, Somali, Turkish and Vietnamese"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="Title: LanguageLink interpreter advice - Description: This publication is about the bond loan application. If you have difficulty reading English, you can get help with this publication. The text contains information in English, Arabic, Simplified Chinese, Traditional Chinese, Croatian, Polish, Russian, Somali, Turkish and Vietnamese. Please contact your local office or call Language Link on (03) 9328 0799 for an interpreter."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35">
+                    <a:blip r:embed="rId31">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-55"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6112560" cy="6196012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -33540,209 +33303,1179 @@
           <w:rFonts w:eastAsia="Times" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176E4D">
         <w:t>For other languages, an interpreter is available through your local office.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C41436" w:rsidRPr="003C6AA7" w:rsidSect="002A6DE7">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E598C9F" w14:textId="77777777" w:rsidR="005F6511" w:rsidRDefault="005F6511">
+    <w:p w14:paraId="28469543" w14:textId="77777777" w:rsidR="009221F1" w:rsidRDefault="009221F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E0EE7C5" w14:textId="77777777" w:rsidR="005F6511" w:rsidRDefault="005F6511">
+    <w:p w14:paraId="39D1B620" w14:textId="77777777" w:rsidR="009221F1" w:rsidRDefault="009221F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Arial"/>
+    <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="7E10DCFF" w14:textId="77777777" w:rsidR="00C8080E" w:rsidRDefault="00C8080E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7A712011" w14:textId="16010ADF" w:rsidR="005F6511" w:rsidRPr="00F65AA9" w:rsidRDefault="00B505DE" w:rsidP="0051568D">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="DHHSfooter"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="410ABDA4" wp14:editId="12C98AF3">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>635</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10189210</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7560310" cy="311785"/>
+              <wp:effectExtent l="0" t="0" r="0" b="12065"/>
+              <wp:wrapNone/>
+              <wp:docPr id="306680028" name="MSIPCM9ccf450392141f043df90312" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7560310" cy="311785"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                            <a:solidFill>
+                              <a:prstClr val="black"/>
+                            </a:solidFill>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="16CEC8FB" w14:textId="77777777" w:rsidR="00B505DE" w:rsidRPr="00C8080E" w:rsidRDefault="00B505DE" w:rsidP="00B505DE">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C8080E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="410ABDA4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="MSIPCM9ccf450392141f043df90312" o:spid="_x0000_s1026" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:.05pt;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdkot2FAIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0o2UmKbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDxzHYP0zRskZj&#10;03OpR+YZ2dvmj1Jtwy04kH7CoU1AyoaLuANuk6UfttnWzIi4C4LjzBkm9//K8qfD1rxY4vuv0COB&#10;AZDOuNyhM+zTS9uGL05KMI4QHs+wid4Tjs6b2TydZhjiGJtm2c3tLJRJLn8b6/w3AS0JRkEt0hLR&#10;YoeN80PqKSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7McFSqiOuJeFgXJn+LrB5hvm/Auz&#10;yDHOi7r1z3hIBdgERouSGuyvv/lDPkKPUUo61ExB3c89s4IS9V0jKXfZ9XUQWbygYd97y5NX79sH&#10;QDlm+DIMj2bI9epkSgvtG8p6FbphiGmOPQtanswHPygYnwUXq1VMQjkZ5jd6a3goHWAMkL72b8ya&#10;EXePjD3BSVUs/wD/kDsQsNp7kE3kJgA7oDnijVKM7I7PJmj9/T1mXR738jcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQB/+wF24AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqN1S&#10;0jaNU1UgLkgItUWcnXjz08TrKHbb5O1xTnBZaXZWs98ku8G07Iq9qy1JmM8EMKTc6ppKCd+n96c1&#10;MOcVadVaQgkjOtil93eJirW90QGvR1+yEEIuVhIq77uYc5dXaJSb2Q4peIXtjfJB9iXXvbqFcNPy&#10;hRARN6qm8KFSHb5WmDfHi5Gw/NpkBT835vw5foxj3RQ/b1kh5ePDsN8C8zj4v2OY8AM6pIEpsxfS&#10;jrWTZj7MSCwjYJM/34gVsGzavTyvgKcJ/98h/QUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCdkot2FAIAACQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB/+wF24AAAAAsBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox inset=",0,,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="16CEC8FB" w14:textId="77777777" w:rsidR="00B505DE" w:rsidRPr="00C8080E" w:rsidRDefault="00B505DE" w:rsidP="00B505DE">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C8080E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="256DAF8D" wp14:editId="5871BD9C">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>921385</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>9938385</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6572885" cy="791210"/>
+          <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+          <wp:wrapNone/>
+          <wp:docPr id="874507394" name="Picture 874507394" descr="Footer"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="874507394" name="Picture 874507394" descr="Footer"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6572885" cy="791210"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00C8080E">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="4725AF48" wp14:editId="7E5A53EB">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10189210</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7560310" cy="311785"/>
+              <wp:effectExtent l="0" t="0" r="0" b="12065"/>
+              <wp:wrapNone/>
+              <wp:docPr id="10" name="MSIPCM87c44d64b85ce8f42b05ffbd" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7560310" cy="311785"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                            <a:solidFill>
+                              <a:prstClr val="black"/>
+                            </a:solidFill>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2C9E607B" w14:textId="1D650940" w:rsidR="00C8080E" w:rsidRPr="00C8080E" w:rsidRDefault="00C8080E" w:rsidP="00C8080E">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C8080E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="4725AF48" id="MSIPCM87c44d64b85ce8f42b05ffbd" o:spid="_x0000_s1027" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqG+r9FgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEWB&#10;IAngFDnTFGkRoLgsSVtyv75Lyi+kPRW9UMvd1T5mhrP7vtVkJ5xXYCpajHJKhOFQK7Op6I+35Zdb&#10;SnxgpmYajKjoXnh6P//8adbZUlxBA7oWjmAR48vOVrQJwZZZ5nkjWuZHYIXBoATXsoBXt8lqxzqs&#10;3ursKs+nWQeutg648B69j0OQzlN9KQUPL1J6EYiuKM4W0unSuY5nNp+xcuOYbRQ/jMH+YYqWKYNN&#10;T6UeWWBk69QfpVrFHXiQYcShzUBKxUXaAbcp8g/brBpmRdoFwfH2BJP/f2X5825lXx0J/VfokcAI&#10;SGd96dEZ9+mla+MXJyUYRwj3J9hEHwhH581kmo8LDHGMjYvi5nYSy2Tnv63z4ZuAlkSjog5pSWix&#10;3ZMPQ+oxJTYzsFRaJ2q0IV1Fp+NJnn44RbC4NtjjPGu0Qr/uiaov9lhDvcf1HAzMe8uXCmd4Yj68&#10;ModU49go3/CCh9SAveBgUdKA+/U3f8xHBjBKSYfSqaj/uWVOUKK/G+Tmrri+jlpLFzTcpXd99Jpt&#10;+wCoygIfiOXJjLlBH03poH1HdS9iNwwxw7FnRddH8yEMQsbXwcVikZJQVZaFJ7OyPJaOaEZk3/p3&#10;5uwB/oDEPcNRXKz8wMKQO/Cw2AaQKlEU8R3QPMCOikwkH15PlPzlPWWd3/j8NwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEgNXprfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;UyiBhjgVAnFBQhWl6tmJNz9NvI5it03ens0Jbrszq9lv0s1oO3HGwTeOFCwXEQikwpmGKgX7n4+7&#10;ZxA+aDK6c4QKJvSwya6vUp0Yd6FvPO9CJTiEfKIV1CH0iZS+qNFqv3A9EnulG6wOvA6VNIO+cLjt&#10;5H0UxdLqhvhDrXt8q7FodyerYLVd56U8tvb4NX1OU9OWh/e8VOr2Znx9ARFwDH/HMOMzOmTMlLsT&#10;GS86BVwksBpHqxjE7C/XEU/5rD0+PIHMUvm/Q/YLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA6hvq/RYCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEASA1emt8AAAALAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox inset=",0,,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="2C9E607B" w14:textId="1D650940" w:rsidR="00C8080E" w:rsidRPr="00C8080E" w:rsidRDefault="00C8080E" w:rsidP="00C8080E">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C8080E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer10.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5ACC72BD" w14:textId="55084B5C" w:rsidR="00C8080E" w:rsidRDefault="00C8080E">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3A3FD8D2" wp14:editId="65041A28">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10189210</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7560310" cy="311785"/>
+              <wp:effectExtent l="0" t="0" r="0" b="12065"/>
+              <wp:wrapNone/>
+              <wp:docPr id="11" name="MSIPCM9b494f509abb636ef78a54f0" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7560310" cy="311785"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                            <a:solidFill>
+                              <a:prstClr val="black"/>
+                            </a:solidFill>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="63DA855C" w14:textId="561EE28B" w:rsidR="00C8080E" w:rsidRPr="00C8080E" w:rsidRDefault="00C8080E" w:rsidP="00C8080E">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C8080E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="3A3FD8D2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="MSIPCM9b494f509abb636ef78a54f0" o:spid="_x0000_s1028" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7jRm/GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0gChbYRoWKtmCah&#10;thKd+mwcm0RyfJ5tSNhfv7NDoOr2VPXFOd9d7sf3fZ7fdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4sxVKBKYQkW0S5vTUEr702eJI5XomFuBEZoDEqwDfN4tbuktKzF&#10;6o1Kxmk6S1qwpbHAhXPofeiDdBHrSym4f5LSCU9UQXE2H08bz204k8Wc5TvLTFXz0xjsA1M0rNbY&#10;9FzqgXlG9rb+p1RTcwsOpB9xaBKQsuYi7oDbZOm7bTYVMyLuguA4c4bJfV5Z/njYmGdLfPcdOiQw&#10;ANIalzt0hn06aZvwxUkJxhHC4xk20XnC0Xk9naWTDEMcY5Msu76ZhjLJ5W9jnf8hoCHBKKhFWiJa&#10;7LB2vk8dUkIzDataqUiN0qQt6GwyTeMP5wgWVxp7XGYNlu+2HanLgo6HPbZQHnE9Cz3zzvBVjTOs&#10;mfPPzCLVODbK1z/hIRVgLzhZlFRg//zPH/KRAYxS0qJ0Cup+75kVlKifGrm5za6ugtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQC7jRm/GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox inset=",0,,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="63DA855C" w14:textId="561EE28B" w:rsidR="00C8080E" w:rsidRPr="00C8080E" w:rsidRDefault="00C8080E" w:rsidP="00C8080E">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C8080E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="252DE3A5" w14:textId="7B81E3C4" w:rsidR="005F6511" w:rsidRPr="00A11421" w:rsidRDefault="00C8080E" w:rsidP="0051568D">
+    <w:pPr>
+      <w:pStyle w:val="DHHSfooter"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="1" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="410BC9F8" wp14:editId="38B2988B">
+              <wp:simplePos x="0" y="10189687"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10189210</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7560310" cy="311785"/>
+              <wp:effectExtent l="0" t="0" r="0" b="12065"/>
+              <wp:wrapNone/>
+              <wp:docPr id="14" name="MSIPCM97bd442a874271856e0c1065" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7560310" cy="311785"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                            <a:solidFill>
+                              <a:prstClr val="black"/>
+                            </a:solidFill>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3D6C13DD" w14:textId="2F404786" w:rsidR="00C8080E" w:rsidRPr="00C8080E" w:rsidRDefault="00C8080E" w:rsidP="00C8080E">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C8080E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="410BC9F8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="MSIPCM97bd442a874271856e0c1065" o:spid="_x0000_s1029" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLApg3GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0oOU6KbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDT2Owf5iiZY3G&#10;pudSj8wzsrfNH6XahltwIP2EQ5uAlA0XcQfcJks/bLOtmRFxFwTHmTNM7v+V5U+HrXmxxPdfoUcC&#10;AyCdcblDZ9inl7YNX5yUYBwhPJ5hE70nHJ03s3k6zTDEMTbNspvbWSiTXP421vlvAloSjIJapCWi&#10;xQ4b54fUMSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7ElT4RTjHiVUR1zPwsC8M3zd4Awb&#10;5vwLs0g1jo3y9c94SAXYC04WJTXYX3/zh3xkAKOUdCidgrqfe2YFJeq7Rm7usuvroLV4QcO+95aj&#10;V+/bB0BVZvhADI9myPVqNKWF9g3VvQrdMMQ0x54FLUfzwQ9CxtfBxWoVk1BVhvmN3hoeSgc0A7Kv&#10;/Ruz5gS/R+KeYBQXyz+wMOQOPKz2HmQTKQr4DmieYEdFRpJPrydI/v09Zl3e+PI3AAAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBLApg3GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox inset=",0,,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="3D6C13DD" w14:textId="2F404786" w:rsidR="00C8080E" w:rsidRPr="00C8080E" w:rsidRDefault="00C8080E" w:rsidP="00C8080E">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C8080E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="005F6511" w:rsidRPr="00A11421">
+      <w:t xml:space="preserve">Name of </w:t>
+    </w:r>
+    <w:r w:rsidR="005F6511" w:rsidRPr="0051568D">
+      <w:t>document</w:t>
+    </w:r>
+    <w:r w:rsidR="005F6511" w:rsidRPr="00A11421">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="005F6511" w:rsidRPr="00A11421">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="005F6511" w:rsidRPr="00A11421">
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidR="005F6511" w:rsidRPr="00A11421">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="005F6511" w:rsidRPr="00A11421">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7827E482" w14:textId="77777777" w:rsidR="005F6511" w:rsidRDefault="005F6511">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>28</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>Application for a bond loan</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2F44FB89" w14:textId="3AF4B5ED" w:rsidR="005F6511" w:rsidRPr="00F65AA9" w:rsidRDefault="00C8080E" w:rsidP="004D3FE6">
+    <w:pPr>
+      <w:pStyle w:val="DHHSfooter"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="58F41678" wp14:editId="175DBFCE">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10189210</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7560310" cy="311785"/>
+              <wp:effectExtent l="0" t="0" r="0" b="12065"/>
+              <wp:wrapNone/>
+              <wp:docPr id="15" name="MSIPCM9ccf450392141f043df90312" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7560310" cy="311785"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                            <a:solidFill>
+                              <a:prstClr val="black"/>
+                            </a:solidFill>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="163DEF61" w14:textId="55479CD5" w:rsidR="00C8080E" w:rsidRPr="00C8080E" w:rsidRDefault="00C8080E" w:rsidP="00C8080E">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C8080E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="58F41678" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="_x0000_s1030" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZof46GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LiRxLBcuAmcFHA&#10;SAI4Rc40RVoCKC5L0pbcr++Ssuwg7SnIhVrurvYxM5zfdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4srqECVwhIsol3emoJW3ps8SRyvRMPcCIzQGJRgG+bxandJaVmL&#10;1RuVXKXpLGnBlsYCF86h96EP0kWsL6Xg/klKJzxRBcXZfDxtPLfhTBZzlu8sM1XNT2OwD0zRsFpj&#10;03OpB+YZ2dv6n1JNzS04kH7EoUlAypqLuANuk6XvttlUzIi4C4LjzBkm93ll+eNhY54t8d136JDA&#10;AEhrXO7QGfbppG3CFyclGEcIj2fYROcJR+f1dJaOMwxxjI2z7PpmGsokl7+Ndf6HgIYEo6AWaYlo&#10;scPa+T51SAnNNKxqpSI1SpO2oLPxNI0/nCNYXGnscZk1WL7bdqQuCzoZ9thCecT1LPTMO8NXNc6w&#10;Zs4/M4tU49goX/+Eh1SAveBkUVKB/fM/f8hHBjBKSYvSKaj7vWdWUKJ+auTmNptMgtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAZof46GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox inset=",0,,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="163DEF61" w14:textId="55479CD5" w:rsidR="00C8080E" w:rsidRPr="00C8080E" w:rsidRDefault="00C8080E" w:rsidP="00C8080E">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C8080E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>Application for RentAssist bond loan</w:t>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00AA3190">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3967AAC0" w14:textId="77777777" w:rsidR="005F6511" w:rsidRDefault="005F6511">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>28</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>Application for a bond loan</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17979178" w14:textId="0483E9B7" w:rsidR="005F6511" w:rsidRPr="00F65AA9" w:rsidRDefault="00C8080E" w:rsidP="004D3FE6">
+    <w:pPr>
+      <w:pStyle w:val="DHHSfooter"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="53A9D48B" wp14:editId="2C59F3A6">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10189210</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7560310" cy="311785"/>
+              <wp:effectExtent l="0" t="0" r="0" b="12065"/>
+              <wp:wrapNone/>
+              <wp:docPr id="18" name="MSIPCM0146436c939b8682b885213d" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:15,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7560310" cy="311785"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                            <a:solidFill>
+                              <a:prstClr val="black"/>
+                            </a:solidFill>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4AF4C1CE" w14:textId="6461D9D1" w:rsidR="00C8080E" w:rsidRPr="00C8080E" w:rsidRDefault="00C8080E" w:rsidP="00C8080E">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C8080E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="53A9D48B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="MSIPCM0146436c939b8682b885213d" o:spid="_x0000_s1031" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:15,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpLn+yFwIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEUB&#10;IwngFDnTFGkRoLgsSVtyv75Lyo8g7anohVrurvYxM5zd960me+G8AlPRYpRTIgyHWpltRX+8Lr/c&#10;UuIDMzXTYERFD8LT+/nnT7POluIKGtC1cASLGF92tqJNCLbMMs8b0TI/AisMBiW4lgW8um1WO9Zh&#10;9VZnV3k+zTpwtXXAhffofRyCdJ7qSyl4eJbSi0B0RXG2kE6Xzk08s/mMlVvHbKP4cQz2D1O0TBls&#10;ei71yAIjO6f+KNUq7sCDDCMObQZSKi7SDrhNkX/YZt0wK9IuCI63Z5j8/yvLn/Zr++JI6L9CjwRG&#10;QDrrS4/OuE8vXRu/OCnBOEJ4OMMm+kA4Om8m03xcYIhjbFwUN7eTWCa7/G2dD98EtCQaFXVIS0KL&#10;7Vc+DKmnlNjMwFJpnajRhnQVnY4nefrhHMHi2mCPy6zRCv2mJ6quaBogejZQH3A9BwPz3vKlwhlW&#10;zIcX5pBqHBvlG57xkBqwFxwtShpwv/7mj/nIAEYp6VA6FfU/d8wJSvR3g9zcFdfXUWvpgoZ7792c&#10;vGbXPgCqssAHYnkyY27QJ1M6aN9Q3YvYDUPMcOxZ0c3JfAiDkPF1cLFYpCRUlWVhZdaWx9IRzYjs&#10;a//GnD3CH5C4JziJi5UfWBhyBx4WuwBSJYouaB5hR0Umko+vJ0r+/T1lXd74/DcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc&#10;qFMogYY4FQJxQUIVperZiTc/TbyOYrdN3p7NCW67M6vZb9LNaDtxxsE3jhQsFxEIpMKZhioF+5+P&#10;u2cQPmgyunOECib0sMmur1KdGHehbzzvQiU4hHyiFdQh9ImUvqjRar9wPRJ7pRusDrwOlTSDvnC4&#10;7eR9FMXS6ob4Q617fKuxaHcnq2C1XeelPLb2+DV9TlPTlof3vFTq9mZ8fQERcAx/xzDjMzpkzJS7&#10;ExkvOgVcJLAaR6sYxOwv1xFP+aw9PjyBzFL5v0P2CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOkuf7IXAgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAEgNXprfAAAACwEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox inset=",0,,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="4AF4C1CE" w14:textId="6461D9D1" w:rsidR="00C8080E" w:rsidRPr="00C8080E" w:rsidRDefault="00C8080E" w:rsidP="00C8080E">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C8080E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>Application for RentAssist bond loan</w:t>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00AA3190">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>14</w:t>
+    </w:r>
+    <w:r w:rsidR="005F6511">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="21AF6883" w14:textId="77777777" w:rsidR="005F6511" w:rsidRDefault="005F6511">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>28</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>Application for a bond loan</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4CFB4633" w14:textId="16A699EE" w:rsidR="005F6511" w:rsidRPr="00F65AA9" w:rsidRDefault="00C8080E" w:rsidP="004D3FE6">
     <w:pPr>
       <w:pStyle w:val="DHHSfooter"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="106C02D3" wp14:editId="1E09483F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="19" name="MSIPCM308747e98004be2222c41bd6" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:21,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -33787,52 +34520,51 @@
                               <w:color w:val="000000"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="106C02D3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCM308747e98004be2222c41bd6" o:spid="_x0000_s1031" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:21,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8PJ+DrgIAAE4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1v0zAQf0fif7D8wBMsSb8blk6lqDCp&#10;2yp1aM+O4zSREp9nu2sK4n/n7CTdGDwh8uCcf3e+77vLq6auyJPQpgSZ0OgipERIDlkp9wn9dr/+&#10;MKPEWCYzVoEUCT0JQ68Wb99cHlUsBlBAlQlNUIk08VEltLBWxUFgeCFqZi5ACYnMHHTNLF71Psg0&#10;O6L2ugoGYTgJjqAzpYELYxD93DLpwuvPc8HtXZ4bYUmVUPTN+lP7M3VnsLhk8V4zVZS8c4P9gxc1&#10;KyUaPav6zCwjB13+oaouuQYDub3gUAeQ5yUXPgaMJgpfRbMrmBI+FkyOUec0mf+nlt8+bTUpM6zd&#10;nBLJaqzRze56u7oZhrPpaCrmszAcpWKAHx9FaTahJBOGYwp/vHs8gP34lZliBZlob/E8HE3Hs+Ek&#10;et+xRbkvbMecjbBDOsZDmdmiw8fz8RnfVoyLWsj+TSuyBrBCt3Sn4FpmoukUtL+tLmumT79J7bAF&#10;sDc7uUHv1j2oDgrPljci740i+NP1xlGZGFO0U5gk23yCBvPU4wZBV/Im17X7YzEJ8rHLTufOEo0l&#10;HMHpeBIOI2Rx5A2jaDobOzXB82uljf0ioCaOSKhGt31DsaeNsa1oL+KMSViXVeW7t5LkmNDJcBz6&#10;B2cOKq8k2nAxtL46yjZp4+vtHXBICtkJw9PQDodRfF2iDxtm7JZpnAZ0Gyfc3uGRV4C2oKMoKUB/&#10;/xvu5LFJkUvJEacroebxwLSgpLqW2L7zaDRy4+gvSOiXaNqj8lCvAAc3wh2iuCedrK16MtdQP+AC&#10;WDpryGKSo82Epj25snhDBi4QLpZLT+PgKWY3cqe4U+2y6TJ73zwwrbr0WyzcLfTzx+JXVWhl2zos&#10;Dxby0pfoOZtd2nFofZG7BeO2wsu7l3peg4tfAAAA//8DAFBLAwQUAAYACAAAACEASA1emt8AAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTKIGGOBUCcUFCFaXq2Yk3P028&#10;jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfufj7tnED5oMrpzhAom9LDJrq9SnRh3&#10;oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75wuO3kfRTF0uqG+EOte3yrsWh3J6tg&#10;tV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyUuxMZLzoFXCSwGkerGMTsL9cRT/ms&#10;PT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA8PJ+DrgIAAE4FAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBIDV6a3wAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAAgFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFAYAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="MSIPCM308747e98004be2222c41bd6" o:spid="_x0000_s1032" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:21,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4uIzwGAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0oOU6KbqdhF5kmKX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszjr90llWUd&#10;Vm9VcpWm86QDWxkLXDiH3schSJexvpSC+2cpnfBEFRRn8/G08SzDmSwXLN9ZZuqGn8Zg/zBFyxqN&#10;Tc+lHplnZG+bP0q1DbfgQPoJhzYBKRsu4g64TZZ+2GZbMyPiLgiOM2eY3P8ry58OW/Niie+/Qo8E&#10;BkA643KHzrBPL20bvjgpwThCeDzDJnpPODpvZvN0mmGIY2yaZTe3s1Amudw21vlvAloSjIJapCWi&#10;xQ4b54fUMSU007BulIrUKE26gs6nszReOEewuNLY4zJrsHxf9qSp8MK4RwnVEdezMDDvDF83OMOG&#10;Of/CLFKNY6N8/TMeUgH2gpNFSQ3219/8IR8ZwCglHUqnoO7nnllBifqukZu77Po6aC3+oGHfe8vR&#10;q/ftA6AqM3wghkcz5Ho1mtJC+4bqXoVuGGKaY8+ClqP54Ach4+vgYrWKSagqw/xGbw0PpQOaAdnX&#10;/o1Zc4LfI3FPMIqL5R9YGHIHHlZ7D7KJFAV8BzRPsKMiI8mn1xMk//4/Zl3e+PI3AAAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQC4uIzwGAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="3516E546" w14:textId="55897493" w:rsidR="00C8080E" w:rsidRPr="00C8080E" w:rsidRDefault="00C8080E" w:rsidP="00C8080E">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00C8080E">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -33852,1000 +34584,84 @@
     <w:r w:rsidR="005F6511">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="005F6511">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="005F6511">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00AA3190">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="005F6511">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...884 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77FFEF60" w14:textId="77777777" w:rsidR="005F6511" w:rsidRDefault="005F6511" w:rsidP="002862F1">
+    <w:p w14:paraId="4FF858AB" w14:textId="77777777" w:rsidR="009221F1" w:rsidRDefault="009221F1" w:rsidP="002862F1">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02791F3D" w14:textId="77777777" w:rsidR="005F6511" w:rsidRDefault="005F6511">
+    <w:p w14:paraId="7830C662" w14:textId="77777777" w:rsidR="009221F1" w:rsidRDefault="009221F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-[...29 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="43C7F055" w14:textId="77777777" w:rsidR="005F6511" w:rsidRPr="00C64447" w:rsidRDefault="005F6511" w:rsidP="00C64447">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="81145B58"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C06715"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8A86A6B0"/>
     <w:lvl w:ilvl="0">
@@ -36197,472 +36013,485 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1900510939">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1480342495">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1690910766">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1697192639">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="231283508">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1401172047">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2097088371">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2048329545">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="504905384">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="337732017">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="241452646">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1556043348">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="783618345">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1228807452">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="841819877">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1517888099">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="180"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00803C34"/>
     <w:rsid w:val="000072B6"/>
     <w:rsid w:val="0000785C"/>
     <w:rsid w:val="0001021B"/>
     <w:rsid w:val="00011D89"/>
     <w:rsid w:val="00017081"/>
     <w:rsid w:val="00022918"/>
     <w:rsid w:val="00022F9E"/>
     <w:rsid w:val="00023060"/>
     <w:rsid w:val="000238E6"/>
     <w:rsid w:val="000244A9"/>
     <w:rsid w:val="00024D89"/>
     <w:rsid w:val="000250B6"/>
     <w:rsid w:val="00032AE6"/>
     <w:rsid w:val="00033D81"/>
     <w:rsid w:val="00035B66"/>
     <w:rsid w:val="00041BF0"/>
     <w:rsid w:val="0004536B"/>
     <w:rsid w:val="000457C6"/>
     <w:rsid w:val="00046B68"/>
     <w:rsid w:val="0004718E"/>
+    <w:rsid w:val="00050774"/>
     <w:rsid w:val="000527DD"/>
     <w:rsid w:val="0005397E"/>
     <w:rsid w:val="000578B2"/>
     <w:rsid w:val="00057E09"/>
     <w:rsid w:val="00060959"/>
     <w:rsid w:val="00063E2C"/>
     <w:rsid w:val="000663CD"/>
     <w:rsid w:val="00066FF5"/>
     <w:rsid w:val="000733FE"/>
     <w:rsid w:val="00074219"/>
     <w:rsid w:val="000745EE"/>
     <w:rsid w:val="00074ED5"/>
     <w:rsid w:val="0008479E"/>
     <w:rsid w:val="0009113B"/>
     <w:rsid w:val="00091B7F"/>
     <w:rsid w:val="00094DA3"/>
     <w:rsid w:val="00096CD1"/>
     <w:rsid w:val="000A012C"/>
     <w:rsid w:val="000A0EB9"/>
     <w:rsid w:val="000A186C"/>
     <w:rsid w:val="000A3B2D"/>
+    <w:rsid w:val="000A64AB"/>
     <w:rsid w:val="000A6666"/>
     <w:rsid w:val="000B535A"/>
     <w:rsid w:val="000B543D"/>
     <w:rsid w:val="000B5BF7"/>
     <w:rsid w:val="000B6BC8"/>
     <w:rsid w:val="000C1FCE"/>
     <w:rsid w:val="000C2591"/>
     <w:rsid w:val="000C3214"/>
     <w:rsid w:val="000C42EA"/>
     <w:rsid w:val="000C4546"/>
     <w:rsid w:val="000C6907"/>
     <w:rsid w:val="000C75FE"/>
     <w:rsid w:val="000D1242"/>
     <w:rsid w:val="000D6153"/>
     <w:rsid w:val="000E2764"/>
     <w:rsid w:val="000E3CC7"/>
     <w:rsid w:val="000E5C08"/>
     <w:rsid w:val="000E6BD4"/>
     <w:rsid w:val="000E6FCD"/>
     <w:rsid w:val="000F1F1E"/>
     <w:rsid w:val="000F2259"/>
     <w:rsid w:val="000F2419"/>
     <w:rsid w:val="0010392D"/>
     <w:rsid w:val="0010447F"/>
     <w:rsid w:val="00104FE3"/>
     <w:rsid w:val="00105C2B"/>
     <w:rsid w:val="0010795C"/>
     <w:rsid w:val="00120BD3"/>
     <w:rsid w:val="00122FEA"/>
     <w:rsid w:val="001232BD"/>
     <w:rsid w:val="00124ED5"/>
     <w:rsid w:val="001263B3"/>
     <w:rsid w:val="00134114"/>
     <w:rsid w:val="00141849"/>
     <w:rsid w:val="001447B3"/>
     <w:rsid w:val="0014604D"/>
+    <w:rsid w:val="00150D98"/>
     <w:rsid w:val="00152073"/>
     <w:rsid w:val="00152436"/>
     <w:rsid w:val="00161939"/>
     <w:rsid w:val="00161AA0"/>
     <w:rsid w:val="00162093"/>
+    <w:rsid w:val="00167E65"/>
     <w:rsid w:val="00173E8F"/>
     <w:rsid w:val="00176BBF"/>
     <w:rsid w:val="00176E4D"/>
     <w:rsid w:val="001771DD"/>
     <w:rsid w:val="00177995"/>
     <w:rsid w:val="00177A8C"/>
     <w:rsid w:val="0018112C"/>
     <w:rsid w:val="00181E72"/>
     <w:rsid w:val="00186607"/>
     <w:rsid w:val="00186B33"/>
     <w:rsid w:val="00192F9D"/>
+    <w:rsid w:val="00193B5A"/>
     <w:rsid w:val="001966B6"/>
     <w:rsid w:val="00196EB8"/>
     <w:rsid w:val="00196EFB"/>
     <w:rsid w:val="001979FF"/>
     <w:rsid w:val="00197B17"/>
     <w:rsid w:val="001A3ACE"/>
     <w:rsid w:val="001B039A"/>
     <w:rsid w:val="001B7241"/>
     <w:rsid w:val="001B76CD"/>
     <w:rsid w:val="001C20FF"/>
     <w:rsid w:val="001C277E"/>
     <w:rsid w:val="001C2A72"/>
     <w:rsid w:val="001D0232"/>
     <w:rsid w:val="001D0B75"/>
     <w:rsid w:val="001D3C09"/>
     <w:rsid w:val="001D44E8"/>
     <w:rsid w:val="001D60EC"/>
     <w:rsid w:val="001E44DF"/>
     <w:rsid w:val="001E4ED0"/>
     <w:rsid w:val="001E68A5"/>
     <w:rsid w:val="001E6B5D"/>
     <w:rsid w:val="001E6BB0"/>
     <w:rsid w:val="001E6E6F"/>
     <w:rsid w:val="001F1246"/>
     <w:rsid w:val="001F1AD2"/>
     <w:rsid w:val="001F3826"/>
     <w:rsid w:val="001F5C6B"/>
     <w:rsid w:val="001F6D4D"/>
     <w:rsid w:val="001F6E46"/>
     <w:rsid w:val="001F7C91"/>
     <w:rsid w:val="002046AE"/>
     <w:rsid w:val="00205001"/>
     <w:rsid w:val="002060DB"/>
     <w:rsid w:val="00206463"/>
     <w:rsid w:val="00206F2F"/>
     <w:rsid w:val="00207CB0"/>
     <w:rsid w:val="0021053D"/>
     <w:rsid w:val="00210A92"/>
     <w:rsid w:val="00215C82"/>
     <w:rsid w:val="00216C03"/>
     <w:rsid w:val="00220C04"/>
     <w:rsid w:val="0022278D"/>
     <w:rsid w:val="0022701F"/>
     <w:rsid w:val="002333F5"/>
     <w:rsid w:val="00233724"/>
     <w:rsid w:val="002343AF"/>
+    <w:rsid w:val="00234861"/>
     <w:rsid w:val="00242DD9"/>
     <w:rsid w:val="002432E1"/>
     <w:rsid w:val="00243B55"/>
     <w:rsid w:val="00246207"/>
     <w:rsid w:val="00246C5E"/>
     <w:rsid w:val="002472BF"/>
     <w:rsid w:val="00251343"/>
+    <w:rsid w:val="00252F95"/>
     <w:rsid w:val="00254F58"/>
     <w:rsid w:val="0025524E"/>
     <w:rsid w:val="0025535D"/>
     <w:rsid w:val="00256D25"/>
     <w:rsid w:val="002620BC"/>
     <w:rsid w:val="00262802"/>
     <w:rsid w:val="00263A90"/>
     <w:rsid w:val="0026408B"/>
     <w:rsid w:val="002654A7"/>
     <w:rsid w:val="00267C3E"/>
     <w:rsid w:val="00267CC1"/>
     <w:rsid w:val="00270184"/>
     <w:rsid w:val="002709BB"/>
     <w:rsid w:val="002763B3"/>
     <w:rsid w:val="002802E3"/>
     <w:rsid w:val="00280A36"/>
     <w:rsid w:val="0028213D"/>
+    <w:rsid w:val="00282CC2"/>
     <w:rsid w:val="002862F1"/>
     <w:rsid w:val="002912C8"/>
     <w:rsid w:val="00291373"/>
     <w:rsid w:val="00291401"/>
     <w:rsid w:val="002914F9"/>
     <w:rsid w:val="0029597D"/>
     <w:rsid w:val="002962C3"/>
     <w:rsid w:val="0029752B"/>
     <w:rsid w:val="00297DC1"/>
+    <w:rsid w:val="002A1FB1"/>
     <w:rsid w:val="002A483C"/>
     <w:rsid w:val="002A6274"/>
     <w:rsid w:val="002A6DE7"/>
     <w:rsid w:val="002B1729"/>
     <w:rsid w:val="002B1871"/>
     <w:rsid w:val="002B36C7"/>
     <w:rsid w:val="002B4DD4"/>
     <w:rsid w:val="002B4F23"/>
     <w:rsid w:val="002B5277"/>
     <w:rsid w:val="002B5375"/>
     <w:rsid w:val="002B66D9"/>
     <w:rsid w:val="002B77C1"/>
     <w:rsid w:val="002B7EFC"/>
     <w:rsid w:val="002C2728"/>
     <w:rsid w:val="002C2A6B"/>
     <w:rsid w:val="002C6246"/>
     <w:rsid w:val="002C62F1"/>
     <w:rsid w:val="002D3E9A"/>
     <w:rsid w:val="002D5006"/>
     <w:rsid w:val="002E01D0"/>
     <w:rsid w:val="002E161D"/>
     <w:rsid w:val="002E22D6"/>
     <w:rsid w:val="002E3100"/>
     <w:rsid w:val="002E6C95"/>
     <w:rsid w:val="002E7C36"/>
     <w:rsid w:val="002F5F31"/>
     <w:rsid w:val="002F5F46"/>
     <w:rsid w:val="002F7B74"/>
     <w:rsid w:val="00300515"/>
     <w:rsid w:val="00302216"/>
     <w:rsid w:val="00303E53"/>
     <w:rsid w:val="00306E5F"/>
     <w:rsid w:val="00307E14"/>
     <w:rsid w:val="00311051"/>
     <w:rsid w:val="00314054"/>
     <w:rsid w:val="003167A3"/>
     <w:rsid w:val="00316F27"/>
     <w:rsid w:val="003245A9"/>
     <w:rsid w:val="00325774"/>
     <w:rsid w:val="003262FD"/>
     <w:rsid w:val="00327870"/>
     <w:rsid w:val="0033259D"/>
     <w:rsid w:val="003406C6"/>
     <w:rsid w:val="00340E4A"/>
+    <w:rsid w:val="00340EB6"/>
     <w:rsid w:val="00340FA4"/>
     <w:rsid w:val="003418CC"/>
     <w:rsid w:val="003459BD"/>
+    <w:rsid w:val="00346E35"/>
     <w:rsid w:val="00347E43"/>
     <w:rsid w:val="00350D38"/>
     <w:rsid w:val="00351B36"/>
     <w:rsid w:val="00357B4E"/>
     <w:rsid w:val="00364925"/>
     <w:rsid w:val="003663B4"/>
     <w:rsid w:val="003744CF"/>
     <w:rsid w:val="00374717"/>
     <w:rsid w:val="00374C3F"/>
     <w:rsid w:val="0037676C"/>
     <w:rsid w:val="00377A50"/>
     <w:rsid w:val="003812A7"/>
     <w:rsid w:val="003829E5"/>
+    <w:rsid w:val="00390189"/>
     <w:rsid w:val="00393494"/>
     <w:rsid w:val="003956CC"/>
     <w:rsid w:val="00395C9A"/>
     <w:rsid w:val="003A1907"/>
     <w:rsid w:val="003A6B67"/>
     <w:rsid w:val="003B15E6"/>
     <w:rsid w:val="003C2045"/>
     <w:rsid w:val="003C220E"/>
     <w:rsid w:val="003C29B6"/>
     <w:rsid w:val="003C43A1"/>
     <w:rsid w:val="003C4FC0"/>
     <w:rsid w:val="003C55F4"/>
     <w:rsid w:val="003C5824"/>
     <w:rsid w:val="003C6AA7"/>
     <w:rsid w:val="003C7A3F"/>
     <w:rsid w:val="003D2766"/>
     <w:rsid w:val="003D3E8F"/>
     <w:rsid w:val="003D5C0D"/>
     <w:rsid w:val="003D6475"/>
     <w:rsid w:val="003E0277"/>
     <w:rsid w:val="003E249A"/>
     <w:rsid w:val="003E3748"/>
     <w:rsid w:val="003F0445"/>
     <w:rsid w:val="003F0CF0"/>
     <w:rsid w:val="003F14B1"/>
@@ -36703,755 +36532,797 @@
     <w:rsid w:val="00474CEA"/>
     <w:rsid w:val="004763E1"/>
     <w:rsid w:val="00483968"/>
     <w:rsid w:val="00484F86"/>
     <w:rsid w:val="004871F6"/>
     <w:rsid w:val="00490746"/>
     <w:rsid w:val="00490852"/>
     <w:rsid w:val="00492F30"/>
     <w:rsid w:val="00493F88"/>
     <w:rsid w:val="0049411B"/>
     <w:rsid w:val="004946F4"/>
     <w:rsid w:val="0049487E"/>
     <w:rsid w:val="00496896"/>
     <w:rsid w:val="004A160D"/>
     <w:rsid w:val="004A3E81"/>
     <w:rsid w:val="004A5C62"/>
     <w:rsid w:val="004A707D"/>
     <w:rsid w:val="004C6EEE"/>
     <w:rsid w:val="004C702B"/>
     <w:rsid w:val="004D016B"/>
     <w:rsid w:val="004D1B22"/>
     <w:rsid w:val="004D36F2"/>
     <w:rsid w:val="004D3FE6"/>
     <w:rsid w:val="004D5088"/>
     <w:rsid w:val="004D7588"/>
+    <w:rsid w:val="004D7AAD"/>
     <w:rsid w:val="004E138F"/>
+    <w:rsid w:val="004E156D"/>
     <w:rsid w:val="004E283D"/>
     <w:rsid w:val="004E38DF"/>
     <w:rsid w:val="004E4649"/>
     <w:rsid w:val="004E4A84"/>
     <w:rsid w:val="004E5C2B"/>
     <w:rsid w:val="004E6BF3"/>
     <w:rsid w:val="004F00DD"/>
     <w:rsid w:val="004F2133"/>
     <w:rsid w:val="004F2743"/>
     <w:rsid w:val="004F55F1"/>
     <w:rsid w:val="004F655E"/>
     <w:rsid w:val="004F6936"/>
+    <w:rsid w:val="005038BE"/>
     <w:rsid w:val="00503DC6"/>
     <w:rsid w:val="00504A69"/>
     <w:rsid w:val="00506F5D"/>
     <w:rsid w:val="005120BC"/>
     <w:rsid w:val="005126D0"/>
     <w:rsid w:val="00513118"/>
+    <w:rsid w:val="00513939"/>
     <w:rsid w:val="00514CEE"/>
     <w:rsid w:val="005153BD"/>
     <w:rsid w:val="0051568D"/>
     <w:rsid w:val="00516A2E"/>
     <w:rsid w:val="00520F35"/>
     <w:rsid w:val="00526C15"/>
+    <w:rsid w:val="00530D3B"/>
     <w:rsid w:val="00536499"/>
     <w:rsid w:val="00543903"/>
     <w:rsid w:val="00543F11"/>
     <w:rsid w:val="00547A95"/>
+    <w:rsid w:val="00551DAF"/>
     <w:rsid w:val="00557F82"/>
     <w:rsid w:val="0056382E"/>
     <w:rsid w:val="00563C5F"/>
     <w:rsid w:val="00572031"/>
     <w:rsid w:val="005724C8"/>
     <w:rsid w:val="00576E84"/>
     <w:rsid w:val="00582B8C"/>
     <w:rsid w:val="005843D6"/>
     <w:rsid w:val="0058757E"/>
     <w:rsid w:val="00587CFD"/>
     <w:rsid w:val="00591FEC"/>
     <w:rsid w:val="0059439D"/>
     <w:rsid w:val="00596A4B"/>
     <w:rsid w:val="00597507"/>
     <w:rsid w:val="005B07BE"/>
     <w:rsid w:val="005B21B6"/>
     <w:rsid w:val="005B3A08"/>
     <w:rsid w:val="005B7A63"/>
     <w:rsid w:val="005C028D"/>
     <w:rsid w:val="005C0955"/>
     <w:rsid w:val="005C36D5"/>
     <w:rsid w:val="005C49DA"/>
     <w:rsid w:val="005C50F3"/>
     <w:rsid w:val="005C5D91"/>
     <w:rsid w:val="005D07B8"/>
     <w:rsid w:val="005D375F"/>
     <w:rsid w:val="005D479D"/>
     <w:rsid w:val="005D6597"/>
     <w:rsid w:val="005E14E7"/>
     <w:rsid w:val="005E26A3"/>
+    <w:rsid w:val="005E3B93"/>
     <w:rsid w:val="005E4191"/>
     <w:rsid w:val="005E447E"/>
     <w:rsid w:val="005F0775"/>
     <w:rsid w:val="005F0CF5"/>
     <w:rsid w:val="005F21EB"/>
     <w:rsid w:val="005F4222"/>
     <w:rsid w:val="005F6511"/>
     <w:rsid w:val="005F6C1A"/>
     <w:rsid w:val="006014EE"/>
     <w:rsid w:val="00602C3C"/>
     <w:rsid w:val="00605229"/>
     <w:rsid w:val="00605908"/>
     <w:rsid w:val="00610D7C"/>
     <w:rsid w:val="006132B3"/>
     <w:rsid w:val="00613414"/>
     <w:rsid w:val="0062408D"/>
     <w:rsid w:val="006240CC"/>
     <w:rsid w:val="0062554A"/>
     <w:rsid w:val="00627DA7"/>
     <w:rsid w:val="006317E4"/>
     <w:rsid w:val="006358B4"/>
+    <w:rsid w:val="006367B6"/>
     <w:rsid w:val="0064067E"/>
     <w:rsid w:val="006419AA"/>
     <w:rsid w:val="00644B7E"/>
     <w:rsid w:val="006454E6"/>
     <w:rsid w:val="00646A68"/>
     <w:rsid w:val="0065092E"/>
+    <w:rsid w:val="00652241"/>
     <w:rsid w:val="006557A7"/>
     <w:rsid w:val="00656290"/>
     <w:rsid w:val="00660D42"/>
     <w:rsid w:val="0066201B"/>
     <w:rsid w:val="006621D7"/>
     <w:rsid w:val="0066302A"/>
     <w:rsid w:val="006641B2"/>
     <w:rsid w:val="00670597"/>
     <w:rsid w:val="006706D0"/>
     <w:rsid w:val="006756D5"/>
     <w:rsid w:val="00677574"/>
     <w:rsid w:val="0068454C"/>
+    <w:rsid w:val="00690CFD"/>
     <w:rsid w:val="00691B62"/>
     <w:rsid w:val="006933B5"/>
     <w:rsid w:val="00693D14"/>
     <w:rsid w:val="00695022"/>
     <w:rsid w:val="00695B28"/>
     <w:rsid w:val="00696511"/>
     <w:rsid w:val="006A18C2"/>
+    <w:rsid w:val="006A59D2"/>
     <w:rsid w:val="006B077C"/>
     <w:rsid w:val="006B1F93"/>
     <w:rsid w:val="006B6803"/>
     <w:rsid w:val="006C4E10"/>
     <w:rsid w:val="006D255F"/>
     <w:rsid w:val="006D2A3F"/>
     <w:rsid w:val="006D2FBC"/>
     <w:rsid w:val="006E138B"/>
     <w:rsid w:val="006E1B6C"/>
     <w:rsid w:val="006E7CFA"/>
     <w:rsid w:val="006F1FDC"/>
     <w:rsid w:val="006F4D5D"/>
     <w:rsid w:val="0070122F"/>
     <w:rsid w:val="007013EF"/>
     <w:rsid w:val="0070224F"/>
     <w:rsid w:val="00705571"/>
     <w:rsid w:val="007062DC"/>
     <w:rsid w:val="007173CA"/>
     <w:rsid w:val="007174A1"/>
     <w:rsid w:val="00717753"/>
     <w:rsid w:val="00717967"/>
     <w:rsid w:val="007216AA"/>
     <w:rsid w:val="00721AB5"/>
     <w:rsid w:val="00721DEF"/>
     <w:rsid w:val="00724A43"/>
     <w:rsid w:val="00726C6D"/>
     <w:rsid w:val="007346E4"/>
     <w:rsid w:val="00734DC4"/>
     <w:rsid w:val="00740F22"/>
     <w:rsid w:val="007414D5"/>
     <w:rsid w:val="00741F1A"/>
     <w:rsid w:val="007450F8"/>
     <w:rsid w:val="0074696E"/>
     <w:rsid w:val="00750135"/>
     <w:rsid w:val="00750EC2"/>
     <w:rsid w:val="00752B28"/>
+    <w:rsid w:val="00753B46"/>
     <w:rsid w:val="00754E36"/>
     <w:rsid w:val="00756B47"/>
     <w:rsid w:val="00763139"/>
     <w:rsid w:val="00770F37"/>
     <w:rsid w:val="007711A0"/>
     <w:rsid w:val="0077130B"/>
     <w:rsid w:val="00772D5E"/>
     <w:rsid w:val="00773363"/>
     <w:rsid w:val="00776928"/>
     <w:rsid w:val="007802A8"/>
     <w:rsid w:val="00783EEC"/>
     <w:rsid w:val="00785677"/>
     <w:rsid w:val="00786F16"/>
     <w:rsid w:val="00787B56"/>
     <w:rsid w:val="00790F5A"/>
     <w:rsid w:val="007915CC"/>
     <w:rsid w:val="00796E20"/>
     <w:rsid w:val="00797C32"/>
     <w:rsid w:val="007A138F"/>
     <w:rsid w:val="007B0914"/>
     <w:rsid w:val="007B1374"/>
     <w:rsid w:val="007B589F"/>
     <w:rsid w:val="007B5DA0"/>
     <w:rsid w:val="007B6186"/>
     <w:rsid w:val="007B73BC"/>
     <w:rsid w:val="007C0FC9"/>
     <w:rsid w:val="007C20B9"/>
     <w:rsid w:val="007C7301"/>
     <w:rsid w:val="007C7859"/>
     <w:rsid w:val="007D2BDE"/>
     <w:rsid w:val="007D2FB6"/>
     <w:rsid w:val="007D5C89"/>
     <w:rsid w:val="007D6B5C"/>
     <w:rsid w:val="007D6E2D"/>
     <w:rsid w:val="007E0DE2"/>
     <w:rsid w:val="007E29A2"/>
     <w:rsid w:val="007E3B98"/>
+    <w:rsid w:val="007E463E"/>
     <w:rsid w:val="007E4722"/>
     <w:rsid w:val="007F2A66"/>
     <w:rsid w:val="007F31B6"/>
     <w:rsid w:val="007F43CE"/>
     <w:rsid w:val="007F546C"/>
     <w:rsid w:val="007F625F"/>
     <w:rsid w:val="007F665E"/>
     <w:rsid w:val="00800412"/>
     <w:rsid w:val="00802147"/>
     <w:rsid w:val="00803C34"/>
     <w:rsid w:val="008050C9"/>
     <w:rsid w:val="0080587B"/>
     <w:rsid w:val="00806468"/>
     <w:rsid w:val="00807D2E"/>
     <w:rsid w:val="00811848"/>
     <w:rsid w:val="008144F2"/>
     <w:rsid w:val="008155F0"/>
     <w:rsid w:val="00816735"/>
     <w:rsid w:val="00820141"/>
     <w:rsid w:val="00820E0C"/>
     <w:rsid w:val="00821A41"/>
     <w:rsid w:val="00826F61"/>
+    <w:rsid w:val="00831F05"/>
     <w:rsid w:val="008338A2"/>
     <w:rsid w:val="0083625C"/>
     <w:rsid w:val="00841AA9"/>
     <w:rsid w:val="00844BAA"/>
     <w:rsid w:val="008453EB"/>
     <w:rsid w:val="00845AB4"/>
     <w:rsid w:val="0085240F"/>
     <w:rsid w:val="00853EE4"/>
     <w:rsid w:val="00855535"/>
     <w:rsid w:val="0085674D"/>
     <w:rsid w:val="0086255E"/>
     <w:rsid w:val="008633F0"/>
     <w:rsid w:val="00867D9D"/>
     <w:rsid w:val="00872E0A"/>
     <w:rsid w:val="00875285"/>
     <w:rsid w:val="00880DC7"/>
     <w:rsid w:val="00884139"/>
     <w:rsid w:val="00884B62"/>
     <w:rsid w:val="0088529C"/>
     <w:rsid w:val="00887903"/>
     <w:rsid w:val="0089270A"/>
     <w:rsid w:val="00893AF6"/>
     <w:rsid w:val="00894BC4"/>
     <w:rsid w:val="00895537"/>
     <w:rsid w:val="008967B2"/>
     <w:rsid w:val="008A149D"/>
     <w:rsid w:val="008A5B32"/>
     <w:rsid w:val="008B2EE4"/>
     <w:rsid w:val="008B44C5"/>
     <w:rsid w:val="008B4D3D"/>
     <w:rsid w:val="008B57C7"/>
+    <w:rsid w:val="008B5B32"/>
     <w:rsid w:val="008C0FC1"/>
     <w:rsid w:val="008C1692"/>
     <w:rsid w:val="008C2F92"/>
     <w:rsid w:val="008D2846"/>
     <w:rsid w:val="008D2A23"/>
     <w:rsid w:val="008D4236"/>
     <w:rsid w:val="008D462F"/>
     <w:rsid w:val="008D6DCF"/>
     <w:rsid w:val="008D7EFA"/>
     <w:rsid w:val="008E4376"/>
     <w:rsid w:val="008E73C8"/>
     <w:rsid w:val="008E7A0A"/>
     <w:rsid w:val="008F2C67"/>
     <w:rsid w:val="008F4AAC"/>
     <w:rsid w:val="00900719"/>
     <w:rsid w:val="009017AC"/>
     <w:rsid w:val="00903212"/>
     <w:rsid w:val="009033D2"/>
     <w:rsid w:val="00904A1C"/>
     <w:rsid w:val="00905030"/>
     <w:rsid w:val="00906490"/>
     <w:rsid w:val="00906898"/>
     <w:rsid w:val="009111B2"/>
     <w:rsid w:val="00914AFA"/>
     <w:rsid w:val="00917BE5"/>
+    <w:rsid w:val="009221F1"/>
     <w:rsid w:val="009224AB"/>
     <w:rsid w:val="00924AE1"/>
     <w:rsid w:val="009269B1"/>
     <w:rsid w:val="0092724D"/>
     <w:rsid w:val="0093138C"/>
     <w:rsid w:val="00934526"/>
     <w:rsid w:val="009350B0"/>
     <w:rsid w:val="00937BD9"/>
     <w:rsid w:val="009439F6"/>
     <w:rsid w:val="009444F7"/>
     <w:rsid w:val="00950E2C"/>
     <w:rsid w:val="00951D50"/>
     <w:rsid w:val="009525EB"/>
     <w:rsid w:val="00954874"/>
     <w:rsid w:val="00956C8A"/>
     <w:rsid w:val="0095785A"/>
     <w:rsid w:val="00961400"/>
     <w:rsid w:val="00963646"/>
     <w:rsid w:val="00964763"/>
     <w:rsid w:val="009853E1"/>
     <w:rsid w:val="00986E6B"/>
     <w:rsid w:val="00991769"/>
     <w:rsid w:val="00994386"/>
     <w:rsid w:val="009953AC"/>
     <w:rsid w:val="0099756A"/>
     <w:rsid w:val="009A1087"/>
     <w:rsid w:val="009A13D8"/>
     <w:rsid w:val="009A279E"/>
     <w:rsid w:val="009B0A6F"/>
     <w:rsid w:val="009B0A94"/>
+    <w:rsid w:val="009B1141"/>
     <w:rsid w:val="009B18C9"/>
     <w:rsid w:val="009B59E9"/>
     <w:rsid w:val="009B6721"/>
     <w:rsid w:val="009B70AA"/>
     <w:rsid w:val="009C0725"/>
     <w:rsid w:val="009C27F2"/>
     <w:rsid w:val="009C7A7E"/>
     <w:rsid w:val="009D02E8"/>
     <w:rsid w:val="009D51D0"/>
     <w:rsid w:val="009D5AE9"/>
     <w:rsid w:val="009D70A4"/>
     <w:rsid w:val="009E08D1"/>
     <w:rsid w:val="009E1B95"/>
     <w:rsid w:val="009E496F"/>
     <w:rsid w:val="009E4B0D"/>
     <w:rsid w:val="009E7F92"/>
     <w:rsid w:val="009F02A3"/>
     <w:rsid w:val="009F2F27"/>
     <w:rsid w:val="009F34AA"/>
     <w:rsid w:val="009F3C2C"/>
     <w:rsid w:val="009F3F11"/>
     <w:rsid w:val="009F58F3"/>
     <w:rsid w:val="009F6BCB"/>
     <w:rsid w:val="009F7B78"/>
     <w:rsid w:val="00A0057A"/>
     <w:rsid w:val="00A076E3"/>
     <w:rsid w:val="00A10828"/>
     <w:rsid w:val="00A11421"/>
     <w:rsid w:val="00A13675"/>
     <w:rsid w:val="00A137EB"/>
     <w:rsid w:val="00A157B1"/>
     <w:rsid w:val="00A166DD"/>
     <w:rsid w:val="00A17147"/>
     <w:rsid w:val="00A22229"/>
     <w:rsid w:val="00A251DE"/>
     <w:rsid w:val="00A32CE4"/>
     <w:rsid w:val="00A44856"/>
     <w:rsid w:val="00A44882"/>
     <w:rsid w:val="00A46ED1"/>
     <w:rsid w:val="00A54715"/>
+    <w:rsid w:val="00A54BDF"/>
     <w:rsid w:val="00A6061C"/>
     <w:rsid w:val="00A62D44"/>
     <w:rsid w:val="00A632AB"/>
     <w:rsid w:val="00A64F84"/>
     <w:rsid w:val="00A67263"/>
     <w:rsid w:val="00A700D2"/>
     <w:rsid w:val="00A70364"/>
     <w:rsid w:val="00A7161C"/>
     <w:rsid w:val="00A77AA3"/>
+    <w:rsid w:val="00A82398"/>
     <w:rsid w:val="00A854EB"/>
     <w:rsid w:val="00A8624B"/>
     <w:rsid w:val="00A872E5"/>
     <w:rsid w:val="00A91406"/>
+    <w:rsid w:val="00A91F5F"/>
     <w:rsid w:val="00A96E65"/>
     <w:rsid w:val="00A97C72"/>
     <w:rsid w:val="00AA3190"/>
     <w:rsid w:val="00AA5224"/>
     <w:rsid w:val="00AA63D4"/>
     <w:rsid w:val="00AA7D4D"/>
     <w:rsid w:val="00AB06E8"/>
     <w:rsid w:val="00AB0F47"/>
     <w:rsid w:val="00AB1CD3"/>
     <w:rsid w:val="00AB352F"/>
     <w:rsid w:val="00AC274B"/>
     <w:rsid w:val="00AC4764"/>
     <w:rsid w:val="00AC5F37"/>
     <w:rsid w:val="00AC6D36"/>
     <w:rsid w:val="00AD020E"/>
     <w:rsid w:val="00AD0CBA"/>
     <w:rsid w:val="00AD108D"/>
     <w:rsid w:val="00AD26E2"/>
     <w:rsid w:val="00AD784C"/>
     <w:rsid w:val="00AE0028"/>
     <w:rsid w:val="00AE126A"/>
     <w:rsid w:val="00AE3005"/>
     <w:rsid w:val="00AE3BD5"/>
     <w:rsid w:val="00AE59A0"/>
     <w:rsid w:val="00AF0C57"/>
     <w:rsid w:val="00AF26F3"/>
     <w:rsid w:val="00AF5F04"/>
     <w:rsid w:val="00B00672"/>
     <w:rsid w:val="00B01B4D"/>
     <w:rsid w:val="00B03318"/>
+    <w:rsid w:val="00B034FF"/>
     <w:rsid w:val="00B06571"/>
     <w:rsid w:val="00B068BA"/>
     <w:rsid w:val="00B10999"/>
     <w:rsid w:val="00B12488"/>
     <w:rsid w:val="00B13779"/>
     <w:rsid w:val="00B13851"/>
     <w:rsid w:val="00B13B1C"/>
     <w:rsid w:val="00B14CE9"/>
     <w:rsid w:val="00B151A3"/>
     <w:rsid w:val="00B2007C"/>
     <w:rsid w:val="00B22291"/>
     <w:rsid w:val="00B23F9A"/>
     <w:rsid w:val="00B2417B"/>
     <w:rsid w:val="00B24218"/>
     <w:rsid w:val="00B243D6"/>
     <w:rsid w:val="00B24E6F"/>
     <w:rsid w:val="00B2645B"/>
     <w:rsid w:val="00B26CB5"/>
     <w:rsid w:val="00B2752E"/>
     <w:rsid w:val="00B307CC"/>
     <w:rsid w:val="00B326B7"/>
     <w:rsid w:val="00B36E8E"/>
     <w:rsid w:val="00B431E8"/>
     <w:rsid w:val="00B43B4F"/>
     <w:rsid w:val="00B45141"/>
+    <w:rsid w:val="00B505DE"/>
     <w:rsid w:val="00B50B2D"/>
     <w:rsid w:val="00B5273A"/>
     <w:rsid w:val="00B57329"/>
     <w:rsid w:val="00B62B50"/>
     <w:rsid w:val="00B635B7"/>
     <w:rsid w:val="00B63AE8"/>
     <w:rsid w:val="00B655C4"/>
     <w:rsid w:val="00B65950"/>
     <w:rsid w:val="00B66D83"/>
     <w:rsid w:val="00B66FB7"/>
     <w:rsid w:val="00B672C0"/>
     <w:rsid w:val="00B70768"/>
     <w:rsid w:val="00B7164B"/>
     <w:rsid w:val="00B72D1E"/>
     <w:rsid w:val="00B7486F"/>
     <w:rsid w:val="00B75646"/>
     <w:rsid w:val="00B77D7D"/>
+    <w:rsid w:val="00B81BDB"/>
     <w:rsid w:val="00B90729"/>
     <w:rsid w:val="00B907DA"/>
     <w:rsid w:val="00B941C1"/>
     <w:rsid w:val="00B950BC"/>
     <w:rsid w:val="00B953B0"/>
     <w:rsid w:val="00B9714C"/>
     <w:rsid w:val="00BA3F8D"/>
     <w:rsid w:val="00BB4604"/>
     <w:rsid w:val="00BB5029"/>
     <w:rsid w:val="00BB7A10"/>
     <w:rsid w:val="00BC1B39"/>
     <w:rsid w:val="00BC7468"/>
     <w:rsid w:val="00BC7D4F"/>
     <w:rsid w:val="00BC7ED7"/>
     <w:rsid w:val="00BD2850"/>
     <w:rsid w:val="00BD37B7"/>
     <w:rsid w:val="00BE28D2"/>
     <w:rsid w:val="00BE4A64"/>
     <w:rsid w:val="00BE68B4"/>
     <w:rsid w:val="00BE7DE8"/>
+    <w:rsid w:val="00BF5138"/>
     <w:rsid w:val="00BF7F58"/>
     <w:rsid w:val="00C01381"/>
+    <w:rsid w:val="00C028BD"/>
     <w:rsid w:val="00C079B8"/>
     <w:rsid w:val="00C123D9"/>
     <w:rsid w:val="00C123EA"/>
     <w:rsid w:val="00C12A49"/>
     <w:rsid w:val="00C12B36"/>
     <w:rsid w:val="00C133EE"/>
     <w:rsid w:val="00C16148"/>
     <w:rsid w:val="00C21DEA"/>
     <w:rsid w:val="00C235D5"/>
+    <w:rsid w:val="00C24B38"/>
     <w:rsid w:val="00C27DE9"/>
     <w:rsid w:val="00C33388"/>
     <w:rsid w:val="00C335B0"/>
+    <w:rsid w:val="00C33BB7"/>
     <w:rsid w:val="00C35484"/>
     <w:rsid w:val="00C36572"/>
     <w:rsid w:val="00C3658D"/>
     <w:rsid w:val="00C36728"/>
     <w:rsid w:val="00C41436"/>
     <w:rsid w:val="00C4173A"/>
+    <w:rsid w:val="00C454B4"/>
     <w:rsid w:val="00C45A89"/>
     <w:rsid w:val="00C46210"/>
     <w:rsid w:val="00C51622"/>
     <w:rsid w:val="00C5615C"/>
     <w:rsid w:val="00C602FF"/>
     <w:rsid w:val="00C61174"/>
     <w:rsid w:val="00C6148F"/>
     <w:rsid w:val="00C62F7A"/>
     <w:rsid w:val="00C63B9C"/>
     <w:rsid w:val="00C64447"/>
     <w:rsid w:val="00C65940"/>
     <w:rsid w:val="00C6682F"/>
     <w:rsid w:val="00C707F9"/>
     <w:rsid w:val="00C7275E"/>
     <w:rsid w:val="00C74B0B"/>
     <w:rsid w:val="00C74C5D"/>
     <w:rsid w:val="00C756F5"/>
     <w:rsid w:val="00C805F8"/>
     <w:rsid w:val="00C8080E"/>
+    <w:rsid w:val="00C8406C"/>
     <w:rsid w:val="00C863C4"/>
     <w:rsid w:val="00C900D4"/>
     <w:rsid w:val="00C93C3E"/>
     <w:rsid w:val="00CA0A81"/>
     <w:rsid w:val="00CA12E3"/>
     <w:rsid w:val="00CA6611"/>
     <w:rsid w:val="00CA6AE6"/>
     <w:rsid w:val="00CA782F"/>
     <w:rsid w:val="00CB3285"/>
     <w:rsid w:val="00CB4379"/>
     <w:rsid w:val="00CC083C"/>
     <w:rsid w:val="00CC0C72"/>
     <w:rsid w:val="00CC2BFD"/>
     <w:rsid w:val="00CC42E0"/>
     <w:rsid w:val="00CC5138"/>
     <w:rsid w:val="00CC69C8"/>
     <w:rsid w:val="00CC6E84"/>
     <w:rsid w:val="00CC72A8"/>
     <w:rsid w:val="00CD3476"/>
     <w:rsid w:val="00CD64DF"/>
+    <w:rsid w:val="00CD7B5D"/>
     <w:rsid w:val="00CE2335"/>
     <w:rsid w:val="00CF1633"/>
     <w:rsid w:val="00CF2F50"/>
     <w:rsid w:val="00CF4AD1"/>
     <w:rsid w:val="00D02919"/>
     <w:rsid w:val="00D04C61"/>
     <w:rsid w:val="00D05B8D"/>
     <w:rsid w:val="00D062EA"/>
     <w:rsid w:val="00D065A2"/>
     <w:rsid w:val="00D07F00"/>
     <w:rsid w:val="00D17B72"/>
     <w:rsid w:val="00D215EB"/>
     <w:rsid w:val="00D26866"/>
     <w:rsid w:val="00D3185C"/>
+    <w:rsid w:val="00D334D0"/>
     <w:rsid w:val="00D33E72"/>
     <w:rsid w:val="00D34140"/>
     <w:rsid w:val="00D35BD6"/>
     <w:rsid w:val="00D361B5"/>
     <w:rsid w:val="00D3794F"/>
     <w:rsid w:val="00D37D24"/>
     <w:rsid w:val="00D411A2"/>
     <w:rsid w:val="00D44D6D"/>
     <w:rsid w:val="00D4606D"/>
     <w:rsid w:val="00D50B9C"/>
     <w:rsid w:val="00D52D73"/>
     <w:rsid w:val="00D52E58"/>
     <w:rsid w:val="00D5354D"/>
     <w:rsid w:val="00D652F2"/>
     <w:rsid w:val="00D714CC"/>
     <w:rsid w:val="00D74533"/>
     <w:rsid w:val="00D75EA7"/>
     <w:rsid w:val="00D800BE"/>
     <w:rsid w:val="00D81F21"/>
     <w:rsid w:val="00D82733"/>
+    <w:rsid w:val="00D85AAD"/>
+    <w:rsid w:val="00D93B6D"/>
     <w:rsid w:val="00D9499E"/>
     <w:rsid w:val="00D95470"/>
     <w:rsid w:val="00DA0AEC"/>
     <w:rsid w:val="00DA2619"/>
     <w:rsid w:val="00DA4239"/>
     <w:rsid w:val="00DA7956"/>
     <w:rsid w:val="00DB0B61"/>
+    <w:rsid w:val="00DB504F"/>
     <w:rsid w:val="00DC090B"/>
     <w:rsid w:val="00DC0E7D"/>
     <w:rsid w:val="00DC142F"/>
     <w:rsid w:val="00DC1679"/>
     <w:rsid w:val="00DC2CF1"/>
     <w:rsid w:val="00DC4FCF"/>
     <w:rsid w:val="00DC50E0"/>
     <w:rsid w:val="00DC5590"/>
     <w:rsid w:val="00DC6386"/>
     <w:rsid w:val="00DD1130"/>
     <w:rsid w:val="00DD1951"/>
     <w:rsid w:val="00DD2379"/>
     <w:rsid w:val="00DD6628"/>
     <w:rsid w:val="00DD7AE5"/>
+    <w:rsid w:val="00DE294F"/>
     <w:rsid w:val="00DE3250"/>
+    <w:rsid w:val="00DE5FAD"/>
     <w:rsid w:val="00DE6028"/>
     <w:rsid w:val="00DE78A3"/>
     <w:rsid w:val="00DE7996"/>
     <w:rsid w:val="00DF1A71"/>
     <w:rsid w:val="00DF3A5C"/>
     <w:rsid w:val="00DF68C7"/>
     <w:rsid w:val="00DF731A"/>
+    <w:rsid w:val="00E011B1"/>
     <w:rsid w:val="00E07EAE"/>
     <w:rsid w:val="00E137D4"/>
     <w:rsid w:val="00E13E77"/>
     <w:rsid w:val="00E170DC"/>
     <w:rsid w:val="00E26818"/>
     <w:rsid w:val="00E27FFC"/>
     <w:rsid w:val="00E30757"/>
     <w:rsid w:val="00E30B15"/>
+    <w:rsid w:val="00E3263D"/>
     <w:rsid w:val="00E37FE7"/>
     <w:rsid w:val="00E40181"/>
     <w:rsid w:val="00E50DCD"/>
     <w:rsid w:val="00E52110"/>
     <w:rsid w:val="00E56A01"/>
     <w:rsid w:val="00E629A1"/>
     <w:rsid w:val="00E6794C"/>
     <w:rsid w:val="00E71591"/>
     <w:rsid w:val="00E82C55"/>
     <w:rsid w:val="00E841D8"/>
     <w:rsid w:val="00E90754"/>
     <w:rsid w:val="00E922D0"/>
     <w:rsid w:val="00E92AC3"/>
     <w:rsid w:val="00E92F16"/>
     <w:rsid w:val="00EB00E0"/>
     <w:rsid w:val="00EB1186"/>
     <w:rsid w:val="00EB4837"/>
     <w:rsid w:val="00EC059F"/>
     <w:rsid w:val="00EC1F24"/>
     <w:rsid w:val="00EC22F6"/>
     <w:rsid w:val="00EC3999"/>
     <w:rsid w:val="00EC39F8"/>
     <w:rsid w:val="00EC4DD8"/>
     <w:rsid w:val="00EC6775"/>
     <w:rsid w:val="00ED27A9"/>
     <w:rsid w:val="00ED5B9B"/>
     <w:rsid w:val="00ED63A6"/>
     <w:rsid w:val="00ED6B42"/>
     <w:rsid w:val="00ED6BAD"/>
     <w:rsid w:val="00ED6E97"/>
     <w:rsid w:val="00ED7447"/>
     <w:rsid w:val="00EE1488"/>
     <w:rsid w:val="00EE1DF6"/>
     <w:rsid w:val="00EE4D5D"/>
     <w:rsid w:val="00EE5131"/>
     <w:rsid w:val="00EE5379"/>
     <w:rsid w:val="00EF109B"/>
     <w:rsid w:val="00EF1FDE"/>
     <w:rsid w:val="00EF36AF"/>
     <w:rsid w:val="00F00F9C"/>
     <w:rsid w:val="00F01E5F"/>
     <w:rsid w:val="00F029F9"/>
     <w:rsid w:val="00F02ABA"/>
     <w:rsid w:val="00F030D9"/>
     <w:rsid w:val="00F0437A"/>
     <w:rsid w:val="00F11037"/>
     <w:rsid w:val="00F133F1"/>
     <w:rsid w:val="00F16F1B"/>
     <w:rsid w:val="00F22687"/>
+    <w:rsid w:val="00F23E0A"/>
     <w:rsid w:val="00F250A9"/>
     <w:rsid w:val="00F308A5"/>
     <w:rsid w:val="00F30FF4"/>
     <w:rsid w:val="00F3122E"/>
     <w:rsid w:val="00F3159F"/>
     <w:rsid w:val="00F331AD"/>
     <w:rsid w:val="00F35287"/>
     <w:rsid w:val="00F43A37"/>
     <w:rsid w:val="00F4641B"/>
     <w:rsid w:val="00F46EB8"/>
     <w:rsid w:val="00F511E4"/>
     <w:rsid w:val="00F52D09"/>
     <w:rsid w:val="00F52E08"/>
     <w:rsid w:val="00F53621"/>
     <w:rsid w:val="00F55B21"/>
     <w:rsid w:val="00F56EF6"/>
+    <w:rsid w:val="00F6142F"/>
     <w:rsid w:val="00F61A9F"/>
     <w:rsid w:val="00F62BF4"/>
     <w:rsid w:val="00F6426C"/>
     <w:rsid w:val="00F64696"/>
     <w:rsid w:val="00F65AA9"/>
     <w:rsid w:val="00F668A5"/>
     <w:rsid w:val="00F6768F"/>
     <w:rsid w:val="00F72095"/>
     <w:rsid w:val="00F72C2C"/>
+    <w:rsid w:val="00F73065"/>
     <w:rsid w:val="00F73F3F"/>
     <w:rsid w:val="00F76CAB"/>
     <w:rsid w:val="00F772C6"/>
     <w:rsid w:val="00F815B5"/>
     <w:rsid w:val="00F85195"/>
     <w:rsid w:val="00F921B6"/>
     <w:rsid w:val="00F93440"/>
     <w:rsid w:val="00F938BA"/>
     <w:rsid w:val="00FA0752"/>
     <w:rsid w:val="00FA16EE"/>
     <w:rsid w:val="00FA1AAB"/>
+    <w:rsid w:val="00FA1C0D"/>
     <w:rsid w:val="00FA22D8"/>
     <w:rsid w:val="00FA2C46"/>
     <w:rsid w:val="00FA3525"/>
     <w:rsid w:val="00FA5936"/>
     <w:rsid w:val="00FA59CC"/>
     <w:rsid w:val="00FB4769"/>
     <w:rsid w:val="00FB4CDA"/>
     <w:rsid w:val="00FC02FE"/>
     <w:rsid w:val="00FC0F81"/>
     <w:rsid w:val="00FC395C"/>
     <w:rsid w:val="00FC7C3D"/>
     <w:rsid w:val="00FD3766"/>
     <w:rsid w:val="00FD3B5B"/>
     <w:rsid w:val="00FD448C"/>
     <w:rsid w:val="00FD47C4"/>
     <w:rsid w:val="00FD6981"/>
     <w:rsid w:val="00FD6C03"/>
     <w:rsid w:val="00FE2DCF"/>
     <w:rsid w:val="00FE370A"/>
     <w:rsid w:val="00FE5F2C"/>
     <w:rsid w:val="00FE6E04"/>
     <w:rsid w:val="00FE7CCE"/>
     <w:rsid w:val="00FE7F17"/>
     <w:rsid w:val="00FF2FCE"/>
     <w:rsid w:val="00FF4F7D"/>
     <w:rsid w:val="00FF6D9D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1DB62F6B"/>
   <w15:docId w15:val="{FF79C223-B23E-44B3-A46D-6ACBCD26B2F9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="11"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -37522,98 +37393,101 @@
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="60"/>
     <w:lsdException w:name="Dark List" w:uiPriority="61"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="62"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="63"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="64"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Revision" w:uiPriority="71"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="72" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="73" w:qFormat="1"/>
@@ -37794,51 +37668,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00AC5F37"/>
+    <w:rsid w:val="004D7AAD"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="SimSun" w:hAnsi="Cambria"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:next w:val="DHHSbody"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B7486F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="140" w:line="440" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:color w:val="118C96"/>
       <w:kern w:val="32"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="40"/>
@@ -38993,60 +38867,58 @@
     <w:pPr>
       <w:spacing w:after="90" w:line="270" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="404040"/>
       <w:sz w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00803C34"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00803C34"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00803C34"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="SimSun" w:hAnsi="Cambria"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00803C34"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
@@ -39054,55 +38926,77 @@
     <w:rsid w:val="00803C34"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="SimSun" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E52110"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00167E65"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="SimSun" w:hAnsi="Cambria"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C028BD"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="111483369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="232861500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -39170,54 +39064,54 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1939751816">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.housing.vic.gov.au/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.housing.vic.gov.au/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.housing.vic.gov.au/apply-bond-loan" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhs.vic.gov.au/locations-dhhs-offices-victoria" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housing.practicesupport@dhhs.vic.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://housing.vic.gov.au/proof-identity" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\fred2710\Downloads\contact%20your%20local%20housing%20office" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\jkau1405\AppData\Local\Temp\notesF1B163\Housing.vic%20website" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhs.vic.gov.au/locations-dhhs-offices-victoria" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.humanservices.gov.au/individuals/services/centrelink/centrelink-confirmation-eservices" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/dffh-office-locations" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/dffh-office-locations" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.humanservices.gov.au/individuals/services/centrelink/centrelink-confirmation-eservices" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/rentassist-bond-loan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/proof-identity" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PolicyAndGuidelines@homes.vic.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/contact-a-housing-office" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.housing.vic.gov.au/apply-bond-loan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -39483,75 +39377,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99009DC2-0F47-4D33-A641-1C2A1DD9DAA6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>38</Pages>
-  <Words>6153</Words>
-  <Characters>35075</Characters>
+  <Words>6635</Words>
+  <Characters>35489</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>292</Lines>
-  <Paragraphs>82</Paragraphs>
+  <Lines>295</Lines>
+  <Paragraphs>84</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Application for a RentAssist bond loan</vt:lpstr>
+      <vt:lpstr>RentAssist Bond Loan Application</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Department of Health and Human Services</Company>
+  <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41146</CharactersWithSpaces>
+  <CharactersWithSpaces>42040</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>2555941</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>36</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://survey.tool.tempdomain.info/TakeSurveycss.asp?SurveyID=3K33p3LIm66MG</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3145752</vt:i4>
       </vt:variant>
@@ -39665,60 +39559,58 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc440566508</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Application for a RentAssist bond loan</dc:title>
-[...1 lines deleted...]
-  <dc:creator>Housing Practice Support (HPS)</dc:creator>
+  <dc:title>RentAssist Bond Loan Application</dc:title>
+  <dc:subject>RentAssist Bond Loan Application</dc:subject>
+  <dc:creator>Homes Victoria</dc:creator>
   <cp:keywords>bond loan; application; form; housing; private rental; accessible</cp:keywords>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>form</cp:category>
+  <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SetDate">
     <vt:lpwstr>2021-06-16T00:44:09Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Name">
     <vt:lpwstr>43e64453-338c-4f93-8a4d-0039a0a41f2a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SiteId">
     <vt:lpwstr>c0e0601f-0fac-449c-9c88-a104c4eb9f28</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_ActionId">
     <vt:lpwstr>b2a34f9c-361e-4bda-a26e-c076e2f324ad</vt:lpwstr>