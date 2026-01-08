--- v1 (2025-12-06)
+++ v2 (2026-01-08)
@@ -983,74 +983,74 @@
       <w:r w:rsidRPr="00E52110">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Freedom of Information Act 1982</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or through the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E52110">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Privacy and Data Protection Act 2014</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. For information about Freedom of Information requests call </w:t>
       </w:r>
       <w:r w:rsidR="00C8080E">
         <w:t xml:space="preserve">1300 475 170 </w:t>
       </w:r>
       <w:r>
         <w:t>or apply online at foi.vic.gov.au.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05DAF45A" w14:textId="771BD50F" w:rsidR="00E52110" w:rsidRPr="00E52110" w:rsidRDefault="00E52110" w:rsidP="00E52110">
+    <w:p w14:paraId="05DAF45A" w14:textId="74639BB7" w:rsidR="00E52110" w:rsidRPr="00E52110" w:rsidRDefault="00E52110" w:rsidP="00E52110">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you are seeking information from a community housing organisation or designated support </w:t>
       </w:r>
       <w:r w:rsidR="00252F95">
         <w:t>provider,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> then you have access rights under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E52110">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Privacy and Data Protection Act 2014.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> For further information about privacy call 1300 884 706 or email privacy@</w:t>
       </w:r>
-      <w:r w:rsidR="00DB504F">
-        <w:t>DFFH</w:t>
+      <w:r w:rsidR="0081604F">
+        <w:t>dffh</w:t>
       </w:r>
       <w:r>
         <w:t>.vic.gov.au</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BDCC171" w14:textId="77777777" w:rsidR="00516A2E" w:rsidRDefault="00516A2E" w:rsidP="00D652F2">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00D652F2">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
         </w:rPr>
         <w:t>Creating a bond loan application</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EF5CDFD" w14:textId="77777777" w:rsidR="00516A2E" w:rsidRDefault="00516A2E" w:rsidP="00D652F2">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>In this section, we will ask for information about you and anyone else who is applying for a bond loan with you.  You may be applying on behalf of other people.</w:t>
@@ -32992,53 +32992,54 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="47D2B8CE" w14:textId="77777777" w:rsidR="005E3B93" w:rsidRPr="007E2CDE" w:rsidRDefault="005E3B93" w:rsidP="005E3B93">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0284842D" w14:textId="77777777" w:rsidR="00CA0A81" w:rsidRDefault="00CA0A81" w:rsidP="00CA0A81">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>More information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F684B1" w14:textId="3FCDDEBD" w:rsidR="00753B46" w:rsidRDefault="00753B46" w:rsidP="00753B46">
+    <w:p w14:paraId="76F684B1" w14:textId="3FCDDEBD" w:rsidR="00753B46" w:rsidRDefault="00753B46" w:rsidP="0081604F">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
+        <w:spacing w:after="600"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To find out about housing options, visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="004D3FE6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Housing.vic website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> &lt;</w:t>
       </w:r>
       <w:r w:rsidRPr="0014604D">
         <w:t>http</w:t>
       </w:r>
       <w:r w:rsidR="00652241">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0014604D">
         <w:t>://www.housing.vic.gov.au</w:t>
       </w:r>
       <w:r>
@@ -33305,58 +33306,58 @@
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176E4D">
         <w:t>For other languages, an interpreter is available through your local office.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C41436" w:rsidRPr="003C6AA7" w:rsidSect="002A6DE7">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28469543" w14:textId="77777777" w:rsidR="009221F1" w:rsidRDefault="009221F1">
+    <w:p w14:paraId="22A55BC5" w14:textId="77777777" w:rsidR="00E043E4" w:rsidRDefault="00E043E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39D1B620" w14:textId="77777777" w:rsidR="009221F1" w:rsidRDefault="009221F1">
+    <w:p w14:paraId="6C9C2B9F" w14:textId="77777777" w:rsidR="00E043E4" w:rsidRDefault="00E043E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -34587,61 +34588,61 @@
     <w:r w:rsidR="005F6511">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="005F6511">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00AA3190">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="005F6511">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FF858AB" w14:textId="77777777" w:rsidR="009221F1" w:rsidRDefault="009221F1" w:rsidP="002862F1">
+    <w:p w14:paraId="533366D2" w14:textId="77777777" w:rsidR="00E043E4" w:rsidRDefault="00E043E4" w:rsidP="002862F1">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7830C662" w14:textId="77777777" w:rsidR="009221F1" w:rsidRDefault="009221F1">
+    <w:p w14:paraId="71F75601" w14:textId="77777777" w:rsidR="00E043E4" w:rsidRDefault="00E043E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="43C7F055" w14:textId="77777777" w:rsidR="005F6511" w:rsidRPr="00C64447" w:rsidRDefault="005F6511" w:rsidP="00C64447">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="81145B58"/>
     <w:lvl w:ilvl="0">
@@ -36175,51 +36176,51 @@
   </w:num>
   <w:num w:numId="11" w16cid:durableId="241452646">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1556043348">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="783618345">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1228807452">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="841819877">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1517888099">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -36316,50 +36317,51 @@
     <w:rsid w:val="00176BBF"/>
     <w:rsid w:val="00176E4D"/>
     <w:rsid w:val="001771DD"/>
     <w:rsid w:val="00177995"/>
     <w:rsid w:val="00177A8C"/>
     <w:rsid w:val="0018112C"/>
     <w:rsid w:val="00181E72"/>
     <w:rsid w:val="00186607"/>
     <w:rsid w:val="00186B33"/>
     <w:rsid w:val="00192F9D"/>
     <w:rsid w:val="00193B5A"/>
     <w:rsid w:val="001966B6"/>
     <w:rsid w:val="00196EB8"/>
     <w:rsid w:val="00196EFB"/>
     <w:rsid w:val="001979FF"/>
     <w:rsid w:val="00197B17"/>
     <w:rsid w:val="001A3ACE"/>
     <w:rsid w:val="001B039A"/>
     <w:rsid w:val="001B7241"/>
     <w:rsid w:val="001B76CD"/>
     <w:rsid w:val="001C20FF"/>
     <w:rsid w:val="001C277E"/>
     <w:rsid w:val="001C2A72"/>
     <w:rsid w:val="001D0232"/>
     <w:rsid w:val="001D0B75"/>
+    <w:rsid w:val="001D1743"/>
     <w:rsid w:val="001D3C09"/>
     <w:rsid w:val="001D44E8"/>
     <w:rsid w:val="001D60EC"/>
     <w:rsid w:val="001E44DF"/>
     <w:rsid w:val="001E4ED0"/>
     <w:rsid w:val="001E68A5"/>
     <w:rsid w:val="001E6B5D"/>
     <w:rsid w:val="001E6BB0"/>
     <w:rsid w:val="001E6E6F"/>
     <w:rsid w:val="001F1246"/>
     <w:rsid w:val="001F1AD2"/>
     <w:rsid w:val="001F3826"/>
     <w:rsid w:val="001F5C6B"/>
     <w:rsid w:val="001F6D4D"/>
     <w:rsid w:val="001F6E46"/>
     <w:rsid w:val="001F7C91"/>
     <w:rsid w:val="002046AE"/>
     <w:rsid w:val="00205001"/>
     <w:rsid w:val="002060DB"/>
     <w:rsid w:val="00206463"/>
     <w:rsid w:val="00206F2F"/>
     <w:rsid w:val="00207CB0"/>
     <w:rsid w:val="0021053D"/>
     <w:rsid w:val="00210A92"/>
     <w:rsid w:val="00215C82"/>
@@ -36740,50 +36742,51 @@
     <w:rsid w:val="007D2FB6"/>
     <w:rsid w:val="007D5C89"/>
     <w:rsid w:val="007D6B5C"/>
     <w:rsid w:val="007D6E2D"/>
     <w:rsid w:val="007E0DE2"/>
     <w:rsid w:val="007E29A2"/>
     <w:rsid w:val="007E3B98"/>
     <w:rsid w:val="007E463E"/>
     <w:rsid w:val="007E4722"/>
     <w:rsid w:val="007F2A66"/>
     <w:rsid w:val="007F31B6"/>
     <w:rsid w:val="007F43CE"/>
     <w:rsid w:val="007F546C"/>
     <w:rsid w:val="007F625F"/>
     <w:rsid w:val="007F665E"/>
     <w:rsid w:val="00800412"/>
     <w:rsid w:val="00802147"/>
     <w:rsid w:val="00803C34"/>
     <w:rsid w:val="008050C9"/>
     <w:rsid w:val="0080587B"/>
     <w:rsid w:val="00806468"/>
     <w:rsid w:val="00807D2E"/>
     <w:rsid w:val="00811848"/>
     <w:rsid w:val="008144F2"/>
     <w:rsid w:val="008155F0"/>
+    <w:rsid w:val="0081604F"/>
     <w:rsid w:val="00816735"/>
     <w:rsid w:val="00820141"/>
     <w:rsid w:val="00820E0C"/>
     <w:rsid w:val="00821A41"/>
     <w:rsid w:val="00826F61"/>
     <w:rsid w:val="00831F05"/>
     <w:rsid w:val="008338A2"/>
     <w:rsid w:val="0083625C"/>
     <w:rsid w:val="00841AA9"/>
     <w:rsid w:val="00844BAA"/>
     <w:rsid w:val="008453EB"/>
     <w:rsid w:val="00845AB4"/>
     <w:rsid w:val="0085240F"/>
     <w:rsid w:val="00853EE4"/>
     <w:rsid w:val="00855535"/>
     <w:rsid w:val="0085674D"/>
     <w:rsid w:val="0086255E"/>
     <w:rsid w:val="008633F0"/>
     <w:rsid w:val="00867D9D"/>
     <w:rsid w:val="00872E0A"/>
     <w:rsid w:val="00875285"/>
     <w:rsid w:val="00880DC7"/>
     <w:rsid w:val="00884139"/>
     <w:rsid w:val="00884B62"/>
     <w:rsid w:val="0088529C"/>
@@ -37122,50 +37125,51 @@
     <w:rsid w:val="00DC090B"/>
     <w:rsid w:val="00DC0E7D"/>
     <w:rsid w:val="00DC142F"/>
     <w:rsid w:val="00DC1679"/>
     <w:rsid w:val="00DC2CF1"/>
     <w:rsid w:val="00DC4FCF"/>
     <w:rsid w:val="00DC50E0"/>
     <w:rsid w:val="00DC5590"/>
     <w:rsid w:val="00DC6386"/>
     <w:rsid w:val="00DD1130"/>
     <w:rsid w:val="00DD1951"/>
     <w:rsid w:val="00DD2379"/>
     <w:rsid w:val="00DD6628"/>
     <w:rsid w:val="00DD7AE5"/>
     <w:rsid w:val="00DE294F"/>
     <w:rsid w:val="00DE3250"/>
     <w:rsid w:val="00DE5FAD"/>
     <w:rsid w:val="00DE6028"/>
     <w:rsid w:val="00DE78A3"/>
     <w:rsid w:val="00DE7996"/>
     <w:rsid w:val="00DF1A71"/>
     <w:rsid w:val="00DF3A5C"/>
     <w:rsid w:val="00DF68C7"/>
     <w:rsid w:val="00DF731A"/>
     <w:rsid w:val="00E011B1"/>
+    <w:rsid w:val="00E043E4"/>
     <w:rsid w:val="00E07EAE"/>
     <w:rsid w:val="00E137D4"/>
     <w:rsid w:val="00E13E77"/>
     <w:rsid w:val="00E170DC"/>
     <w:rsid w:val="00E26818"/>
     <w:rsid w:val="00E27FFC"/>
     <w:rsid w:val="00E30757"/>
     <w:rsid w:val="00E30B15"/>
     <w:rsid w:val="00E3263D"/>
     <w:rsid w:val="00E37FE7"/>
     <w:rsid w:val="00E40181"/>
     <w:rsid w:val="00E50DCD"/>
     <w:rsid w:val="00E52110"/>
     <w:rsid w:val="00E56A01"/>
     <w:rsid w:val="00E629A1"/>
     <w:rsid w:val="00E6794C"/>
     <w:rsid w:val="00E71591"/>
     <w:rsid w:val="00E82C55"/>
     <w:rsid w:val="00E841D8"/>
     <w:rsid w:val="00E90754"/>
     <w:rsid w:val="00E922D0"/>
     <w:rsid w:val="00E92AC3"/>
     <w:rsid w:val="00E92F16"/>
     <w:rsid w:val="00EB00E0"/>
     <w:rsid w:val="00EB1186"/>
@@ -39377,55 +39381,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99009DC2-0F47-4D33-A641-1C2A1DD9DAA6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>38</Pages>
-  <Words>6635</Words>
-  <Characters>35489</Characters>
+  <Words>6287</Words>
+  <Characters>35837</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>295</Lines>
+  <Lines>298</Lines>
   <Paragraphs>84</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>RentAssist Bond Loan Application</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>42040</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
@@ -39563,50 +39567,51 @@
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc440566508</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>RentAssist Bond Loan Application</dc:title>
   <dc:subject>RentAssist Bond Loan Application</dc:subject>
   <dc:creator>Homes Victoria</dc:creator>
   <cp:keywords>bond loan; application; form; housing; private rental; accessible</cp:keywords>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SetDate">
     <vt:lpwstr>2021-06-16T00:44:09Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Name">
     <vt:lpwstr>43e64453-338c-4f93-8a4d-0039a0a41f2a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SiteId">