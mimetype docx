--- v0 (2025-10-05)
+++ v1 (2025-12-06)
@@ -1,265 +1,255 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="061675CA" w14:textId="77777777" w:rsidR="0074696E" w:rsidRPr="004C6EEE" w:rsidRDefault="00C41436" w:rsidP="00AD784C">
       <w:pPr>
         <w:pStyle w:val="Spacerparatopoffirstpage"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="1" layoutInCell="0" allowOverlap="1" wp14:anchorId="2472BEF2" wp14:editId="6114076E">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="1" layoutInCell="0" allowOverlap="1" wp14:anchorId="2472BEF2" wp14:editId="6A680D8F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>4445</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7557770" cy="2075180"/>
             <wp:effectExtent l="0" t="0" r="11430" b="7620"/>
             <wp:wrapNone/>
-            <wp:docPr id="32" name="Picture 32"/>
+            <wp:docPr id="32" name="Picture 32" descr="RentAssist Bond Loan Additional bond loan applicants form banner"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 32" descr="Decorative"/>
+                    <pic:cNvPr id="32" name="Picture 32" descr="RentAssist Bond Loan Additional bond loan applicants form banner"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7557770" cy="2075180"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="26B187DF" w14:textId="77777777" w:rsidR="00A62D44" w:rsidRPr="004C6EEE" w:rsidRDefault="00A62D44" w:rsidP="004C6EEE">
       <w:pPr>
         <w:pStyle w:val="Sectionbreakfirstpage"/>
         <w:sectPr w:rsidR="00A62D44" w:rsidRPr="004C6EEE" w:rsidSect="00AD784C">
-          <w:headerReference w:type="even" r:id="rId9"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="first" r:id="rId10"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="567" w:right="851" w:bottom="1418" w:left="851" w:header="510" w:footer="510" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="16092" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8046"/>
         <w:gridCol w:w="8046"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="67EB12D0" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="1247"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8046" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="03B6466A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00161AA0" w:rsidRDefault="00783A76" w:rsidP="00504A69">
             <w:pPr>
               <w:pStyle w:val="DHHSmainheading"/>
             </w:pPr>
             <w:r>
               <w:t>Additional bond loan applicants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8046" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="02B8002B" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00161AA0" w:rsidRDefault="00783A76" w:rsidP="00504A69">
             <w:pPr>
               <w:pStyle w:val="DHHSmainheading"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="311183E9" w14:textId="77777777" w:rsidTr="00783A76">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1193"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8046" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="403DA150" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00504A69" w:rsidRDefault="00783A76" w:rsidP="00357B4E">
             <w:pPr>
               <w:pStyle w:val="DHHSmainsubheading"/>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00731EA5">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">(for use with </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="00731EA5">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Application for a bond loan)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8046" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:bottom w:w="510" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="17624C30" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00504A69" w:rsidRDefault="00783A76" w:rsidP="00357B4E">
             <w:pPr>
               <w:pStyle w:val="DHHSmainsubheading"/>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="07FE5D83" w14:textId="77777777" w:rsidR="007173CA" w:rsidRDefault="007173CA" w:rsidP="007173CA">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4456123A" w14:textId="77777777" w:rsidR="007173CA" w:rsidRDefault="007173CA" w:rsidP="007173CA">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:sectPr w:rsidR="007173CA" w:rsidSect="00F01E5F">
-          <w:headerReference w:type="default" r:id="rId15"/>
-          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc440566508"/>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="35061848" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>Use black or blue pen, use CAPITAL letters and mark boxes with an X.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45DE5A7F" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Documents we need with this application</w:t>
@@ -270,68 +260,80 @@
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Listed below are documents that you and everyone who will live with you may need to give us to confirm your </w:t>
       </w:r>
       <w:r w:rsidRPr="00E3514A">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>general eligibility</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for a bond loan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C16C546" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="586DE5AB" wp14:editId="0B10C1BE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="586DE5AB" wp14:editId="350AA724">
             <wp:extent cx="225594" cy="270523"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
-            <wp:docPr id="1" name="Picture 18" descr="Paper clip on paper - documents required."/>
+            <wp:docPr id="1" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="35" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="1" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
+                    <a:blip r:embed="rId13">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="FFFFFF"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="FFFFFF">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -377,225 +379,215 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Office use only: Date received; Received by; Date registered; Bond reference number; Name of bond agency"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="6804"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w:rsidRPr="002B66D9" w14:paraId="0E718144" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="04B30F60" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:t>Date received</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="646193D7" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="002B66D9" w14:paraId="3A6E6ED6" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3378BF3B" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:t>Received by</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A4D16BF" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="002B66D9" w14:paraId="52E5C906" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="399ECC3A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:t>Date registered</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C0DA7A9" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="002B66D9" w14:paraId="7189BB9C" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="545DC1B9" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:t>Bond reference number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BDDA82E" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="002B66D9" w14:paraId="11AD86C1" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4BEF33C7" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:t>Name of bond agency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="32A2268C" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="49174EF0" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002B66D9" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHStabletext"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
@@ -605,234 +597,226 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Has the following been done - answer yes or no: &#10;Income proof confirmed and attached;&#10;Identity (ID) proof confirmed and attached;&#10;Landlord section completed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="1933"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w:rsidRPr="002B66D9" w14:paraId="3B125B33" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E3C2934" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="05056578" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
-              <w:t>Yes or No</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Yes or </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>No</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="002B66D9" w14:paraId="090CCEC7" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A418C9E" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Income proof confirmed and attached</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4FBC621D" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="002B66D9" w14:paraId="5FC23FF6" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4B654C68" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ID proof confirmed and attached</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="083120C1" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="002B66D9" w14:paraId="04990291" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A1CB4E2" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50DCD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Landlord section completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1933" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7A5406E2" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00E50DCD" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D042EE4" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7D042EE4" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00BB3F8B">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2487E634" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="0025524E" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0025524E">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section F – Other applicants who are </w:t>
       </w:r>
       <w:r w:rsidRPr="00B555A4">
         <w:t>applying</w:t>
       </w:r>
       <w:r w:rsidRPr="0025524E">
         <w:t xml:space="preserve"> for a bond loan</w:t>
       </w:r>
@@ -896,52 +880,52 @@
       <w:r>
         <w:t xml:space="preserve"> Questions with an (*) must be answered</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="776931F4" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00FE4394" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F5</w:t>
       </w:r>
       <w:r w:rsidR="00783A76">
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="00783A76" w:rsidRPr="005F4222">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00783A76" w:rsidRPr="002A6274">
         <w:t>Title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19AE4CB0" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHStablecolhead"/>
         <w:sectPr w:rsidR="00783A76" w:rsidSect="002A6DE7">
-          <w:footerReference w:type="even" r:id="rId18"/>
-          <w:footerReference w:type="default" r:id="rId19"/>
+          <w:footerReference w:type="even" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's title with an X. Options are: Mr, Miss, Ms, Mrs, Dr, Prof and other"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="7236E62A" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
@@ -1267,377 +1251,472 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7AEFCF71" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="66AFEA43" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:sectPr w:rsidR="00783A76" w:rsidSect="007915CC">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:num="2" w:space="282"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05BAF4CB" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="0025524E" w:rsidRDefault="00FE4394" w:rsidP="00783A76">
+    <w:p w14:paraId="05BAF4CB" w14:textId="2B7FD186" w:rsidR="00783A76" w:rsidRPr="0025524E" w:rsidRDefault="00FE4394" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F5</w:t>
       </w:r>
       <w:r w:rsidR="00783A76">
-        <w:t>.2 Their</w:t>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F8B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00783A76">
+        <w:t>Their</w:t>
       </w:r>
       <w:r w:rsidR="00783A76" w:rsidRPr="003C29B6">
         <w:t xml:space="preserve"> name (as it appears on official documents)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="677" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's name details: First given name. Second given name, Family name, Preferred name (if any) and Previous name (if any)."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2833"/>
         <w:gridCol w:w="6239"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w:rsidRPr="001A382A" w14:paraId="59B2C209" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="704DCB29" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002A6274" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>First name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7377E5AB" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001A382A" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="001A382A" w14:paraId="0313AAC0" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39CAC948" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002A6274" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Middle </w:t>
             </w:r>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3398AC38" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001A382A" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="001A382A" w14:paraId="505923C0" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="248A4964" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002A6274" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="682E394D" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001A382A" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="001A382A" w14:paraId="5BC81462" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06BD625B" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:t>Previous name (if any)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A72FC3A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001A382A" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:t>(For example, name at birth, maiden name, previous married name, alias)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1842F545" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001A382A" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783A76" w:rsidRPr="001A382A" w14:paraId="76D8053D" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="00783A76" w:rsidRPr="001A382A" w14:paraId="76D8053D" w14:textId="77777777" w:rsidTr="00930326">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25C2D5E9" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002A6274" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Preferred name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E950B1C" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001A382A" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00930326" w:rsidRPr="001A382A" w14:paraId="5228C887" w14:textId="77777777" w:rsidTr="00930326">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A7CDB1C" w14:textId="724999D0" w:rsidR="00930326" w:rsidRDefault="00930326" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Email address*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42EE7C71" w14:textId="77777777" w:rsidR="00930326" w:rsidRPr="001A382A" w:rsidRDefault="00930326" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00930326" w:rsidRPr="001A382A" w14:paraId="584898A1" w14:textId="77777777" w:rsidTr="00930326">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A271475" w14:textId="54CF9B9B" w:rsidR="00930326" w:rsidRPr="00930326" w:rsidRDefault="00930326" w:rsidP="00930326">
+            <w:pPr>
+              <w:pStyle w:val="DHHSbody"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk205560583"/>
+            <w:r w:rsidRPr="00BB3F8B">
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3F8B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Please note</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3F8B">
+              <w:t xml:space="preserve"> all bond loan applicants require an individual email address to be provided as a method of contact.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="584DEDB8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CE549BA" wp14:editId="234A24C9">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CE549BA" wp14:editId="6195BDFF">
             <wp:extent cx="228600" cy="272415"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="12" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="12" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="12" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
+                    <a:blip r:embed="rId13">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="FFFFFF"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="FFFFFF">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -1672,68 +1751,73 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Proof of identity documents</w:t>
       </w:r>
       <w:r w:rsidRPr="0068043A">
         <w:t xml:space="preserve">. See </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_identity" w:history="1">
         <w:r w:rsidRPr="00E50DCD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Proof of identity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">’ on page </w:t>
       </w:r>
       <w:r w:rsidR="00EB6E4B">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00775544">
-        <w:t xml:space="preserve"> of the Application for RentAssist bond loan</w:t>
+        <w:t xml:space="preserve"> of the Application for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00775544">
+        <w:t>RentAssist</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00775544">
+        <w:t xml:space="preserve"> bond loan</w:t>
       </w:r>
       <w:r w:rsidRPr="0068043A">
         <w:t xml:space="preserve"> for further information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A58FB9" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="005F4222" w:rsidRDefault="00FE4394" w:rsidP="00783A76">
+    <w:p w14:paraId="40A58FB9" w14:textId="48A6C1F1" w:rsidR="00783A76" w:rsidRPr="005F4222" w:rsidRDefault="00FE4394" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F5</w:t>
       </w:r>
       <w:r w:rsidR="00783A76">
         <w:t>.3</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00783A76" w:rsidRPr="005F4222">
         <w:tab/>
         <w:t>Date of birth</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="3542" w:type="dxa"/>
         <w:tblInd w:w="819" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert the primary applicant's date of birth"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1557"/>
         <w:gridCol w:w="1985"/>
       </w:tblGrid>
@@ -1742,137 +1826,118 @@
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2A878AEB" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CE923A0" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6DD09703" w14:textId="77777777" w:rsidR="00FE4394" w:rsidRDefault="00FE4394" w:rsidP="00783A76">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6DD09703" w14:textId="77777777" w:rsidR="00FE4394" w:rsidRDefault="00FE4394" w:rsidP="00BB3F8B">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="763E417A" w14:textId="77777777" w:rsidR="00FE4394" w:rsidRDefault="00FE4394" w:rsidP="00783A76">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00FE4394" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D62DB08" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="4D62DB08" w14:textId="406B2061" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>.4</w:t>
-      </w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005F4222">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903212">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
         </w:rPr>
         <w:t>Gender</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's gender with an X. Options are: male, female, indeterminate, intersex and other"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1842"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="3268F4B9" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
@@ -2049,56 +2114,59 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007414D5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E6067ED" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5CF846AC" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00C6793F" w:rsidP="00783A76">
+    <w:p w14:paraId="5CF846AC" w14:textId="0E9391E6" w:rsidR="00783A76" w:rsidRDefault="00C6793F" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">F5.5 </w:t>
+        <w:t>F5.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F8B">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00783A76">
         <w:t xml:space="preserve">Marital </w:t>
       </w:r>
       <w:r w:rsidR="00783A76" w:rsidRPr="003812A7">
         <w:t>status</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's relationship status with an X. Options are Single or Partnered"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1150"/>
         <w:gridCol w:w="2252"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="40127391" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
@@ -2329,55 +2397,50 @@
           </w:tcPr>
           <w:p w14:paraId="6BF1C092" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3475A4FD" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6B407AF4" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="23B9E5D8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>.7</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t xml:space="preserve">What is </w:t>
       </w:r>
       <w:r>
         <w:t>their</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t xml:space="preserve"> residency status?</w:t>
       </w:r>
@@ -2408,71 +2471,75 @@
             </w:pPr>
             <w:r>
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="516C8BF7" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Mark with X </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="2F25F86D" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28C96002" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
+          <w:p w14:paraId="28C96002" w14:textId="2034C492" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Australian citizen – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB4379">
-[...12 lines deleted...]
-            </w:r>
+            <w:hyperlink w:anchor="_F5.11_Aboriginal_or" w:history="1">
+              <w:r w:rsidRPr="00BB3F8B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t xml:space="preserve">Go to </w:t>
+              </w:r>
+              <w:r w:rsidR="00EB6E4B" w:rsidRPr="00BB3F8B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>F5.11</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5074E299" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="2A8F30F6" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EB83634" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
             <w:r>
               <w:t>Permanent resident</w:t>
             </w:r>
@@ -2700,103 +2767,113 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert the date the primary applicant started living in Australia"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="6342652D" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34EA4F46" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002912C8" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00C36728">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BF00D7E" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0530575A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="0530575A" w14:textId="11BB0F1A" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>.9</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t xml:space="preserve">Are </w:t>
       </w:r>
       <w:r>
         <w:t>they</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
-        <w:t xml:space="preserve"> affected by Centrelink’s two-year newly-arrived </w:t>
+        <w:t xml:space="preserve"> affected by Centrelink’s two</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F8B">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003812A7">
+        <w:t xml:space="preserve">year </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F8B" w:rsidRPr="003812A7">
+        <w:t>newly arrived</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003812A7">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">residents </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>waiting period?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Is the primary applicant affected by Centrelink's 2 year newly arrived migrant waiting period? Mark response with an X."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="2B335FDD" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
@@ -2986,227 +3063,230 @@
       <w:r>
         <w:t>.10</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Did they</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t xml:space="preserve"> migrate to Australia under an Assurance of support?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Did the primary applicant migrate to Australia under an assurance of support? Mark response with an X."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1418"/>
-        <w:gridCol w:w="425"/>
-        <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="1E710A31" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
-          <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="5528" w:type="dxa"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D8E19E3" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1F83CD8B" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="460A5167" w14:textId="77777777" w:rsidTr="00EB6E4B">
-        <w:trPr>
-[...2 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="71A0B238" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002B1871" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3CE205EE" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="05FBC390" w14:textId="77777777" w:rsidTr="00EB6E4B">
-        <w:trPr>
-[...2 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14E1C35F" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002B1871" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3410DD04" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783A76" w14:paraId="14EDE4BC" w14:textId="77777777" w:rsidTr="00EB6E4B">
+    </w:tbl>
+    <w:p w14:paraId="2D5C1D58" w14:textId="77777777" w:rsidR="00673D07" w:rsidRDefault="00673D07"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblDescription w:val="Did the primary applicant migrate to Australia under an assurance of support? Mark response with an X."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2551"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008C7573" w14:paraId="14EDE4BC" w14:textId="77777777" w:rsidTr="008C3A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="268A2E60" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
+          <w:p w14:paraId="268A2E60" w14:textId="77777777" w:rsidR="008C7573" w:rsidRDefault="008C7573" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>If yes, tell us the expiry date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E21E228" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
+          <w:p w14:paraId="5CA9CE21" w14:textId="77777777" w:rsidR="008C7573" w:rsidRDefault="008C7573" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="056CCFBA" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00ED47CD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_F5.11_Aboriginal_or"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>.11</w:t>
       </w:r>
       <w:r w:rsidR="00ED47CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>Aboriginal or Torres Strait Islander?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Are you Aboriginal or Torres Strait Islander? Mark with X. Options are: No; Aboriginal; Torres Strait Islander or Both."/>
       </w:tblPr>
       <w:tblGrid>
@@ -3355,65 +3435,56 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C36728">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Both</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EDD9BDD" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30C4DA85" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="164FA32F" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>.12 Do they have any dependent children?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0834042A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHStablecolhead"/>
         <w:sectPr w:rsidR="00783A76" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="2694" w:type="dxa"/>
@@ -3423,300 +3494,289 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="195F46E5" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E907AAD" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00EB6E4B" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17BF1A43" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="5F77F135" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="772F8EC3" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7684CB4B" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="67176D52" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="176D6CED" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BF87E70" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="08C9CC71" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="2694" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="5A14CD87" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40B4C2DF" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Number of dependants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71A4CB36" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6B1D9812" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:sectPr w:rsidR="00783A76" w:rsidSect="00EB6E4B">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:num="2" w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="695FD72F" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00393494" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CCF0E9A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="0025524E" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="1CCF0E9A" w14:textId="503F22B3" w:rsidR="00783A76" w:rsidRPr="0025524E" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>6</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0025524E">
         <w:tab/>
         <w:t xml:space="preserve">About household applicant </w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E6FEC55" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Applicant details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36CA502C" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidRPr="005F4222">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A6274">
         <w:t>Title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A7272EB" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHStablecolhead"/>
         <w:sectPr w:rsidR="00783A76" w:rsidSect="002A6DE7">
-          <w:footerReference w:type="even" r:id="rId20"/>
-          <w:footerReference w:type="default" r:id="rId21"/>
+          <w:footerReference w:type="even" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's title with an X. Options are: Mr, Miss, Ms, Mrs, Dr, Prof and other"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="546D445F" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
@@ -4095,364 +4155,421 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's name details: First given name. Second given name, Family name, Preferred name (if any) and Previous name (if any)."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2833"/>
         <w:gridCol w:w="6239"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w:rsidRPr="001A382A" w14:paraId="1A958E93" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47C0D533" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002A6274" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>First name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BBFDD31" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001A382A" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="001A382A" w14:paraId="556016D0" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="768B54D9" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002A6274" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Middle </w:t>
             </w:r>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A42F28E" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001A382A" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="001A382A" w14:paraId="06213B8E" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6258129C" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002A6274" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Family name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67CEDDD6" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001A382A" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w:rsidRPr="001A382A" w14:paraId="3B266CA9" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43F65DC6" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:t>Previous name (if any)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D784EB1" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001A382A" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6274">
               <w:t>(For example, name at birth, maiden name, previous married name, alias)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B6FCD5E" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001A382A" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...25 lines deleted...]
-      <w:tr w:rsidR="00783A76" w:rsidRPr="001A382A" w14:paraId="79D70954" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="00783A76" w:rsidRPr="001A382A" w14:paraId="79D70954" w14:textId="77777777" w:rsidTr="00305D05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03BD092A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002A6274" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Preferred name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06154A7B" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001A382A" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00305D05" w:rsidRPr="001A382A" w14:paraId="0E55D05E" w14:textId="77777777" w:rsidTr="00305D05">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="675697DE" w14:textId="73DDFDF7" w:rsidR="00305D05" w:rsidRDefault="00305D05" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Email address*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="000D03C2" w14:textId="77777777" w:rsidR="00305D05" w:rsidRPr="001A382A" w:rsidRDefault="00305D05" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00305D05" w:rsidRPr="001A382A" w14:paraId="48EC2B99" w14:textId="77777777" w:rsidTr="00305D05">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00E76A78" w14:textId="47A22010" w:rsidR="00305D05" w:rsidRPr="00BB3F8B" w:rsidRDefault="00305D05" w:rsidP="00305D05">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3F8B">
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3F8B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Please note</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3F8B">
+              <w:t xml:space="preserve"> all bond loan applicants require an individual email address to be provided as a method of contact.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="498DC1A5" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...4 lines deleted...]
-    <w:p w14:paraId="5E4AA098" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="5E4AA098" w14:textId="087085C8" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E72000B" wp14:editId="26789BB6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E72000B" wp14:editId="21230718">
             <wp:extent cx="228600" cy="272415"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="13" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="13" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="13" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
+                    <a:blip r:embed="rId13">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="FFFFFF"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="FFFFFF">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -4481,71 +4598,73 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00602C3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Proof of identity documents</w:t>
       </w:r>
       <w:r w:rsidRPr="0068043A">
         <w:t xml:space="preserve">. See </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_identity" w:history="1">
         <w:r w:rsidRPr="00E50DCD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Proof of identity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">’ on page </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> for further information.</w:t>
+        <w:t xml:space="preserve">’ on </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4325D">
+        <w:t xml:space="preserve">page 4 of the application for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E4325D">
+        <w:t>RentAssist</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E4325D">
+        <w:t xml:space="preserve"> bond loan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FFFD643" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="005F4222" w:rsidRDefault="00FE4394" w:rsidP="00783A76">
+    <w:p w14:paraId="6FFFD643" w14:textId="57D3E3EE" w:rsidR="00783A76" w:rsidRPr="005F4222" w:rsidRDefault="00FE4394" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F6</w:t>
       </w:r>
       <w:r w:rsidR="00783A76">
         <w:t>.3</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00783A76" w:rsidRPr="005F4222">
         <w:tab/>
         <w:t>Date of birth</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="3542" w:type="dxa"/>
         <w:tblInd w:w="819" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert the primary applicant's date of birth"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1557"/>
         <w:gridCol w:w="1985"/>
       </w:tblGrid>
@@ -4554,137 +4673,111 @@
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="44CBA986" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="543343C8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A427443" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4A427443" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00BB3F8B">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7272FA9D" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7272FA9D" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00BB3F8B">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
         <w:sectPr w:rsidR="00783A76" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="400555CB" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="400555CB" w14:textId="26B33293" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="118C96"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>.4</w:t>
-      </w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005F4222">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903212">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
         </w:rPr>
         <w:t>Gender</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark primary applicant's gender with an X. Options are: male, female, indeterminate, intersex and other"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1842"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="03D6A25C" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
@@ -5153,55 +5246,50 @@
           </w:tcPr>
           <w:p w14:paraId="3101CBCE" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2CF46578" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C5DB947" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="529998B5" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>.7</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>What is their</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t xml:space="preserve"> residency status?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -5521,103 +5609,113 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert the date the primary applicant started living in Australia"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="27B4D5F8" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15471ABD" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002912C8" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00C36728">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63D97044" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5F8148D5" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="5F8148D5" w14:textId="1B773C17" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>.9</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t xml:space="preserve">Are </w:t>
       </w:r>
       <w:r>
         <w:t>they</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
-        <w:t xml:space="preserve"> affected by Centrelink’s two-year newly-arrived </w:t>
+        <w:t xml:space="preserve"> affected by Centrelink’s two</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F8B">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003812A7">
+        <w:t xml:space="preserve">year </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F8B" w:rsidRPr="003812A7">
+        <w:t>newly arrived</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003812A7">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">residents </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>waiting period?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Is the primary applicant affected by Centrelink's 2 year newly arrived migrant waiting period? Mark response with an X."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="5AC27061" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
@@ -5771,81 +5869,50 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1861E851" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>If yes, tell us the expiry date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7F1A2B30" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783A76" w14:paraId="7B0D4695" w14:textId="77777777" w:rsidTr="00EB6E4B">
-[...29 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="4759B1EC" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>.10</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t xml:space="preserve">Did </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>migrate to Australia under an Assurance of support?</w:t>
       </w:r>
       <w:r>
@@ -6020,70 +6087,56 @@
           </w:tcPr>
           <w:p w14:paraId="219FAEF8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>If yes, tell us the expiry date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="060830F2" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="585ED9A5" w14:textId="77777777" w:rsidR="00ED47CD" w:rsidRDefault="00ED47CD" w:rsidP="00ED47CD">
+    <w:p w14:paraId="207A36CB" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00ED47CD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-    </w:p>
-[...14 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>.11</w:t>
       </w:r>
       <w:r w:rsidR="00FE0A90">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>Aboriginal or Torres Strait Islander?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Are you Aboriginal or Torres Strait Islander? Mark with X. Options are: No; Aboriginal; Torres Strait Islander or Both."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
@@ -6231,344 +6284,340 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C36728">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Both</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DF975C4" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E581B4F" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00173E8F" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...4 lines deleted...]
-    <w:p w14:paraId="151CA861" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="151CA861" w14:textId="3397515A" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>6</w:t>
       </w:r>
       <w:r>
-        <w:t>.12 Do they have any dependent children?</w:t>
+        <w:t>.12</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F8B">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Do they have any dependent children?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07743C53" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHStablecolhead"/>
         <w:sectPr w:rsidR="00783A76" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="2694" w:type="dxa"/>
         <w:tblInd w:w="829" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="16937478" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="113B00A4" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00EB6E4B" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F9447CE" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="0C015CD2" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31E7CFC6" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="251AB0E7" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="66A414C9" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B52A208" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C1EDA29" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3FBE3E35" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="2694" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="6921EF8C" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00655345" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Number of dependants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A3833A4" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="55EFB556" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:sectPr w:rsidR="00783A76" w:rsidSect="00EB6E4B">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:num="2" w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="680C7829" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="680C7829" w14:textId="0107337E" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>7</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> Income and Assets of applicant </w:t>
+      <w:r w:rsidR="00BB3F8B">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Income and Assets of applicant </w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="416AA785" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="416AA785" w14:textId="76F3A677" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00BB3F8B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>7</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">.1 Please select the </w:t>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3F8B">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Please select the </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>income</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> types they are receiving</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6804"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="52BF3AB1" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
@@ -6852,189 +6901,213 @@
             </w:pPr>
             <w:r w:rsidRPr="005C28A7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7F90ADBF" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00783A76" w14:paraId="247F7BF6" w14:textId="77777777" w:rsidTr="00EB6E4B">
+    </w:tbl>
+    <w:p w14:paraId="6DFD4060" w14:textId="77777777" w:rsidR="00BB3F8B" w:rsidRDefault="00BB3F8B"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8647"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00783A76" w14:paraId="247F7BF6" w14:textId="77777777" w:rsidTr="00BB3F8B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3260C847" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
+          <w:p w14:paraId="3260C847" w14:textId="4A2FB25A" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
-              <w:t>If other please advise</w:t>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>other</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please advise</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3F8B">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45F00869" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="49C361B6" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00311051" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="678858AF" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t>Please provide Centrelink Reference Number (CRN) Number</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4255" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="853"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CF2099" w14:paraId="426798D4" w14:textId="77777777" w:rsidTr="00C6793F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74BF1C0B" w14:textId="77777777" w:rsidR="00CF2099" w:rsidRPr="001E4ED0" w:rsidRDefault="00CF2099" w:rsidP="00C6793F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>CRN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62A3D678" w14:textId="77777777" w:rsidR="00CF2099" w:rsidRDefault="00CF2099" w:rsidP="00C6793F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B5ED1B0" w14:textId="77777777" w:rsidR="00CF2099" w:rsidRDefault="00CF2099" w:rsidP="00CF2099">
+    <w:p w14:paraId="1B5ED1B0" w14:textId="078D9123" w:rsidR="00CF2099" w:rsidRDefault="00CF2099" w:rsidP="00CF2099">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F7.3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA0752">
         <w:tab/>
         <w:t xml:space="preserve">Do you </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">consent to income confirmation?  </w:t>
+        <w:t>consent to income confirmation?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5103"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CF2099" w14:paraId="6DD1E7E2" w14:textId="77777777" w:rsidTr="00C6793F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
@@ -7055,243 +7128,249 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3355635E" w14:textId="77777777" w:rsidR="00CF2099" w:rsidRDefault="00CF2099" w:rsidP="00C6793F">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF2099" w14:paraId="5DDCE8B7" w14:textId="77777777" w:rsidTr="00C6793F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28B9C808" w14:textId="77777777" w:rsidR="00CF2099" w:rsidRPr="002B1871" w:rsidRDefault="00CF2099" w:rsidP="00FE0A90">
+          <w:p w14:paraId="28B9C808" w14:textId="36BE8400" w:rsidR="00CF2099" w:rsidRPr="002B1871" w:rsidRDefault="00CF2099" w:rsidP="00FE0A90">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-            </w:r>
+            <w:hyperlink w:anchor="_F7.4_Assets" w:history="1">
+              <w:r w:rsidRPr="00BB3F8B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to</w:t>
+              </w:r>
+              <w:r w:rsidR="00FE0A90" w:rsidRPr="00BB3F8B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> F7.4</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7A3BA95A" w14:textId="77777777" w:rsidR="00CF2099" w:rsidRDefault="00CF2099" w:rsidP="00C6793F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF2099" w14:paraId="3D38AB7A" w14:textId="77777777" w:rsidTr="00C6793F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7ED89A9B" w14:textId="77777777" w:rsidR="00CF2099" w:rsidRPr="002B1871" w:rsidRDefault="00CF2099" w:rsidP="00FE0A90">
+          <w:p w14:paraId="7ED89A9B" w14:textId="27AB6D56" w:rsidR="00CF2099" w:rsidRPr="002B1871" w:rsidRDefault="00CF2099" w:rsidP="00FE0A90">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00207CB0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sign</w:t>
             </w:r>
             <w:r w:rsidRPr="00207CB0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the Consent to use CCeS in </w:t>
+              <w:t xml:space="preserve"> the Consent to use </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207CB0">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>CCeS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207CB0">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Section_I_–" w:history="1">
               <w:r w:rsidRPr="00207CB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Section I</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00207CB0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, and </w:t>
             </w:r>
-            <w:r w:rsidRPr="00207CB0">
-[...10 lines deleted...]
-            </w:r>
+            <w:hyperlink w:anchor="_F7.5_Do_they" w:history="1">
+              <w:r w:rsidRPr="00BB3F8B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve">go to </w:t>
+              </w:r>
+              <w:r w:rsidR="00FE0A90" w:rsidRPr="00BB3F8B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>F7.5</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="56B01C40" w14:textId="77777777" w:rsidR="00CF2099" w:rsidRDefault="00CF2099" w:rsidP="00C6793F">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42173432" w14:textId="77777777" w:rsidR="00CF2099" w:rsidRPr="00CF2099" w:rsidRDefault="00CF2099" w:rsidP="00ED47CD">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0F3A49F1" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BFA5660" wp14:editId="4DD0A918">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BFA5660" wp14:editId="768E5567">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="14" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="14" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="14" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22">
+                    <a:blip r:embed="rId18">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
@@ -7313,65 +7392,82 @@
       <w:r w:rsidRPr="00FA16EE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Proof of income documents</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t xml:space="preserve">. See </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_income" w:history="1">
         <w:r w:rsidRPr="00E50DCD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Proof of income</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">’ on page </w:t>
       </w:r>
       <w:r w:rsidR="003C022D">
-        <w:t>4 of the application for RentAssist bond loan.</w:t>
+        <w:t xml:space="preserve">4 of the application for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C022D">
+        <w:t>RentAssist</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C022D">
+        <w:t xml:space="preserve"> bond loan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A336BFB" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4A336BFB" w14:textId="7E0F7FF7" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="007206C9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_F7.4_Assets"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>7</w:t>
       </w:r>
       <w:r>
-        <w:t>.4 Assets</w:t>
+        <w:t>.4</w:t>
+      </w:r>
+      <w:r w:rsidR="004B66D7">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Assets</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C25653" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>What is an asset?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07767557" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA0752">
         <w:t>An asset is something you own that can be turned into money — like shares, businesses, mobile homes and any cash you have in the bank.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66802D25" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>If they are expecting to receive a payout from an organisation like WorkSafe or the Transport Accident Commission (TAC), please add it here.</w:t>
       </w:r>
@@ -7382,468 +7478,456 @@
         <w:tblInd w:w="677" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert any assets the primary applicant has. Details needed are Asset type, Value and if the asset can be cashed in or sold (state yes or no)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5040"/>
         <w:gridCol w:w="2016"/>
         <w:gridCol w:w="2016"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="0CABC998" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E50DA87" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Asset type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EDC5112" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="451F0C2F" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Can the asset be cashed in or sold?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53234F73" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Write ‘Yes’ or ‘No’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="1F359990" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35618564" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79471781" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="375DA953" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="7B9FC287" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6650FCEE" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C042B93" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57087C92" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="3AF967FD" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AF6BEE9" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2706D2E1" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BD4BA3C" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="5B819FA7" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D1726BC" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C35BB42" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="445DBF53" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="54B6FC62" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16D6B4F8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45E945C4" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21264879" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="5A451827" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AFD1ECF" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B93B18F" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C0F83EE" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27BC7014" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...4 lines deleted...]
-    <w:p w14:paraId="032475ED" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="032475ED" w14:textId="36E5D393" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58F3E040" wp14:editId="1EEECB9F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58F3E040" wp14:editId="33AD2B34">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="15" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="15" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="15" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22">
+                    <a:blip r:embed="rId18">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>You will need to attach a document confirming ownership/existence of this asset.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B47039">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00D800BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
       <w:r w:rsidR="00ED47CD" w:rsidRPr="00ED47CD">
         <w:t>proof of assets</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">on page </w:t>
       </w:r>
       <w:r w:rsidR="00275D30">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00ED47CD">
-        <w:t xml:space="preserve"> on the Application for RentAssist bond loan</w:t>
+        <w:t xml:space="preserve"> on the Application for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00ED47CD">
+        <w:t>RentAssist</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED47CD">
+        <w:t xml:space="preserve"> bond loan</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t>for further information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28CCC397" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="52783E11" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_F7.5_Do_they"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00ED47CD">
         <w:t>.5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Do they</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t xml:space="preserve"> own or part-own any real estate?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -7988,241 +8072,226 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Rental property details: address and number of bedrooms"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3545"/>
         <w:gridCol w:w="5812"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="7B7F400A" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B8D28EA" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Property address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="016785A8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="060C3690" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BC8C0CF" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Suburb or town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F99B046" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="267DAABC" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D95F095" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C3B356F" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="08B3AB8B" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E0BA5BF" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FE253BF" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="10ADFB5B" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FC8AF36" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Real estate or Land value $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00F6A1E8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D907CC4" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2B0F6513" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Are they able to live in the property (mentioned above) permanently</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="6ED4BA55" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
@@ -8307,74 +8376,72 @@
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="4EEFDFEC" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0EDB54D2" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002B1871" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0F51C499" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="636E3F5E" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...2 lines deleted...]
-        <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
+    <w:p w14:paraId="636E3F5E" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbodyaftertablefigure"/>
       </w:pPr>
       <w:r>
         <w:t>You will need to attach one or more of the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1781E2CD" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHStablebullet"/>
       </w:pPr>
       <w:r>
         <w:t>Letter from approved valuer or solicitor stating the property’s market value and your equity in it.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE68A4B" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHStablebullet"/>
       </w:pPr>
       <w:r>
         <w:t>If the property is part owned, we need information about your share</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63544572" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHStablebullet"/>
       </w:pPr>
@@ -8386,50 +8453,51 @@
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>Attach a document that details your interest in the property and why you are unable to occupy it</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19E6DD1C" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:sectPr w:rsidR="00783A76" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48BD3A7C" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Can this real estate or land be sold</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="523C54E1" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
@@ -8723,81 +8791,65 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>If the answer is no to any of the questions above, tell us why</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8505" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00783A76" w14:paraId="70808B34" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="00783A76" w14:paraId="70808B34" w14:textId="77777777" w:rsidTr="004B66D7">
+        <w:trPr>
+          <w:trHeight w:val="1417"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="6ACA5DE2" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
+          </w:tcPr>
+          <w:p w14:paraId="6ACA5DE2" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E693D82" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00ED47CD" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidR="00783A76">
         <w:t xml:space="preserve"> the property subject to a dispute or an application for settlement in the Family Court?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -8944,120 +8996,113 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Tell us the reason</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8906" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8906"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00783A76" w14:paraId="5D2570CE" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="00783A76" w14:paraId="5D2570CE" w14:textId="77777777" w:rsidTr="004B66D7">
         <w:trPr>
-          <w:trHeight w:val="1465"/>
+          <w:trHeight w:val="1417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="4F21C23D" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
+          </w:tcPr>
+          <w:p w14:paraId="4F21C23D" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0065818E" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00520F35" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A065A78" wp14:editId="70C980E9">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A065A78" wp14:editId="6DF71488">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="16" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="16" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="16" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22">
+                    <a:blip r:embed="rId18">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
@@ -9130,78 +9175,68 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B47039">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If there is a dispute or application for settlement, we need a </w:t>
       </w:r>
       <w:r w:rsidRPr="004E38DF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>document from your solicitor</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> including details of ownership.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7E80AF" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...11 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
+    <w:p w14:paraId="7F1B949C" w14:textId="13317441" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="008568CB">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00ED47CD">
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00ED47CD" w:rsidRPr="00063E2C">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="004B66D7">
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>What is their role in the household?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark second applicant's role in household with an X. Options are Single or Partnered"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="721D190E" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
@@ -9281,51 +9316,50 @@
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="4CE96836" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7657EEB4" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002B1871" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Partnered</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="266D5F2F" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="314FCD2A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbodynospace"/>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -9336,350 +9370,335 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Second applicant's partner's name"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="3116"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w:rsidRPr="00E347B1" w14:paraId="5074A836" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D7E8D29" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002B1871" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:t>Partner’s name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AFA53FB" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="26660C44" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
+    <w:p w14:paraId="26660C44" w14:textId="66980EFC" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="008568CB">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00ED47CD">
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00ED47CD" w:rsidRPr="00063E2C">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="004B66D7">
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>What is their share of the rent in the property you want to rent?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4815" w:type="dxa"/>
         <w:tblInd w:w="677" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Second applicant's share of rent in dollars"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1699"/>
         <w:gridCol w:w="3116"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="145025C8" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33F14EB7" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002B1871" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:t>Share of rent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B659D4B" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61C633D5" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
+    <w:p w14:paraId="61C633D5" w14:textId="4306DD4F" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="008568CB">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
+        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00ED47CD">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00ED47CD" w:rsidRPr="00063E2C">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="004B66D7">
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>Do they have any dependent children who have not already been included on this form?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5245" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="State if the second applicant has any dependent children and how many"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="1417"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="08274AB5" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BBF6BD7" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Do they have any dependent children</w:t>
             </w:r>
             <w:r w:rsidRPr="00696511">
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4998DB71" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="1810EF5E" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6669AE42" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Number of dependants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F4F1621" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5CBBBAE5" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...4 lines deleted...]
-    <w:p w14:paraId="28FDC38D" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="28FDC38D" w14:textId="2F700FB5" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>8</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> Income and Assets</w:t>
+      <w:r w:rsidR="004B66D7">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Income and Assets</w:t>
       </w:r>
       <w:r w:rsidRPr="00717753">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000D6153">
         <w:t xml:space="preserve">of Household applicant </w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A43C254" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="2A43C254" w14:textId="3C48658B" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t>.1</w:t>
       </w:r>
-      <w:r w:rsidR="00C6793F">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="004B66D7">
+        <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Please select the </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>income</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> types they are receiving</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6804"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="54330B55" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
@@ -9963,204 +9982,228 @@
             </w:pPr>
             <w:r w:rsidRPr="005C28A7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="169EDE22" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1D097CF0" w14:textId="77777777" w:rsidR="004B66D7" w:rsidRDefault="004B66D7"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8647"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="45C713E9" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42790E6C" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
+          <w:p w14:paraId="42790E6C" w14:textId="100ACCFF" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
-              <w:t>If other please advise</w:t>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>other</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please advise</w:t>
+            </w:r>
+            <w:r w:rsidR="004B66D7">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="392B1B67" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0153B527" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00311051" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...4 lines deleted...]
-    <w:p w14:paraId="0359550A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="003812A7" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="0359550A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="003812A7" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t>.2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Please provide </w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>Centrelink Reference Number (CRN) Number</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4255" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="853"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="05E7C7B3" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15201922" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="001E4ED0" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>CRN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B70EAAE" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27E4C353" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="27E4C353" w14:textId="7AF40DD1" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t>.3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA0752">
         <w:tab/>
         <w:t>Do</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> they</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA0752">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">consent to income confirmation?  </w:t>
+        <w:t>consent to income confirmation?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="0A7B88B8" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
@@ -10181,231 +10224,238 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="65DA805E" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="63FA7674" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4038A3E8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002B1871" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
+          <w:p w14:paraId="4038A3E8" w14:textId="39213065" w:rsidR="00783A76" w:rsidRPr="002B1871" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="00FE0A90">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve"> G</w:t>
-[...14 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="_F_8.4_Assets" w:history="1">
+              <w:r w:rsidR="00FE0A90" w:rsidRPr="004B66D7">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to F8.4</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="57F4C370" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="700F3AEC" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A9F2705" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002B1871" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
+          <w:p w14:paraId="1A9F2705" w14:textId="69B1B44F" w:rsidR="00783A76" w:rsidRPr="002B1871" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00FE0A90" w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sign</w:t>
             </w:r>
             <w:r w:rsidR="00FE0A90" w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> the Consent to use </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00FE0A90">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>CCeS</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00FE0A90" w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Section_I_–" w:history="1">
               <w:r w:rsidR="00FE0A90" w:rsidRPr="001E4ED0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Section I</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00FE0A90" w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, and </w:t>
             </w:r>
-            <w:r w:rsidR="00FE0A90">
-[...4 lines deleted...]
-            </w:r>
+            <w:hyperlink w:anchor="_F8.5_Do_they" w:history="1">
+              <w:r w:rsidR="00FE0A90" w:rsidRPr="004B66D7">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>go to F8.5</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="66A8AD5A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="135458C9" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="25DEE3F9" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D636A3E" wp14:editId="69EFD99C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D636A3E" wp14:editId="096702E5">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="17" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="17" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="17" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22">
+                    <a:blip r:embed="rId18">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
@@ -10431,71 +10481,70 @@
         </w:rPr>
         <w:t>Proof of income documents</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t xml:space="preserve">. See </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="00ED47CD" w:rsidRPr="00ED47CD">
         <w:t>Proof of income</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">’ on page </w:t>
       </w:r>
       <w:r w:rsidR="00275D30">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> fo</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t>r further information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72DC8FD6" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="1286F06B" w14:textId="1A0FD2B3" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="008568CB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_F_8.4_Assets"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
         <w:t>F</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>8</w:t>
       </w:r>
       <w:r>
-        <w:t>.4 Assets</w:t>
+        <w:t>.4</w:t>
+      </w:r>
+      <w:r w:rsidR="004B66D7">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Assets</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC1ED18" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>What is an asset?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B1A2B5" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA0752">
         <w:t>An asset is something you own that can be turned into money — like shares, businesses, mobile homes and any cash you have in the bank.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00BBF6AA" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>If you are expecting to receive a payout from an organisation like WorkSafe or the Transport Accident Commission (TAC), please add it here.</w:t>
       </w:r>
@@ -10506,470 +10555,457 @@
         <w:tblInd w:w="677" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert any assets the primary applicant has. Details needed are Asset type, Value and if the asset can be cashed in or sold (state yes or no)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5040"/>
         <w:gridCol w:w="2016"/>
         <w:gridCol w:w="2016"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="2D9AE994" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45F28371" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Asset type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03A95BEC" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="133831D2" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>Can the asset be cashed in or sold?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DDC0AE5" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Write ‘Yes’ or ‘No’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="669471D0" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AFFAC4E" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D820880" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="708CDA02" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="3B6E7781" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67DF38C3" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="799188DF" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F3CD2C3" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="0E6528DB" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17EB6296" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C31DC59" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FDF2396" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="490D397A" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59DD1A98" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12522C89" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75834C26" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="7AF9996D" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B62D7E9" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A01D046" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="729FE3F8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="226D464C" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="547FE002" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48C19ED8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46F79072" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="552EA621" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...4 lines deleted...]
-    <w:p w14:paraId="79A815A1" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="79A815A1" w14:textId="58FCBD36" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="317C3713" wp14:editId="0559A1FB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="317C3713" wp14:editId="7FC2FD56">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="22" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="22" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="22" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22">
+                    <a:blip r:embed="rId18">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>You will need to attach a document confirming ownership/existence of this asset.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B47039">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00D800BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Proof_of_assets" w:history="1">
         <w:r w:rsidRPr="00462139">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>proof of assets</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B47039">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">on page </w:t>
       </w:r>
       <w:r w:rsidR="00A7760C">
-        <w:t xml:space="preserve">4 of the Application for RentAssist bond loan </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">4 of the Application for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A7760C">
+        <w:t>RentAssist</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A7760C">
+        <w:t xml:space="preserve"> bond loan </w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:t>for further information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4052B2EE" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...4 lines deleted...]
-    <w:p w14:paraId="3FA72E9A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="3FA72E9A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_F8.5_Do_they"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A7760C">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:tab/>
         <w:t xml:space="preserve">Do </w:t>
       </w:r>
       <w:r>
         <w:t>they</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t xml:space="preserve"> own or part-own any real estate?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -11120,244 +11156,230 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Rental property details: address and number of bedrooms"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3545"/>
         <w:gridCol w:w="5812"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="6E9F255E" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FCDA7C2" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Property address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FA9C2B3" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="04AFE9A0" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A6966E8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Suburb or town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="689DB183" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="51EADF93" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BA25C57" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EBD5ECE" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="39E57F6A" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A8FE2F8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00696511">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D031265" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="518958FE" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3455CD5D" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Real estate or Land value $</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AB44A0A" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D27EFAD" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...4 lines deleted...]
-    <w:p w14:paraId="20228CCD" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="20228CCD" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="160"/>
       </w:pPr>
       <w:r>
         <w:t>Are they able to live in the property (mentioned above) permanently</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="33B5D92A" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11458,108 +11480,107 @@
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="353F86E3" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1CB696F8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...2 lines deleted...]
-        <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
+    <w:p w14:paraId="1CB696F8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbodyaftertablefigure"/>
       </w:pPr>
       <w:r>
         <w:t>You will need to attach one or more of the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23CA7738" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...1 lines deleted...]
-        <w:pStyle w:val="DHHStablebullet"/>
+    <w:p w14:paraId="23CA7738" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r>
         <w:t>Letter from approved valuer or solicitor stating the property’s market value and your equity in it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294C71FE" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="294C71FE" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
+      </w:pPr>
+      <w:r>
         <w:t>If the property is part owned, we need information about your share</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74BDDE29" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...1 lines deleted...]
-        <w:pStyle w:val="DHHStablebullet"/>
+    <w:p w14:paraId="74BDDE29" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r>
         <w:t>If the property is held in trust, we need a letter from the executor of the estate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3300B046" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>Attach a document that details your interest in the property and why you are unable to occupy it</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C773E21" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:sectPr w:rsidR="00783A76" w:rsidSect="002A6DE7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45974384" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
+    <w:p w14:paraId="45974384" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="160"/>
       </w:pPr>
       <w:r>
         <w:t>Can this real estate or land be sold</w:t>
       </w:r>
       <w:r w:rsidRPr="003812A7">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="55DB9E03" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11833,103 +11854,88 @@
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:sectPr w:rsidR="00783A76" w:rsidSect="00EB6E4B">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
           <w:cols w:num="2" w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51453D98" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>You will need to attach a document from the real estate agent confirming this</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6858CA35" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>If the answer is no to any of the questions above, tell us why</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8505" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00783A76" w14:paraId="61F08EB4" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="00783A76" w14:paraId="61F08EB4" w14:textId="77777777" w:rsidTr="004B66D7">
+        <w:trPr>
+          <w:trHeight w:val="1417"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="48BEFCAF" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
+          </w:tcPr>
+          <w:p w14:paraId="48BEFCAF" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="649F8B05" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>If the property subject to a dispute or an application for settlement in the Family Court?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
@@ -12038,155 +12044,148 @@
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63E268B8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="257B02F6" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...1 lines deleted...]
-        <w:pStyle w:val="DHHSbody"/>
+    <w:p w14:paraId="257B02F6" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbodyaftertablefigure"/>
       </w:pPr>
       <w:r>
         <w:t>You will need to attach a document from a solicitor confirming this</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B2D68F6" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Tell us the reason</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8906" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert primary applicant's Centrelink Reference Number (CRN) or Veterans' Affairs Number (DVA)"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8906"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00783A76" w14:paraId="10A5EF5E" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="00783A76" w14:paraId="10A5EF5E" w14:textId="77777777" w:rsidTr="004B66D7">
         <w:trPr>
-          <w:trHeight w:val="1465"/>
+          <w:trHeight w:val="1417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="58FD8360" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
+          </w:tcPr>
+          <w:p w14:paraId="58FD8360" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="004B66D7">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="48DC956E" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AA7D800" wp14:editId="74164C37">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AA7D800" wp14:editId="2D4EDFF9">
             <wp:extent cx="228600" cy="281305"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-            <wp:docPr id="23" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+            <wp:docPr id="23" name="Picture 18">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="Paper clip on paper - document/s required."/>
+                    <pic:cNvPr id="23" name="Picture 18">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22">
+                    <a:blip r:embed="rId18">
                       <a:duotone>
                         <a:schemeClr val="accent5">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-1312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="281305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
@@ -12255,63 +12254,53 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B47039">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If there is a dispute or application for settlement, we need a </w:t>
       </w:r>
       <w:r w:rsidRPr="004E38DF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>document from your solicitor</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47039">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> including details of ownership.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4723C9E6" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...11 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
+    <w:p w14:paraId="43055E30" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="007206C9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="00A7760C">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>What is their role in the household?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Mark second applicant's role in household with an X. Options are Single or Partnered"/>
       </w:tblPr>
@@ -12457,286 +12446,274 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Second applicant's partner's name"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="3116"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w:rsidRPr="00E347B1" w14:paraId="1751D7E5" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="498087F2" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002B1871" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:t>Partner’s name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62EC1E43" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39D420B8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="39D420B8" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="007206C9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A7760C">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00A7760C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>What is their share of the rent in the property you want to rent?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4815" w:type="dxa"/>
         <w:tblInd w:w="677" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Second applicant's share of rent in dollars"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1699"/>
         <w:gridCol w:w="3116"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="7C2CD4C6" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19F7F2FC" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="002B1871" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="002B1871">
               <w:t>Share of rent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5831739B" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5EEBBD78" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
+    <w:p w14:paraId="5EEBBD78" w14:textId="45F318D7" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="007206C9">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00063E2C">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A7760C">
         <w:t>8</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE4394">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>Do they have any dependent children who have not already been included on this form?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5245" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="State if the second applicant has any dependent children and how many"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="1417"/>
       </w:tblGrid>
       <w:tr w:rsidR="00783A76" w14:paraId="4FBE6A3F" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14D08315" w14:textId="77777777" w:rsidR="00783A76" w:rsidRPr="00696511" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Do they have any dependent children</w:t>
             </w:r>
             <w:r w:rsidRPr="00696511">
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E4171FB" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783A76" w14:paraId="6670B9F7" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56FED857" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Number of dependants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09BE5933" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D9B1AAA" w14:textId="77777777" w:rsidR="00783A76" w:rsidRDefault="00783A76" w:rsidP="00783A76">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="125AAEBF" w14:textId="2E024DA7" w:rsidR="007A5977" w:rsidRPr="0025524E" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="0025524E">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section G – Current or previous assistance from the Department of </w:t>
       </w:r>
       <w:r w:rsidR="00391B51">
         <w:t>Families, Fairness and Housing</w:t>
@@ -12787,1081 +12764,1012 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Does anyone included on application have a current public housing application with the department. Mark response with an X and follow instruction."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A5977" w14:paraId="2800B514" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="513"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="378211BF" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001E4ED0" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Response</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13EF9811" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69A9892F" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00FA16EE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA16EE">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="0B1986B9" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E2F9469" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0040027F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="425D594F" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="12380B63" w14:textId="219E6863" w:rsidR="007A5977" w:rsidRPr="001E4ED0" w:rsidRDefault="004B66D7" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_G2_Do_you" w:history="1">
+              <w:r w:rsidR="007A5977" w:rsidRPr="004B66D7">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to G2</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="3C449048" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D520BB2" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F97971C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="758CF94A" w14:textId="6D9E52A8" w:rsidR="007A5977" w:rsidRPr="001E4ED0" w:rsidRDefault="004B66D7" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_G4_Has_anyone" w:history="1">
+              <w:r w:rsidR="007A5977" w:rsidRPr="004B66D7">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to G4</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2D5FF280" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_G2_Do_you"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00063E2C">
         <w:t>G2</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t xml:space="preserve">Do you wish to change the postal address for </w:t>
       </w:r>
       <w:r>
         <w:t>the application on the Victorian Housing Register</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8221" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Do you want to change the postal address for the rental application? Mark response with an X and follow instruction."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A5977" w14:paraId="29A54781" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="513"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54E6D1E5" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001E4ED0" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E4ED0">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Response</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="360F1D47" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CE2F386" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00FA16EE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA16EE">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="3DF3BC0B" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44B4E206" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0040027F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A4FE8ED" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="16A7C9C1" w14:textId="39AB636A" w:rsidR="007A5977" w:rsidRPr="001E4ED0" w:rsidRDefault="004B66D7" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_G3_Current_details" w:history="1">
+              <w:r w:rsidR="007A5977" w:rsidRPr="004B66D7">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to G3</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="5C7DC18B" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A81BE0C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E64BA35" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="29487A04" w14:textId="4D4F6DA2" w:rsidR="007A5977" w:rsidRPr="001E4ED0" w:rsidRDefault="004B66D7" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_G4_Has_anyone" w:history="1">
+              <w:r w:rsidR="007A5977" w:rsidRPr="004B66D7">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to G4</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F76E662" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00063E2C" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_G3_Current_details"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00063E2C">
         <w:t>G3</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t xml:space="preserve">Current </w:t>
       </w:r>
       <w:r>
         <w:t>details of the application on the Victorian Housing Register</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Details of current public housing application: Insert name of applicants and the Service ID"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="6237"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A5977" w14:paraId="48D97DA1" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F71253A" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001B76CD" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>Names of applicants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62AE03ED" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="462C5BCF" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AB55DDB" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001B76CD" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>Service ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ADE88A0" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2ECAED71" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_G4_Has_anyone"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>G4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Has anyone included in this bond </w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:t>application received a bond loan from the department before?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8221" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Has anyone included in this application received a bond loan from the department before? Mark response with an X and follow instruction."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A5977" w14:paraId="7AFFEFE8" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="513"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3A03C857" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001E4ED0" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+          </w:tcPr>
+          <w:p w14:paraId="3A03C857" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004B66D7" w:rsidRDefault="007A5977" w:rsidP="004B66D7">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E4ED0">
+            <w:r w:rsidRPr="004B66D7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Response</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E29859A" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="59F7302C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00FA16EE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+          </w:tcPr>
+          <w:p w14:paraId="59F7302C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004B66D7" w:rsidRDefault="007A5977" w:rsidP="004B66D7">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA16EE">
+            <w:r w:rsidRPr="004B66D7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="25A28E1D" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47A39503" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0040027F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69986622" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="16932296" w14:textId="5FD59103" w:rsidR="007A5977" w:rsidRPr="001E4ED0" w:rsidRDefault="004B66D7" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_G5_Previous_bond" w:history="1">
+              <w:r w:rsidR="007A5977" w:rsidRPr="004B66D7">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to G5</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="193F1494" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6832BC29" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D6951A0" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="4C6D5412" w14:textId="1214CA32" w:rsidR="007A5977" w:rsidRPr="001E4ED0" w:rsidRDefault="004B66D7" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_Section_H_Statutory" w:history="1">
+              <w:r w:rsidR="007A5977" w:rsidRPr="004B66D7">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to Section H</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="240523AB" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00063E2C" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_G5_Previous_bond"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00063E2C">
         <w:t>G5</w:t>
       </w:r>
       <w:r w:rsidRPr="00063E2C">
         <w:tab/>
         <w:t>Previous bond loan application</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74362FE9" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Primary </w:t>
       </w:r>
       <w:r w:rsidRPr="00300515">
         <w:t>applicant</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9074" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Primary applicant details of previous bond loan application. Insert Full name, property address and when they applied"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="6664"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A5977" w14:paraId="2611FD91" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DD8E0D9" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001B76CD" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6436D18D" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="49912E1B" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B397A5F" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001B76CD" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>Property address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0718480F" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="3CB31E23" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61A2A6A9" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001B76CD" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Suburb or t</w:t>
             </w:r>
             <w:r w:rsidRPr="001B76CD">
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37E08DF7" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="2EC060EF" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E9803A6" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001B76CD" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68D0D676" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="3CB0AC1B" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2553722A" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001B76CD" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D4F77B9" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="3474B5FB" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60C74E9D" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001B76CD" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="001B76CD">
               <w:t>When did they apply?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="591FCFD3" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C764056" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:eastAsia="MS Mincho" w:hAnsi="Arial Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="007B4B"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:br w:type="page"/>
@@ -13889,911 +13797,867 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Has the previous bond loan been repaid? Mark response with an X and follow instruction."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A5977" w14:paraId="69A98D61" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="513"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1104E187" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001E4ED0" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+          </w:tcPr>
+          <w:p w14:paraId="1104E187" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004B66D7" w:rsidRDefault="007A5977" w:rsidP="004B66D7">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E4ED0">
+            <w:r w:rsidRPr="004B66D7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Response</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="034CAA19" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2F264172" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00FA16EE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+          </w:tcPr>
+          <w:p w14:paraId="2F264172" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004B66D7" w:rsidRDefault="007A5977" w:rsidP="004B66D7">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA16EE">
+            <w:r w:rsidRPr="004B66D7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="33BEC38D" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28A1A05A" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0040027F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B915591" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="718C7058" w14:textId="53CD5DE1" w:rsidR="007A5977" w:rsidRPr="001E4ED0" w:rsidRDefault="004B66D7" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="_Section_H_Statutory" w:history="1">
+              <w:r w:rsidR="007A5977" w:rsidRPr="004B66D7">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Go to Section H</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="0625F7F2" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3860BB22" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71F7E90E" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EB4B8E5" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="001E4ED0" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Tell us why in the next table</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="79A5AEB7" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="If the previous bond loan hasn't been repaid, tell us why"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9072"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A5977" w14:paraId="1EC32CD3" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="131"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="642C9E56" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>If no, tell us why:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="235E5F27" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="2558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="409B5D7D" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76750D5E" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="76750D5E" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00797F7B">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="038EC3D1" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="00C27DA1" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Section_H_Statutory"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="0025524E">
         <w:lastRenderedPageBreak/>
         <w:t>Se</w:t>
       </w:r>
       <w:r>
         <w:t>ction H Statutory declaration to be signed by all applicants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16FAD55C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+    <w:p w14:paraId="16FAD55C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007206C9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Consent to be signed by all applicants </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FD7F93F" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t>Before checking the box below, please read the following text:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B81C307" w14:textId="2969D16B" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="0025524E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:t xml:space="preserve">A person who wilfully provides false information to the Department </w:t>
       </w:r>
       <w:r w:rsidR="00391B51">
         <w:t>of Families, Fairness and Housing</w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
-        <w:t xml:space="preserve"> in order to obtain a bond loan may be liable for penalties under Section 40 of the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00022918">
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00022918">
+        <w:t xml:space="preserve"> obtain a bond loan may be liable for penalties under Section 40 of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED47CD">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Housing Act 1983</w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:t xml:space="preserve"> (VIC). Furthermore, any person or persons making a false declaration are liable to the penalties of perjury under the</w:t>
       </w:r>
       <w:r w:rsidRPr="006014EE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Evidence (Miscellaneous Provisions) Act 1958 (VIC) </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:t>which may include imprisonment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C238E8E" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
+    <w:p w14:paraId="0C238E8E" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007206C9" w:rsidRDefault="007A5977" w:rsidP="008568CB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:rPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00D82733">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>applicant</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D2056E">
+      </w:pPr>
+      <w:r w:rsidRPr="007206C9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FE4394">
+        <w:t xml:space="preserve">Household applicant </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4394" w:rsidRPr="007206C9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9074" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Statutory declaration - second applicant. Insert full name and address"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6522"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A5977" w14:paraId="214AAFCA" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B209B1A" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CEB1328" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="63710647" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49468C15" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Of (current address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3278E835" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="471BC866" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="020AC782" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Suburb or town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72948769" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="546E079C" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FE3C833" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30840985" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="3A838E61" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C26D2C7" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1870CD60" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63F9E30C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
+    <w:p w14:paraId="63F9E30C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007206C9" w:rsidRDefault="007A5977" w:rsidP="008568CB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007802A8">
+      <w:r w:rsidRPr="007206C9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Household appli</w:t>
       </w:r>
-      <w:r w:rsidRPr="00176E4D">
+      <w:r w:rsidRPr="007206C9">
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="007802A8">
+      <w:r w:rsidRPr="007206C9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ant </w:t>
       </w:r>
-      <w:r w:rsidR="00FE4394">
+      <w:r w:rsidR="00FE4394" w:rsidRPr="007206C9">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9074" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Statutory declaration - third applicant. Insert full name and address"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6522"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A5977" w14:paraId="067E9D62" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04882BF7" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="770B45B8" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="63B8C191" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42685DB1" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Of (current address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38DF25C5" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="444C857C" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41E6D10F" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Suburb or town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EEF102E" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="062F43D3" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46A9B88B" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="781985CF" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="37D81B38" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E499F3C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="496EB9BB" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7898F67A" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1F349CEF" w14:textId="5B93AFDD" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbodyaftertablefigure"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To the Department of </w:t>
       </w:r>
       <w:r w:rsidR="00391B51">
         <w:t>Families, Fairness and Housing</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t>, 50 Lonsdale Street, Melbourne 3000</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407544FB" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00D75EE1" w:rsidRDefault="007A5977" w:rsidP="006A258E">
+    <w:p w14:paraId="407544FB" w14:textId="1BCE41D8" w:rsidR="007A5977" w:rsidRPr="00D75EE1" w:rsidRDefault="007A5977" w:rsidP="006A258E">
       <w:pPr>
         <w:pStyle w:val="DHHSnumberdigit"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I, ACKNOWLEDGE</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> that the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">bond </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve">money paid on my behalf to the estate agent or landlord is a loan </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">advanced by the </w:t>
       </w:r>
+      <w:r w:rsidR="00EB04D5">
+        <w:t>Department of Families, Fairness and</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D75EE1">
-        <w:t>Director of Housing to me.</w:t>
+        <w:t xml:space="preserve"> Housing to me.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DE427F3" w14:textId="5120353D" w:rsidR="007A5977" w:rsidRPr="00D75EE1" w:rsidRDefault="007A5977" w:rsidP="006A258E">
       <w:pPr>
         <w:pStyle w:val="DHHSnumberdigit"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I, ACKNOWLEDGE</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> that all applicants are jointly</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, individually or </w:t>
       </w:r>
       <w:r w:rsidR="00391B51">
         <w:t>separately</w:t>
       </w:r>
       <w:r w:rsidR="00391B51" w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> liable</w:t>
       </w:r>
@@ -14963,87 +14827,87 @@
       </w:r>
       <w:r w:rsidR="00391B51">
         <w:t>Families, Fairness and Housing</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r>
         <w:t>voucher</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">bond </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t>money if the tenancy of the rented premises does not proceed, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="582FCAAC" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00D75EE1" w:rsidRDefault="007A5977" w:rsidP="006A258E">
       <w:pPr>
         <w:pStyle w:val="DHHSbullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00D75EE1">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">to participate in any legal proceedings for the recovery of the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">bond </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t>money.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C7F0CD0" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="006A258E">
       <w:pPr>
         <w:pStyle w:val="DHHSnumberdigit"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I, ACKNOWLEDGE</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> that I have understood the inst</w:t>
       </w:r>
       <w:r>
         <w:t>ructions and information given in this application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="711B69B7" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="006A258E">
       <w:pPr>
         <w:pStyle w:val="DHHSnumberdigit"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I, DECLARE</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> that to the best of my knowledge, all the information in this application for a </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">bond loan has </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t>been provided</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75EE1">
         <w:t xml:space="preserve"> and that the information I have provided is true and correct.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43B38FBC" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A9DFBAF" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
@@ -15073,107 +14937,103 @@
         <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert full name of second applicant and sign by hand"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="09C943B1" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="524310A3" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t>Print fu</w:t>
             </w:r>
             <w:r w:rsidR="00FE4394">
               <w:t>ll name of Household applicant 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71E21840" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="108A0CD1" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="822"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09369B45" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0070224F" w:rsidRDefault="007A5977" w:rsidP="00FE4394">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0070224F">
               <w:t xml:space="preserve">Signature of Household applicant </w:t>
             </w:r>
             <w:r w:rsidR="00FE4394">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0EEF61DD" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -15191,896 +15051,948 @@
         <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Insert full name of third applicant and sign by hand"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="0284F14F" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E7659D2" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00FE4394">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t xml:space="preserve">Print full name of Household applicant </w:t>
             </w:r>
             <w:r w:rsidR="00FE4394">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D60B822" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="3B00814C" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="820"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="412A080A" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00FE4394">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t xml:space="preserve">Signature of Household applicant </w:t>
             </w:r>
             <w:r w:rsidR="00FE4394">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="04834526" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D6D06D2" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
-      <w:pPr>
+    <w:p w14:paraId="1D6D06D2" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00797F7B" w:rsidRDefault="007A5977" w:rsidP="00797F7B">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAB6154" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00D2056E" w:rsidRDefault="007A5977" w:rsidP="007A5977">
+    <w:p w14:paraId="7AAB6154" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="008568CB" w:rsidRDefault="007A5977" w:rsidP="008568CB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs w:val="0"/>
-          <w:color w:val="auto"/>
-          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D2056E">
+      <w:r w:rsidRPr="008568CB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
+          <w:bCs w:val="0"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Witnessed before me</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC1D8D1" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00E87411" w:rsidRDefault="007A5977" w:rsidP="007A5977">
+    <w:p w14:paraId="1BC1D8D1" w14:textId="169CB2AF" w:rsidR="007A5977" w:rsidRPr="00797F7B" w:rsidRDefault="007A5977" w:rsidP="00797F7B">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC1B39">
+      <w:r w:rsidRPr="00797F7B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">The authorised witness must print </w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00BC1B39">
+        <w:t xml:space="preserve">The authorised witness must print their name, address and title under section 107A of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00797F7B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Evidence (Miscellaneous Provisions) Act 1958 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC1B39">
+        <w:t>Evidence (Miscellaneous Provisions) Act 1958 (VIC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00797F7B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">(VIC) (as of 1 January 2010), (previously the </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> (as of 1 January 2010), (previously the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00797F7B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Evidence Act 1958 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC1B39">
+        <w:t>Evidence Act 1958 (VIC</w:t>
+      </w:r>
+      <w:r w:rsidR="00797F7B" w:rsidRPr="00797F7B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>(VIC).</w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00797F7B">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76A782CB" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
+    <w:p w14:paraId="76A782CB" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00797F7B" w:rsidRDefault="007A5977" w:rsidP="00797F7B">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00797F7B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">They </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E87411">
+        <w:t>They may include a Justice of the Peace, police officer, court registrar, bank manager, medical practitioner, dentist or housing services officer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1351A0C8" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004E4C6E" w:rsidRDefault="007A5977" w:rsidP="004E4C6E">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9215" w:type="dxa"/>
         <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Witness details. Insert full name, address, Authorised title, date and location witnessed. Sign by hand."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="6947"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A5977" w14:paraId="24AF8723" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D91D606" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1ECC74F4" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="25156835" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="924"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CE02307" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3DACB12A" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="53FDA353" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="414B8BD3" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A3FFDF0" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="73E9684C" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="446F7767" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03447281" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="1648CC4D" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C53169C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A9737E9" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="4EEC3F7A" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01D253C2" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Authorised title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CE3EC46" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="46085803" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="584C1A70" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A9F22D6" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00E6379B" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="1A1D7B49" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49255710" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>At</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3889D0D6" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00E6379B" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w14:paraId="2BEACCC7" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="780F5551" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00022918" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00022918">
               <w:t>in Victoria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F48EE4C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00E6379B" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69BEA8CF" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
-[...10 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="69BEA8CF" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004E4C6E" w:rsidRDefault="007A5977" w:rsidP="004E4C6E">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E4C6E">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="525F0815" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0025524E" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Section_I_–"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="12" w:name="_Section_I_–"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="0025524E">
         <w:lastRenderedPageBreak/>
-        <w:t>Section I – Centrelink Confirmation eServices</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> (CCeS)</w:t>
+        <w:t xml:space="preserve">Section I – Centrelink Confirmation </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0025524E">
+        <w:t>eServices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22C5E346" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:t>If you or any household member 18 years or over wish to use Centrelink Confirmation eServices (CCeS) to tell us about your income and assets, then please read the following information and sign the consent form.</w:t>
+        <w:t xml:space="preserve">If you or any household member 18 years or over wish to use Centrelink Confirmation </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>eServices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) to tell us about your income and assets, then please read the following information and sign the consent form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CACBF83" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
-      <w:r>
-        <w:t>CCeS is an online service that allows us to obtain information directly from Centrelink.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> is an online service that allows us to obtain information directly from Centrelink.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A3BB838" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
-        <w:t>We recommend that you use CCeS if you are a Centrelink customer as we periodically require up-to-date information about your income and assets to confirm your eligibility for housing services.</w:t>
+        <w:t xml:space="preserve">We recommend that you use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> if you are a Centrelink customer as we periodically require up-to-date information about your income and assets to confirm your eligibility for housing services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5016F597" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
-      <w:r>
-        <w:t>CCeS has strict privacy and security standards. We must have your consent before we can obtain information about you from Centrelink.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> has strict privacy and security standards. We must have your consent before we can obtain information about you from Centrelink.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BD87301" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">You and your household members can provide consent by signing the </w:t>
       </w:r>
       <w:r w:rsidRPr="00773363">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Consent to use CCeS</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Consent to use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00773363">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and marking the </w:t>
       </w:r>
       <w:r w:rsidRPr="00773363">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Income confirmation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> box with an X.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59C0BC56" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="008D3226">
         <w:t xml:space="preserve">Once you have signed the consent form and </w:t>
       </w:r>
       <w:r>
         <w:t>marked</w:t>
       </w:r>
       <w:r w:rsidRPr="008D3226">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00773363">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Income confirmation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>’ with an X</w:t>
       </w:r>
       <w:r w:rsidRPr="008D3226">
-        <w:t xml:space="preserve">, we can use CCeS to obtain information about your income and assets directly from Centrelink. This means you will not need to tell us about your income or assets (apart from lump sum payments). This will make it easier for you and quicker for us to assess your eligibility for </w:t>
+        <w:t xml:space="preserve">, we can use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D3226">
+        <w:t>CCeS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D3226">
+        <w:t xml:space="preserve"> to obtain information about your income and assets directly from Centrelink. This means you will not need to tell us about your income or assets (apart from lump sum payments). This will make it easier for you and quicker for us to assess your eligibility for </w:t>
       </w:r>
       <w:r>
         <w:t>housing services</w:t>
       </w:r>
       <w:r w:rsidRPr="008D3226">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52061A50" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00087C2A" w:rsidRDefault="007A5977" w:rsidP="007A5977">
+    <w:p w14:paraId="24456446" w14:textId="77777777" w:rsidR="00291BB1" w:rsidRPr="00087C2A" w:rsidRDefault="00291BB1" w:rsidP="00291BB1">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">More </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00022918">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>information about CCeS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> is available on </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:t>Centrelink’s website</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D74533">
-        <w:t>https://www.humanservices.gov.au/individuals/services/centrelink/centrelink-confirmation-eservices</w:t>
+      <w:r w:rsidRPr="00A91F5F">
+        <w:t>https://www.servicesaustralia.gov.au/centrelink-confirmation-eservices-cces</w:t>
       </w:r>
       <w:r>
         <w:t>&gt;.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F2C5E8E" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00FA59CC" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA59CC">
         <w:t xml:space="preserve">Consent to use Centrelink </w:t>
       </w:r>
       <w:r w:rsidRPr="00176E4D">
         <w:t>Confirmation</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA59CC">
-        <w:t xml:space="preserve"> eServices</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA59CC">
+        <w:t>eServices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="74345236" w14:textId="0B4E75D0" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
+    <w:p w14:paraId="74345236" w14:textId="3E988814" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> authorise the Australian Government Department of Human Services (Centrelink) to provide the Victorian Department </w:t>
+        <w:t xml:space="preserve"> authorise </w:t>
+      </w:r>
+      <w:r w:rsidR="00E304A6">
+        <w:t>Services Australia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Centrelink) to provide the Victorian Department </w:t>
       </w:r>
       <w:r w:rsidR="00391B51">
         <w:t>of Families, Fairness and Housing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (the department) with the results of the enquiries </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> have indicated below in order to enable the department to determine if </w:t>
+        <w:t xml:space="preserve"> have indicated below </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> enable the department to determine if </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> qualify for one or more of its housing services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1642DFA6" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> understand that the information provided by Centrelink to the department may contain the following:</w:t>
@@ -16150,51 +16062,59 @@
       </w:pPr>
       <w:r>
         <w:t>income from sources other than Centrelink</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="517F6B2C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbulletindent"/>
       </w:pPr>
       <w:r>
         <w:t>assets.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="203F4B48" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> authorise the department to use Centrelink Confirmation eServices to perform a Centrelink enquiry of </w:t>
+        <w:t xml:space="preserve"> authorise the department to use Centrelink Confirmation </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>eServices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to perform a Centrelink enquiry of </w:t>
       </w:r>
       <w:r w:rsidRPr="0062554A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>my/our</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Centrelink income, asset and payment details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3737C9E5" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> understand this consent, once signed, remains valid while </w:t>
@@ -16253,1195 +16173,1147 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> consent or do not alternatively provide proof of </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>my/our</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> circumstances or details, </w:t>
       </w:r>
       <w:r w:rsidRPr="00022918">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I/we</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> may not be eligible for the service provided by the department.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C6878B7" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7C6878B7" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004E4C6E" w:rsidRDefault="007A5977" w:rsidP="004E4C6E">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EEBEECE" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0062554A" w:rsidRDefault="00275D30" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Household </w:t>
       </w:r>
       <w:r w:rsidR="003C022D">
         <w:t>applicant</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 4</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Primary applicant consent to use Centrelink Confirmation eServices. Insert Full name, address, CRN. Mark 'Incomne confirmation' with X to confirm. Sign by hand and date."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
-        <w:gridCol w:w="567"/>
-        <w:gridCol w:w="5811"/>
+        <w:gridCol w:w="6378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A5977" w14:paraId="7FE9F9B3" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="7FE9F9B3" w14:textId="77777777" w:rsidTr="008C0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C352515" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DDC8513" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="6C53C323" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="6C53C323" w14:textId="77777777" w:rsidTr="008C0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E1D3306" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="006013EC" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Da</w:t>
             </w:r>
             <w:r w:rsidR="004C7596">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>e of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513B55B4" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="399410F9" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="399410F9" w14:textId="77777777" w:rsidTr="008C0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6472135E" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="006013EC" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="075DEE85" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="34"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="1CD8C81E" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="1CD8C81E" w14:textId="77777777" w:rsidTr="008C0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="005C0431" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="006013EC" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Suburb</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> or t</w:t>
             </w:r>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65197635" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="33846806" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="33846806" w14:textId="77777777" w:rsidTr="008C0657">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4381E83C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="006013EC" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69B72E9F" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="5817F992" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="5817F992" w14:textId="77777777" w:rsidTr="008C0657">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="799774FC" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="426FDA56" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="19782B66" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="19782B66" w14:textId="77777777" w:rsidTr="008C0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2ACE3832" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="006013EC" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Centrelink Reference Number (CRN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="444EAE0E" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="79AC86EB" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="79AC86EB" w14:textId="77777777" w:rsidTr="008C0657">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="5811" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3225B981" w14:textId="143E7AE1" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve">Income </w:t>
             </w:r>
             <w:r w:rsidR="00391B51">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>confirmation (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B77D7D">
+            <w:r w:rsidRPr="007206C9">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:color w:val="7030A0"/>
               </w:rPr>
               <w:t>Mark with X)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C4A4E58" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w:rsidRPr="00FD3E74" w14:paraId="34E6A640" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w:rsidRPr="00FD3E74" w14:paraId="34E6A640" w14:textId="77777777" w:rsidTr="008C0657">
         <w:trPr>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AC0D670" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00FD3E74" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD3E74">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="02EF6447" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00B77D7D" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B77D7D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="20D4F6A9" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="20D4F6A9" w14:textId="77777777" w:rsidTr="008C0657">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F84B069" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="006013EC" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70705760" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="250783BE" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0062554A" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="0062554A">
         <w:t xml:space="preserve">Household applicant </w:t>
       </w:r>
       <w:r w:rsidR="00275D30">
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Second applicant consent to use Centrelink Confirmation eServices. Insert Full name, address, CRN. Mark 'Incomne confirmation' with X to confirm. Sign by hand and date."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
-        <w:gridCol w:w="567"/>
-        <w:gridCol w:w="5811"/>
+        <w:gridCol w:w="6378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A5977" w14:paraId="3CBE7F7F" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="3CBE7F7F" w14:textId="77777777" w:rsidTr="008C0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C55DB67" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74CECDEA" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="7CC151CE" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="7CC151CE" w14:textId="77777777" w:rsidTr="008C0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="732DFDC8" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="006013EC" w:rsidRDefault="004C7596" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Dat</w:t>
             </w:r>
             <w:r w:rsidR="007A5977">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>e of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="466DC8E8" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="06CF7195" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="06CF7195" w14:textId="77777777" w:rsidTr="008C0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F6C50C3" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="006013EC" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1963054F" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="34"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="13ADD81C" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="13ADD81C" w14:textId="77777777" w:rsidTr="008C0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F451859" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="006013EC" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Suburb</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> or t</w:t>
             </w:r>
             <w:r w:rsidRPr="000C2A2E">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78C40983" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="3A0B57B7" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="3A0B57B7" w14:textId="77777777" w:rsidTr="008C0657">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F4864D8" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="006013EC" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67516E8F" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="1B4DA6B5" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="1B4DA6B5" w14:textId="77777777" w:rsidTr="008C0657">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6030D34E" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C2750A5" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="651DE66A" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="651DE66A" w14:textId="77777777" w:rsidTr="008C0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D011C4A" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="006013EC" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Centrelink Reference Number (CRN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EA6EEA3" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="10D236B2" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="10D236B2" w14:textId="77777777" w:rsidTr="008C0657">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="5811" w:type="dxa"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="471D4C72" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve">Income confirmation </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B77D7D">
+            <w:r w:rsidRPr="007206C9">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
-                <w:color w:val="7030A0"/>
               </w:rPr>
               <w:t>(Mark with X)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A0A8662" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w:rsidRPr="00FA59CC" w14:paraId="42C076DB" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w:rsidRPr="00FA59CC" w14:paraId="42C076DB" w14:textId="77777777" w:rsidTr="008C0657">
         <w:trPr>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B88FD03" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00FD3E74" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD3E74">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="015F5EB2" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00B77D7D" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B77D7D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Please sign by hand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w14:paraId="2D4FDD4E" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w14:paraId="2D4FDD4E" w14:textId="77777777" w:rsidTr="008C0657">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C9C7F22" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="006013EC" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AC61CE8" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6BE9B7D3" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6BE9B7D3" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="004E4C6E">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="003E063A" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="0025524E" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00D82733">
         <w:lastRenderedPageBreak/>
         <w:t>Checklist</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66819A30" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="007A5977">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714E7">
@@ -17522,659 +17394,667 @@
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7D443807" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Item</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D265430" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="027881CB" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>Mark with X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="4BD2C8A0" w14:textId="77777777" w:rsidTr="00B91850">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="07BB024F" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
               <w:t>Section F</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C54327E" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
               <w:t>Other applicants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3521E28B" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
               <w:t>ompleted details about other members of your household who are applying f</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">or this bond loan in Section F. </w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
               <w:t>(Do not include details of dependants here, except where asked.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FFCAF02" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="16F5FDFD" w14:textId="77777777" w:rsidTr="00B91850">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7067875A" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Section F: ID and residency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EC070BF" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Provided their proof of identity and residency status if they are not born in Australia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47B21C57" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="2E49C3CB" w14:textId="77777777" w:rsidTr="00B91850">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="761D9837" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
-              <w:t>Section F: CCeS</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Section F: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>CCeS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="686576DB" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Asked them, and they have c</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
-              <w:t>ompleted the consent form in Section I if they wish to use Centrelink Confirmation eServices</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ompleted the consent form in Section I if they wish to use Centrelink Confirmation </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00795C82">
+              <w:t>eServices</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="178D9996" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="7BE78439" w14:textId="77777777" w:rsidTr="00B91850">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5EE91457" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Section F: Income and assets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EBE4664" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
               <w:t>rovided details of their income and assets and the documents we ask for</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="549F3CAC" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="62924B17" w14:textId="77777777" w:rsidTr="00EB6E4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7BC87491" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
               <w:t>Section G</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="542CD43D" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
               <w:t>Current or previous assistance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56D701D9" w14:textId="6997BCCA" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
               <w:t>ompleted Section G about current or previous assistance that you or anyone else included in this application have received</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> from the Department of </w:t>
             </w:r>
             <w:r w:rsidR="00391B51">
               <w:t>Families, Fairness and Housing</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="116ECBEF" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="3D11FDA3" w14:textId="77777777" w:rsidTr="00EB6E4B">
-[...143 lines deleted...]
-      <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="30CFA1DD" w14:textId="77777777" w:rsidTr="00EB6E4B">
+      <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="3D11FDA3" w14:textId="77777777" w:rsidTr="004E4C6E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39ADF2FC" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+          <w:p w14:paraId="2157A532" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
-              <w:t>Section I</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="614F8AD5" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+              <w:t>Section H</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A6941F6" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004714E7">
-              <w:t>Centrelink Confirmation eServices</w:t>
+              <w:t>Statutory declaration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="438DECB0" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00795C82" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+          </w:tcPr>
+          <w:p w14:paraId="73144930" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00795C82" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>And</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795C82">
+              <w:t xml:space="preserve"> all the </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795C82">
+              <w:t>people applying for this bond loan</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, have</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795C82">
+              <w:t xml:space="preserve"> signed the declaration in Section H</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C48B9EF" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="45CBE21B" w14:textId="77777777" w:rsidTr="004E4C6E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="763C1AC5" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004714E7">
+              <w:t>Section H: Witness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7ADBFF7C" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00795C82" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Had </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795C82">
+              <w:t xml:space="preserve">the declaration signed before an authorised witness, and the authorised witness </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">has </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795C82">
+              <w:t>provided their name, address, title and signature</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64E52511" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A5977" w:rsidRPr="007E2CDE" w14:paraId="30CFA1DD" w14:textId="77777777" w:rsidTr="00EB6E4B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39ADF2FC" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004714E7">
+              <w:t>Section I</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="614F8AD5" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="004714E7" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
+            <w:pPr>
+              <w:pStyle w:val="DHHStabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004714E7">
+              <w:t xml:space="preserve">Centrelink Confirmation </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004714E7">
+              <w:t>eServices</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="438DECB0" w14:textId="0598913B" w:rsidR="007A5977" w:rsidRPr="00795C82" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
-              <w:t>ompleted and signed the consent form in Section I</w:t>
+              <w:t xml:space="preserve">ompleted and signed the consent form in Section </w:t>
+            </w:r>
+            <w:r w:rsidR="002B78D3" w:rsidRPr="00795C82">
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="002B78D3">
+              <w:t xml:space="preserve"> and</w:t>
             </w:r>
             <w:r>
-              <w:t>, and so have</w:t>
+              <w:t xml:space="preserve"> so have</w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
               <w:t xml:space="preserve"> all </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="00795C82">
-              <w:t>applicants who want to use Centrelink Confirmation eServices</w:t>
-            </w:r>
+              <w:t xml:space="preserve">applicants who want to use Centrelink Confirmation </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00795C82">
+              <w:t>eServices</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36BDF793" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="007E2CDE" w:rsidRDefault="007A5977" w:rsidP="00EB6E4B">
             <w:pPr>
               <w:pStyle w:val="DHHStabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28815E7F" w14:textId="77777777" w:rsidR="007A5977" w:rsidRDefault="007A5977" w:rsidP="007A5977">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="28815E7F" w14:textId="77777777" w:rsidR="007A5977" w:rsidRPr="00673D07" w:rsidRDefault="007A5977" w:rsidP="00673D07">
+      <w:pPr>
+        <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
-      </w:r>
-[...7 lines deleted...]
-        <w:t>More information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22C13805" w14:textId="77777777" w:rsidR="00D74533" w:rsidRPr="0025524E" w:rsidRDefault="00D74533" w:rsidP="004714E7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="004714E7">
+        <w:lastRenderedPageBreak/>
         <w:t>Information</w:t>
       </w:r>
       <w:r w:rsidRPr="0025524E">
         <w:t xml:space="preserve"> privacy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="698EE7FD" w14:textId="7D327B8E" w:rsidR="00D74533" w:rsidRDefault="00D74533" w:rsidP="00D74533">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Department of </w:t>
       </w:r>
       <w:r w:rsidR="00391B51">
         <w:t>Families, Fairness and Housing</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> is committed to protecting the privacy of your personal information. Personal information is information which directly or indirectly identifies a person. We need to collect and handle your personal information in order to be able to process your application. All the information you give us will be handled in accordance with the </w:t>
+        <w:t xml:space="preserve"> is committed to protecting the privacy of your personal information. Personal information is information which directly or indirectly identifies a person. We need to collect and handle your personal information </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> be able to process your application. All the information you give us will be handled in accordance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="004D3FE6">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:iCs w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Privacy and Data Protection Act 2014</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidRPr="004D3FE6">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:iCs w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Health Records Act 2001</w:t>
@@ -18204,374 +18084,386 @@
           <w:rStyle w:val="Emphasis"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:iCs w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Freedom of Information Act 1982</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or through the </w:t>
       </w:r>
       <w:r w:rsidRPr="004D3FE6">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Privacy and Data Protection Act 2014</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2056E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C6C9B9" w14:textId="56BB60C3" w:rsidR="003C6AA7" w:rsidRDefault="00D74533" w:rsidP="003C6AA7">
+    <w:p w14:paraId="76C6C9B9" w14:textId="077BA91D" w:rsidR="003C6AA7" w:rsidRDefault="00D74533" w:rsidP="003C6AA7">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For information about Freedom of Information requests, call 1300 </w:t>
       </w:r>
       <w:r w:rsidR="00E72085">
         <w:t>475</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 17</w:t>
       </w:r>
       <w:r w:rsidR="00E72085">
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidR="003C6AA7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="003C6AA7" w:rsidRPr="003C6AA7">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00291BB1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>make an online FOI request</w:t>
+          <w:t>make a FOI request</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C6AA7">
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="003C6AA7" w:rsidRPr="003C6AA7">
-        <w:t>http://www.foi.vic.gov.au/home/how+to+apply/making+a+request/making+an+online+request</w:t>
+      <w:r w:rsidR="00291BB1" w:rsidRPr="00291BB1">
+        <w:t xml:space="preserve"> https://www.dffh.vic.gov.au/making-freedom-information-request</w:t>
       </w:r>
       <w:r w:rsidR="00F133F1">
         <w:t>&gt;.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4335AA41" w14:textId="06E527EC" w:rsidR="00D74533" w:rsidRDefault="00D74533" w:rsidP="003C6AA7">
+    <w:p w14:paraId="4335AA41" w14:textId="0F043B3F" w:rsidR="00D74533" w:rsidRDefault="00D74533" w:rsidP="003C6AA7">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t>For further information about privac</w:t>
       </w:r>
       <w:r w:rsidR="00717967">
         <w:t xml:space="preserve">y, call 1300 884 706 or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00A058B7" w:rsidRPr="00A058B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>email our Privacy team</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A058B7" w:rsidRPr="00482C83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00717967">
         <w:t>&lt;</w:t>
       </w:r>
       <w:r w:rsidR="00A058B7">
         <w:t>privacy@dffh.vic.gov.au</w:t>
       </w:r>
       <w:r w:rsidR="00717967">
         <w:t>&gt;.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD156C0" w14:textId="77777777" w:rsidR="00CA0A81" w:rsidRDefault="00CA0A81" w:rsidP="00CA0A81">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>More information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FA0D79" w14:textId="77777777" w:rsidR="0008479E" w:rsidRDefault="0008479E" w:rsidP="0008479E">
+    <w:p w14:paraId="4D6F8897" w14:textId="5742CFD4" w:rsidR="00291BB1" w:rsidRDefault="00291BB1" w:rsidP="00291BB1">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:r w:rsidR="004D3FE6" w:rsidRPr="004D3FE6">
+      <w:bookmarkStart w:id="13" w:name="_Hlk215838402"/>
+      <w:r>
+        <w:t xml:space="preserve">To find out about housing options, visit the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="004D3FE6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Housing.vic website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> &lt;</w:t>
       </w:r>
       <w:r w:rsidRPr="0014604D">
-        <w:t>http://www.housing.vic.gov.au</w:t>
+        <w:t>http</w:t>
+      </w:r>
+      <w:r w:rsidR="00673D07">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014604D">
+        <w:t>://www.housing.vic.gov.au</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">&gt; or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="004D70CC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>contact your local housing office</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> online &lt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA0A81">
-        <w:t>http://www.housing.vic.gov.au/contact-a-housing-office</w:t>
+      <w:r w:rsidRPr="00291BB1">
+        <w:t>https://www.housing.vic.gov.au/contact-a-housing-office</w:t>
       </w:r>
       <w:r>
         <w:t>&gt;.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E38909" w14:textId="77777777" w:rsidR="0008479E" w:rsidRDefault="0008479E" w:rsidP="0008479E">
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w14:paraId="1E830B7F" w14:textId="77777777" w:rsidR="00291BB1" w:rsidRDefault="00291BB1" w:rsidP="00291BB1">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="080D1350" w14:textId="20392DAD" w:rsidR="0008479E" w:rsidRPr="00254F58" w:rsidRDefault="0008479E" w:rsidP="0008479E">
+    <w:p w14:paraId="1AA095C0" w14:textId="6DF4655C" w:rsidR="00673D07" w:rsidRDefault="00291BB1" w:rsidP="00291BB1">
       <w:pPr>
         <w:pStyle w:val="DHHSaccessibilitypara"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r w:rsidRPr="00254F58">
         <w:t xml:space="preserve">To receive this publication in </w:t>
       </w:r>
       <w:r w:rsidRPr="00770F37">
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidRPr="00254F58">
         <w:t xml:space="preserve"> accessible format </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidR="00ED56BF" w:rsidRPr="00ED56BF">
+      <w:r w:rsidRPr="00673D07">
+        <w:t xml:space="preserve">email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00673D07" w:rsidRPr="009D426E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>email Housing Business Support</w:t>
+          <w:t>PolicyAndGuidelines@homes.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>&gt;.</w:t>
+      <w:r w:rsidR="00673D07">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78AA8CE5" w14:textId="77777777" w:rsidR="0008479E" w:rsidRPr="00254F58" w:rsidRDefault="0008479E" w:rsidP="0008479E">
+    <w:p w14:paraId="78AA8CE5" w14:textId="5523DE8B" w:rsidR="0008479E" w:rsidRPr="00254F58" w:rsidRDefault="0008479E" w:rsidP="00673D07">
+      <w:pPr>
+        <w:pStyle w:val="DHHSaccessibilitypara"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254F58">
+        <w:t>Authorised and published by the Victorian Governmen</w:t>
+      </w:r>
+      <w:r>
+        <w:t>t, 1 Treasury Place, Melbourne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EC2D2B" w14:textId="5C1C04DA" w:rsidR="0008479E" w:rsidRPr="00254F58" w:rsidRDefault="0008479E" w:rsidP="004D3FE6">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r w:rsidRPr="00254F58">
-        <w:t>Authorised and published by the Victorian Governmen</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00254F58">
         <w:t xml:space="preserve">© State of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Victoria, Department of </w:t>
       </w:r>
       <w:r w:rsidR="00ED56BF">
         <w:t>Families, Fairness and Housing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidR="00291BB1">
+        <w:t>December</w:t>
+      </w:r>
       <w:r w:rsidR="00ED56BF">
-        <w:t>April 2022</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00291BB1">
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C8DADC1" w14:textId="77777777" w:rsidR="0008479E" w:rsidRPr="00254F58" w:rsidRDefault="0008479E" w:rsidP="0008479E">
+    <w:p w14:paraId="1C8DADC1" w14:textId="665AE3F1" w:rsidR="0008479E" w:rsidRPr="00254F58" w:rsidRDefault="0008479E" w:rsidP="0008479E">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00254F58">
         <w:rPr>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">Available </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00DC7770">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>Housing.vic’s Apply for a bond loan page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &lt;http://www.housing.vic.gov.au/apply-bond-loan&gt;.</w:t>
+        <w:t xml:space="preserve"> &lt;http</w:t>
+      </w:r>
+      <w:r w:rsidR="00673D07">
+        <w:rPr>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>://www.housing.vic.gov.au/apply-bond-loan&gt;.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="024F8482" w14:textId="77777777" w:rsidR="00C41436" w:rsidRPr="00586355" w:rsidRDefault="00C41436" w:rsidP="00176E4D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="024F8482" w14:textId="77777777" w:rsidR="00C41436" w:rsidRPr="00586355" w:rsidRDefault="00C41436" w:rsidP="00673D07">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00673D07">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00176BBF" w:rsidRPr="00176E4D">
         <w:lastRenderedPageBreak/>
         <w:t>Language Link</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F9B15F7" w14:textId="77777777" w:rsidR="00C41436" w:rsidRPr="00A70A87" w:rsidRDefault="00C41436" w:rsidP="003C6AA7">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>This publication is about housing. If you have difficulty reading English, you can get help with this publication. Please contact your local office or call Language Link on (03) 9328 0799 for an interpreter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA67B0D" w14:textId="77777777" w:rsidR="00FE4394" w:rsidRDefault="00C41436" w:rsidP="003C6AA7">
+    <w:p w14:paraId="3BA67B0D" w14:textId="77777777" w:rsidR="00FE4394" w:rsidRPr="00673D07" w:rsidRDefault="00C41436" w:rsidP="003C6AA7">
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1676E07B" wp14:editId="698E83F5">
             <wp:extent cx="6110641" cy="6194066"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:docPr id="54" name="Picture 9" descr="The text under 'Language Link' translated into English, Arabic, Simplified Chinese, Traditional Chinese, Croatian, Polish, Russian, Somali, Turkish and Vietnamese"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="Title: LanguageLink interpreter advice - Description: This publication is about the bond loan application. If you have difficulty reading English, you can get help with this publication. The text contains information in English, Arabic, Simplified Chinese, Traditional Chinese, Croatian, Polish, Russian, Somali, Turkish and Vietnamese. Please contact your local office or call Language Link on (03) 9328 0799 for an interpreter."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30">
+                    <a:blip r:embed="rId26">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="-55"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6112560" cy="6196012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -18585,376 +18477,212 @@
       <w:pPr>
         <w:pStyle w:val="DHHSbody"/>
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:rFonts w:eastAsia="Times" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C41436">
         <w:rPr>
           <w:color w:val="004EA8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00176E4D">
         <w:t>For other languages, an interpreter is available through your local office.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C41436" w:rsidRPr="003C6AA7" w:rsidSect="002A6DE7">
-      <w:footerReference w:type="even" r:id="rId31"/>
-      <w:footerReference w:type="default" r:id="rId32"/>
+      <w:footerReference w:type="even" r:id="rId27"/>
+      <w:footerReference w:type="default" r:id="rId28"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="510" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6854D6B7" w14:textId="77777777" w:rsidR="006B5693" w:rsidRDefault="006B5693">
+    <w:p w14:paraId="759168FE" w14:textId="77777777" w:rsidR="00DC50F4" w:rsidRDefault="00DC50F4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BC977AB" w14:textId="77777777" w:rsidR="006B5693" w:rsidRDefault="006B5693">
+    <w:p w14:paraId="52CD88C1" w14:textId="77777777" w:rsidR="00DC50F4" w:rsidRDefault="00DC50F4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
+    <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...164 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10B30684" w14:textId="17F777A6" w:rsidR="00C6793F" w:rsidRPr="00F65AA9" w:rsidRDefault="00C52633" w:rsidP="0051568D">
     <w:pPr>
       <w:pStyle w:val="DHHSfooter"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="0BB5CB43" wp14:editId="1AF6ED34">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="MSIPCMd7184c019ca650ded454fdf1" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
@@ -19000,145 +18728,144 @@
                               <w:color w:val="000000"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="0BB5CB43" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMd7184c019ca650ded454fdf1" o:spid="_x0000_s1026" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA44ua3qwIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB02Gmr7SbOa3WKLEO3&#10;AmkbIB16VvSIDdiiKimNs2H/fZQfadftNOwiUyTNx8ePurisq5I8SesK0BlNzmJKpOYgCr3L6Lf7&#10;qw8TSpxnWrAStMzoUTp6OX/75uJgZvIcciiFtASDaDc7mIzm3ptZFDmey4q5MzBSo1GBrZjHq91F&#10;wrIDRq/K6DyOR9EBrDAWuHQOtZ9bI5038ZWS3N8p5aQnZUaxNt+ctjm34YzmF2y2s8zkBe/KYP9Q&#10;RcUKjUlPoT4zz8jeFn+EqgpuwYHyZxyqCJQquGx6wG6S+FU3m5wZ2fSC4Dhzgsn9v7D89mltSSEy&#10;ioPSrMIR3Wyu18sbMU4mQx4nU85GaSykGKZDJVRCiZCOI4I/3j3uwX/8yly+BCHb22waD8fpZDBK&#10;3ndmWexy3xknQyRIZ3gohM87fTpNT/p1ybispO7/aV2uALy0rdwFuNZC1l2A9rO2RcXs8TevDTIA&#10;qdn59VXdg+k08SnxSqo+Jyp/BmYcjJshQBuDEPn6E9TI8F7vUBkGXitbhS+OkqAdOXY88UrWnnBU&#10;jtNRPEjQxNE2SJLxJA1houe/jXX+i4SKBCGjFqtu6MSeVs63rr1LSKbhqijLhrulJoeMjgZp3Pxw&#10;smDwUmOO0ENba5B8va27xrYgjtiXhXYnnOFXBSZfMefXzOISYL242P4OD1UCJoFOoiQH+/1v+uCP&#10;3EQrJQdcqoy6xz2zkpLyWiNrp8lwGLawuaBgX2q3vVbvqyXgviLXsKpGDL6+7EVloXrAvV+EbGhi&#10;mmPOjG57cenxhgZ8N7hcLBoZ980wv9Ibw0PoAGOA9L5+YNZ0uHuc2C30a8dmr+BvfdsBLPYeVNHM&#10;JgDbotnhjbvaTLd7V8Jj8PLeeD2/fvNfAAAA//8DAFBLAwQUAAYACAAAACEASA1emt8AAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3&#10;Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfufj7tnED5oMrpzhAom9LDJrq9SnRh3oW88&#10;70IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75wuO3kfRTF0uqG+EOte3yrsWh3J6tgtV3n&#10;pTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyUuxMZLzoFXCSwGkerGMTsL9cRT/msPT48&#10;gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA44ua3qwIAAEUFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAAUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="MSIPCMd7184c019ca650ded454fdf1" o:spid="_x0000_s1026" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdkot2FAIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0o2UmKbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDxzHYP0zRskZj&#10;03OpR+YZ2dvmj1Jtwy04kH7CoU1AyoaLuANuk6UfttnWzIi4C4LjzBkm9//K8qfD1rxY4vuv0COB&#10;AZDOuNyhM+zTS9uGL05KMI4QHs+wid4Tjs6b2TydZhjiGJtm2c3tLJRJLn8b6/w3AS0JRkEt0hLR&#10;YoeN80PqKSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7McFSqiOuJeFgXJn+LrB5hvm/Auz&#10;yDHOi7r1z3hIBdgERouSGuyvv/lDPkKPUUo61ExB3c89s4IS9V0jKXfZ9XUQWbygYd97y5NX79sH&#10;QDlm+DIMj2bI9epkSgvtG8p6FbphiGmOPQtanswHPygYnwUXq1VMQjkZ5jd6a3goHWAMkL72b8ya&#10;EXePjD3BSVUs/wD/kDsQsNp7kE3kJgA7oDnijVKM7I7PJmj9/T1mXR738jcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFMo&#10;gYY4FQJxQUIVperZiTc/TbyOYrdN3p7NCW67M6vZb9LNaDtxxsE3jhQsFxEIpMKZhioF+5+Pu2cQ&#10;PmgyunOECib0sMmur1KdGHehbzzvQiU4hHyiFdQh9ImUvqjRar9wPRJ7pRusDrwOlTSDvnC47eR9&#10;FMXS6ob4Q617fKuxaHcnq2C1XeelPLb2+DV9TlPTlof3vFTq9mZ8fQERcAx/xzDjMzpkzJS7Exkv&#10;OgVcJLAaR6sYxOwv1xFP+aw9PjyBzFL5v0P2CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJ2Si3YUAgAAJAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEgNXprfAAAACwEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="31881F0C" w14:textId="177FC15D" w:rsidR="00C52633" w:rsidRPr="00C52633" w:rsidRDefault="00C52633" w:rsidP="00C52633">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00C52633">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C6793F">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="1" layoutInCell="0" allowOverlap="1" wp14:anchorId="127CDAE9" wp14:editId="5DBF3041">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="1" layoutInCell="0" allowOverlap="1" wp14:anchorId="127CDAE9" wp14:editId="3AA6F05B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>828040</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9902825</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="6572885" cy="791210"/>
           <wp:effectExtent l="0" t="0" r="0" b="8890"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Picture 9"/>
+          <wp:docPr id="9" name="Picture 9" descr="Footer"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="9" name="Picture 9"/>
+                  <pic:cNvPr id="9" name="Picture 9" descr="Footer"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6572885" cy="791210"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03644326" w14:textId="47D1E60E" w:rsidR="00E72085" w:rsidRDefault="00C52633">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5A737469" wp14:editId="057D9761">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="MSIPCMa1044580a756fae70471698e" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -19183,84 +18910,83 @@
                               <w:color w:val="000000"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5A737469" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMa1044580a756fae70471698e" o:spid="_x0000_s1027" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRA678rQIAAE8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB02Gmr7SbOh1enyFJk&#10;K5C2AdKhZ0WWYwO2qEpK7W7Yfx9ly2nR7TTsIlMk/Ug+krq4bOuKPAltSpApjc5CSoTkkJXykNLv&#10;9+tPM0qMZTJjFUiR0mdh6OXi/buLRiXiHAqoMqEJgkiTNCqlhbUqCQLDC1EzcwZKSDTmoGtm8aoP&#10;QaZZg+h1FZyH4SRoQGdKAxfGoPaqN9JFh5/ngtu7PDfCkiqlmJvtTt2de3cGiwuWHDRTRcl9Guwf&#10;sqhZKTHoCeqKWUaOuvwDqi65BgO5PeNQB5DnJRddDVhNFL6pZlcwJbpakByjTjSZ/wfLb5+2mpQZ&#10;9g7pkazGHt3srrerGxaF43E8C9k0nuRMTMPxNJrMZ4KSTBiOFP788HgE+/kbM8UKMtHfkjn6xbPR&#10;JProzaI8FNYbZ2OcEG94KDNbeH08j0/6bcW4qIUc/uld1gBW6F72ANcyE60H8E6lNnbLDj4X77fD&#10;IcDp9J5DXvegvCY8hd6IfIiKyl9uOBplEuRop5Al236BFoka9AaVrudtrmv3xW4StCOPz6fREq0l&#10;HJVIYjhyFHO0jaJoOosdTPDyt8LcvwqoiRNSqjHrbqLY08bY3nVwccEkrMuq6sa3kqRJ6WQUh90P&#10;JwuCVxJjuBr6XJ1k233bN3yoYw/ZM5anod8Oo/jaEblhjkyN64Bp44rbOzzyCjAWeImSAvSPv+md&#10;P04pWilpcL1Sah6PTOP0VNcS53cejccIa7sLCvq1dj9o5bFeAW5uhI+I4p3ofG01iLmG+gFfgKWL&#10;hiYmOcZM6X4QVxZvaMAXhIvlspNx8xSzG7lT3EE7Nh2z9+0D08rTb7FxtzAsIEvedKH37fuwPFrI&#10;y65Fjt+eTU87bm3XZP/CuGfh9b3zenkHF78BAAD//wMAUEsDBBQABgAIAAAAIQBIDV6a3wAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFMogYY4FQJxQUIVperZiTc/TbyO&#10;YrdN3p7NCW67M6vZb9LNaDtxxsE3jhQsFxEIpMKZhioF+5+Pu2cQPmgyunOECib0sMmur1KdGHeh&#10;bzzvQiU4hHyiFdQh9ImUvqjRar9wPRJ7pRusDrwOlTSDvnC47eR9FMXS6ob4Q617fKuxaHcnq2C1&#10;XeelPLb2+DV9TlPTlof3vFTq9mZ8fQERcAx/xzDjMzpkzJS7ExkvOgVcJLAaR6sYxOwv1xFP+aw9&#10;PjyBzFL5v0P2CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJEDrvytAgAATwUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEgNXprfAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAABwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAATBgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="MSIPCMa1044580a756fae70471698e" o:spid="_x0000_s1027" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqG+r9FgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEWB&#10;IAngFDnTFGkRoLgsSVtyv75Lyi+kPRW9UMvd1T5mhrP7vtVkJ5xXYCpajHJKhOFQK7Op6I+35Zdb&#10;SnxgpmYajKjoXnh6P//8adbZUlxBA7oWjmAR48vOVrQJwZZZ5nkjWuZHYIXBoATXsoBXt8lqxzqs&#10;3ursKs+nWQeutg648B69j0OQzlN9KQUPL1J6EYiuKM4W0unSuY5nNp+xcuOYbRQ/jMH+YYqWKYNN&#10;T6UeWWBk69QfpVrFHXiQYcShzUBKxUXaAbcp8g/brBpmRdoFwfH2BJP/f2X5825lXx0J/VfokcAI&#10;SGd96dEZ9+mla+MXJyUYRwj3J9hEHwhH581kmo8LDHGMjYvi5nYSy2Tnv63z4ZuAlkSjog5pSWix&#10;3ZMPQ+oxJTYzsFRaJ2q0IV1Fp+NJnn44RbC4NtjjPGu0Qr/uiaov9lhDvcf1HAzMe8uXCmd4Yj68&#10;ModU49go3/CCh9SAveBgUdKA+/U3f8xHBjBKSYfSqaj/uWVOUKK/G+Tmrri+jlpLFzTcpXd99Jpt&#10;+wCoygIfiOXJjLlBH03poH1HdS9iNwwxw7FnRddH8yEMQsbXwcVikZJQVZaFJ7OyPJaOaEZk3/p3&#10;5uwB/oDEPcNRXKz8wMKQO/Cw2AaQKlEU8R3QPMCOikwkH15PlPzlPWWd3/j8NwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEgNXprfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;UyiBhjgVAnFBQhWl6tmJNz9NvI5it03ens0Jbrszq9lv0s1oO3HGwTeOFCwXEQikwpmGKgX7n4+7&#10;ZxA+aDK6c4QKJvSwya6vUp0Yd6FvPO9CJTiEfKIV1CH0iZS+qNFqv3A9EnulG6wOvA6VNIO+cLjt&#10;5H0UxdLqhvhDrXt8q7FodyerYLVd56U8tvb4NX1OU9OWh/e8VOr2Znx9ARFwDH/HMOMzOmTMlLsT&#10;GS86BVwksBpHqxjE7C/XEU/5rD0+PIHMUvm/Q/YLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA6hvq/RYCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEASA1emt8AAAALAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="0297AC38" w14:textId="7EA7CA74" w:rsidR="00C52633" w:rsidRPr="00C52633" w:rsidRDefault="00C52633" w:rsidP="00C52633">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00C52633">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="58201FFB" w14:textId="2E53CCF1" w:rsidR="00C6793F" w:rsidRPr="00A11421" w:rsidRDefault="00C52633" w:rsidP="0051568D">
     <w:pPr>
       <w:pStyle w:val="DHHSfooter"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="1" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5FE9FD49" wp14:editId="08A5653C">
               <wp:simplePos x="0" y="10189687"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="11" name="MSIPCM4cfb47408b916dc8ba9ba18d" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -19305,52 +19031,51 @@
                               <w:color w:val="000000"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5FE9FD49" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCM4cfb47408b916dc8ba9ba18d" o:spid="_x0000_s1028" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3+PrYsAIAAE0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB02Gmr7TydrE6RZchW&#10;IG0DpEPPsizHBmxRlZTG2bD/Pkq2067badjFpvhRfHwkdXnV1BV5EtqUIBMaXYSUCMkhK+U+od/u&#10;1x9iSoxlMmMVSJHQkzD0avH2zeVRzcUACqgyoQk6kWZ+VAktrFXzIDC8EDUzF6CERDAHXTOLR70P&#10;Ms2O6L2ugkEYToIj6Exp4MIY1H5uQbrw/vNccHuX50ZYUiUUc7P+q/03dd9gccnme81UUfIuDfYP&#10;WdSslBj07Oozs4wcdPmHq7rkGgzk9oJDHUCel1z4GrCaKHxVza5gSvhakByjzjSZ/+eW3z5tNSkz&#10;7F1EiWQ19uhmd71d3Yx4no6mozBOZ9Ek43HKZimL4oySTBiOFP5493gA+/ErM8UKMtGe5rNwNB3H&#10;w0n0voNFuS9sB8YjnJAOeCgzW3T68Wx81m8rxkUtZH+nNVkDWKFbuXNwLTPRdA7a31aXNdOn36x2&#10;OAI4m53doLt7D6rThOfAG5H3MVH5043GUZk5MrRTyJFtPkGDNPV6g0rX8SbXtftjLwniOGSn82CJ&#10;xhKOyul4Eg4jhDhiwyiaxmPnJni+rbSxXwTUxAkJ1Zi1nyf2tDG2Ne1NXDAJ67Kq/PBWkhwTOhmO&#10;Q3/hjKDzSmIMV0Obq5Nskza+3YO+jhSyE5anod0No/i6xBw2zNgt07gMmDYuuL3DT14BxoJOoqQA&#10;/f1vemePM4ooJUdcroSaxwPTgpLqWuL0zqLRyG2jP6CgX2rTXisP9Qpwb3EwMSsvOltb9WKuoX7A&#10;/V+6aAgxyTFmQtNeXFk8IYDvBxfLpZdx7xSzG7lT3Ll2bDpm75sHplVHv8XG3UK/fmz+qgutbduH&#10;5cFCXvoWOX5bNjvacWd9k7v3xT0KL8/e6vkVXPwCAAD//wMAUEsDBBQABgAIAAAAIQBIDV6a3wAA&#10;AAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFMogYY4FQJxQUIVperZiTc/&#10;TbyOYrdN3p7NCW67M6vZb9LNaDtxxsE3jhQsFxEIpMKZhioF+5+Pu2cQPmgyunOECib0sMmur1Kd&#10;GHehbzzvQiU4hHyiFdQh9ImUvqjRar9wPRJ7pRusDrwOlTSDvnC47eR9FMXS6ob4Q617fKuxaHcn&#10;q2C1XeelPLb2+DV9TlPTlof3vFTq9mZ8fQERcAx/xzDjMzpkzJS7ExkvOgVcJLAaR6sYxOwv1xFP&#10;+aw9PjyBzFL5v0P2CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADf4+tiwAgAATQUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEgNXprfAAAACwEA&#10;AA8AAAAAAAAAAAAAAAAACgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAWBgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="MSIPCM4cfb47408b916dc8ba9ba18d" o:spid="_x0000_s1028" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7jRm/GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0gChbYRoWKtmCah&#10;thKd+mwcm0RyfJ5tSNhfv7NDoOr2VPXFOd9d7sf3fZ7fdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4sxVKBKYQkW0S5vTUEr702eJI5XomFuBEZoDEqwDfN4tbuktKzF&#10;6o1Kxmk6S1qwpbHAhXPofeiDdBHrSym4f5LSCU9UQXE2H08bz204k8Wc5TvLTFXz0xjsA1M0rNbY&#10;9FzqgXlG9rb+p1RTcwsOpB9xaBKQsuYi7oDbZOm7bTYVMyLuguA4c4bJfV5Z/njYmGdLfPcdOiQw&#10;ANIalzt0hn06aZvwxUkJxhHC4xk20XnC0Xk9naWTDEMcY5Msu76ZhjLJ5W9jnf8hoCHBKKhFWiJa&#10;7LB2vk8dUkIzDataqUiN0qQt6GwyTeMP5wgWVxp7XGYNlu+2HanLgo6HPbZQHnE9Cz3zzvBVjTOs&#10;mfPPzCLVODbK1z/hIRVgLzhZlFRg//zPH/KRAYxS0qJ0Cup+75kVlKifGrm5za6ugtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQC7jRm/GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="4D6694A5" w14:textId="543CDC76" w:rsidR="00C52633" w:rsidRPr="00C52633" w:rsidRDefault="00C52633" w:rsidP="00C52633">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00C52633">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -19364,90 +19089,90 @@
     <w:r w:rsidR="00C6793F" w:rsidRPr="00A11421">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00C6793F" w:rsidRPr="00A11421">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00C6793F" w:rsidRPr="00A11421">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidR="00C6793F" w:rsidRPr="00A11421">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00C6793F">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00C6793F" w:rsidRPr="00A11421">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="07781832" w14:textId="77777777" w:rsidR="00C6793F" w:rsidRDefault="00C6793F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>28</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
       <w:t>Application for a bond loan</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E42DB94" w14:textId="6C3B771F" w:rsidR="00C6793F" w:rsidRPr="00F65AA9" w:rsidRDefault="00C52633" w:rsidP="004D3FE6">
     <w:pPr>
       <w:pStyle w:val="DHHSfooter"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="4055E2A3" wp14:editId="470740C4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="18" name="MSIPCM8268463d8930873c8254b01b" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -19492,52 +19217,51 @@
                               <w:color w:val="000000"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4055E2A3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCM8268463d8930873c8254b01b" o:spid="_x0000_s1029" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFgIqRswIAAE0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB02Gmr7TgPJ6tTZBmy&#10;FUjbAOnQsyLLsQFbVCWlcTbsv4+S7bTrdhp2sSl+FB8fSV1eNXVFnoQ2JciURhchJUJyyEq5T+m3&#10;+9WHhBJjmcxYBVKk9CQMvZq/fXN5VDMxgAKqTGiCTqSZHVVKC2vVLAgML0TNzAUoIRHMQdfM4lHv&#10;g0yzI3qvq2AQhuPgCDpTGrgwBrWfW5DOvf88F9ze5bkRllQpxdys/2r/3blvML9ks71mqih5lwb7&#10;hyxqVkoMenb1mVlGDrr8w1Vdcg0GcnvBoQ4gz0sufA1YTRS+qmZbMCV8LUiOUWeazP9zy2+fNpqU&#10;GfYOOyVZjT262V5vljfJYJwMx3GWTOMwmcQ8GYyGuzDaUZIJw5HCH+8eD2A/fmWmWEIm2tNsGg4n&#10;oyQeR+87WJT7wnZgMsQJ6YCHMrNFpx9NR2f9pmJc1EL2d1qTFYAVupU7B9cyE03noP1tdFkzffrN&#10;aosjgLPZ2cXd3XtQnSY8B16LvI+Jyp9uNI7KzJChrUKObPMJGqSp1xtUuo43ua7dH3tJEMchO50H&#10;SzSWcFRORuMwjhDiiMVRNElGzk3wfFtpY78IqIkTUqoxaz9P7GltbGvam7hgElZlVfnhrSQ5pnQc&#10;j0J/4Yyg80piDFdDm6uTbLNrfLvjvo4dZCcsT0O7G0bxVYk5rJmxG6ZxGTBtXHB7h5+8AowFnURJ&#10;Afr73/TOHmcUUUqOuFwpNY8HpgUl1bXE6Z1Gw6HbRn9AQb/U7nqtPNRLwL2N8AlR3IvO1la9mGuo&#10;H3D/Fy4aQkxyjJlSnNFWXFo8IYDvBxeLhZdx7xSza7lV3Ll2bDpm75sHplVHv8XG3UK/fmz2qgut&#10;bduHxcFCXvoWOX5bNjvacWd9k7v3xT0KL8/e6vkVnP8CAAD//wMAUEsDBBQABgAIAAAAIQBIDV6a&#10;3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFMogYY4FQJxQUIVperZ&#10;iTc/TbyOYrdN3p7NCW67M6vZb9LNaDtxxsE3jhQsFxEIpMKZhioF+5+Pu2cQPmgyunOECib0sMmu&#10;r1KdGHehbzzvQiU4hHyiFdQh9ImUvqjRar9wPRJ7pRusDrwOlTSDvnC47eR9FMXS6ob4Q617fKux&#10;aHcnq2C1XeelPLb2+DV9TlPTlof3vFTq9mZ8fQERcAx/xzDjMzpkzJS7ExkvOgVcJLAaR6sYxOwv&#10;1xFP+aw9PjyBzFL5v0P2CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMWAipGzAgAATQUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEgNXprfAAAA&#10;CwEAAA8AAAAAAAAAAAAAAAAADQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAZBgAA&#10;AAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="MSIPCM8268463d8930873c8254b01b" o:spid="_x0000_s1029" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLApg3GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0oOU6KbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDT2Owf5iiZY3G&#10;pudSj8wzsrfNH6XahltwIP2EQ5uAlA0XcQfcJks/bLOtmRFxFwTHmTNM7v+V5U+HrXmxxPdfoUcC&#10;AyCdcblDZ9inl7YNX5yUYBwhPJ5hE70nHJ03s3k6zTDEMTbNspvbWSiTXP421vlvAloSjIJapCWi&#10;xQ4b54fUMSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7ElT4RTjHiVUR1zPwsC8M3zd4Awb&#10;5vwLs0g1jo3y9c94SAXYC04WJTXYX3/zh3xkAKOUdCidgrqfe2YFJeq7Rm7usuvroLV4QcO+95aj&#10;V+/bB0BVZvhADI9myPVqNKWF9g3VvQrdMMQ0x54FLUfzwQ9CxtfBxWoVk1BVhvmN3hoeSgc0A7Kv&#10;/Ruz5gS/R+KeYBQXyz+wMOQOPKz2HmQTKQr4DmieYEdFRpJPrydI/v09Zl3e+PI3AAAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBLApg3GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="09BCA424" w14:textId="7F23947F" w:rsidR="00C52633" w:rsidRPr="00C52633" w:rsidRDefault="00C52633" w:rsidP="00C52633">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00C52633">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -19557,90 +19281,90 @@
     <w:r w:rsidR="00C6793F">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00C6793F">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00C6793F">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004C7596">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00C6793F">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6F47F0A1" w14:textId="77777777" w:rsidR="00C6793F" w:rsidRDefault="00C6793F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>28</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
       <w:t>Application for a bond loan</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="05ADAC73" w14:textId="1D6D656E" w:rsidR="00C6793F" w:rsidRPr="00F65AA9" w:rsidRDefault="00C52633" w:rsidP="004D3FE6">
     <w:pPr>
       <w:pStyle w:val="DHHSfooter"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="08D8DF8B" wp14:editId="7D60DC1C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="19" name="MSIPCMd7494d50afeb862434c1a056" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:9,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -19685,52 +19409,51 @@
                               <w:color w:val="000000"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="08D8DF8B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMd7494d50afeb862434c1a056" o:spid="_x0000_s1030" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:9,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOtN6CsQIAAE0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB02Gmr7cbOa3WKLEXW&#10;AmkbIB16VmQ5NmCLqqQ0zob991GynXbdTsMuNsWP4uMjqYvLpq7Is9CmBJnS6CykREgOWSl3Kf32&#10;sPw0psRYJjNWgRQpPQpDL2fv310c1FScQwFVJjRBJ9JMDyqlhbVqGgSGF6Jm5gyUkAjmoGtm8ah3&#10;QabZAb3XVXAehsPgADpTGrgwBrVXLUhn3n+eC27v89wIS6qUYm7Wf7X/bt03mF2w6U4zVZS8S4P9&#10;QxY1KyUGPbm6YpaRvS7/cFWXXIOB3J5xqAPI85ILXwNWE4VvqtkUTAlfC5Jj1Ikm8//c8rvntSZl&#10;hr2bUCJZjT263dysF7fZKJ7EWRKyXGzHw/N4EPOIhcmQkkwYjhT++PC0B/v5mpliAZloT9NJGI+S&#10;8WAYfexgUe4K24HjGCekAx7LzBadPpkkJ/26YlzUQvZ3WpMlgBW6lTsHNzITTeeg/a11WTN9/M1q&#10;gyOAs9nZTbq7D6A6TXgKvBJ5HxOVP91oHJSZIkMbhRzZ5gs0SFOvN6h0HW9yXbs/9pIgjkN2PA2W&#10;aCzhqBwlw3AQIcQRG0TRaJw4N8HLbaWN/SqgJk5Iqcas/Tyx55WxrWlv4oJJWJZV5Ye3kuSQ0uEg&#10;Cf2FE4LOK4kxXA1trk6yzbbx7Y77OraQHbE8De1uGMWXJeawYsaumcZlwLRxwe09fvIKMBZ0EiUF&#10;6O9/0zt7nFFEKTngcqXUPO2ZFpRUNxKndxLFsdtGf0BBv9Zue63c1wvAvY3wCVHci87WVr2Ya6gf&#10;cf/nLhpCTHKMmdJtLy4snhDA94OL+dzLuHeK2ZXcKO5cOzYdsw/NI9Oqo99i4+6gXz82fdOF1rbt&#10;w3xvIS99ixy/LZsd7bizvsnd++Iehddnb/XyCs5+AQAA//8DAFBLAwQUAAYACAAAACEASA1emt8A&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTKIGGOBUCcUFCFaXq2Yk3&#10;P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfufj7tnED5oMrpzhAom9LDJrq9S&#10;nRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75wuO3kfRTF0uqG+EOte3yrsWh3&#10;J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyUuxMZLzoFXCSwGkerGMTsL9cR&#10;T/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBOtN6CsQIAAE0FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBIDV6a3wAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAAAsFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFwYAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="MSIPCMd7494d50afeb862434c1a056" o:spid="_x0000_s1030" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:9,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZof46GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LiRxLBcuAmcFHA&#10;SAI4Rc40RVoCKC5L0pbcr++Ssuwg7SnIhVrurvYxM5zfdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4srqECVwhIsol3emoJW3ps8SRyvRMPcCIzQGJRgG+bxandJaVmL&#10;1RuVXKXpLGnBlsYCF86h96EP0kWsL6Xg/klKJzxRBcXZfDxtPLfhTBZzlu8sM1XNT2OwD0zRsFpj&#10;03OpB+YZ2dv6n1JNzS04kH7EoUlAypqLuANuk6XvttlUzIi4C4LjzBkm93ll+eNhY54t8d136JDA&#10;AEhrXO7QGfbppG3CFyclGEcIj2fYROcJR+f1dJaOMwxxjI2z7PpmGsokl7+Ndf6HgIYEo6AWaYlo&#10;scPa+T51SAnNNKxqpSI1SpO2oLPxNI0/nCNYXGnscZk1WL7bdqQuCzoZ9thCecT1LPTMO8NXNc6w&#10;Zs4/M4tU49goX/+Eh1SAveBkUVKB/fM/f8hHBjBKSYvSKaj7vWdWUKJ+auTmNptMgtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAZof46GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5E127E1F" w14:textId="526B11EF" w:rsidR="00C52633" w:rsidRPr="00C52633" w:rsidRDefault="00C52633" w:rsidP="00C52633">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00C52633">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -19750,152 +19473,276 @@
     <w:r w:rsidR="00C6793F">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00C6793F">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00C6793F">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004C7596">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r w:rsidR="00C6793F">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66C2DA0D" w14:textId="77777777" w:rsidR="00C6793F" w:rsidRDefault="00C6793F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>28</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
       <w:t>Application for a bond loan</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5620794A" w14:textId="1558F963" w:rsidR="00C6793F" w:rsidRPr="00F65AA9" w:rsidRDefault="00C52633" w:rsidP="004D3FE6">
+    <w:pPr>
+      <w:pStyle w:val="DHHSfooter"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="1163FF45" wp14:editId="2895A308">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10189210</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7560310" cy="311785"/>
+              <wp:effectExtent l="0" t="0" r="0" b="12065"/>
+              <wp:wrapNone/>
+              <wp:docPr id="20" name="MSIPCM5cfd4c878cfb588f35f756dc" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:19,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7560310" cy="311785"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                            <a:solidFill>
+                              <a:prstClr val="black"/>
+                            </a:solidFill>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="18864D66" w14:textId="129F7206" w:rsidR="00C52633" w:rsidRPr="00C52633" w:rsidRDefault="00C52633" w:rsidP="00C52633">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C52633">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                              <w:color w:val="000000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="1163FF45" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="MSIPCM5cfd4c878cfb588f35f756dc" o:spid="_x0000_s1031" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:19,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpLn+yFwIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEUB&#10;IwngFDnTFGkRoLgsSVtyv75Lyo8g7anohVrurvYxM5zd960me+G8AlPRYpRTIgyHWpltRX+8Lr/c&#10;UuIDMzXTYERFD8LT+/nnT7POluIKGtC1cASLGF92tqJNCLbMMs8b0TI/AisMBiW4lgW8um1WO9Zh&#10;9VZnV3k+zTpwtXXAhffofRyCdJ7qSyl4eJbSi0B0RXG2kE6Xzk08s/mMlVvHbKP4cQz2D1O0TBls&#10;ei71yAIjO6f+KNUq7sCDDCMObQZSKi7SDrhNkX/YZt0wK9IuCI63Z5j8/yvLn/Zr++JI6L9CjwRG&#10;QDrrS4/OuE8vXRu/OCnBOEJ4OMMm+kA4Om8m03xcYIhjbFwUN7eTWCa7/G2dD98EtCQaFXVIS0KL&#10;7Vc+DKmnlNjMwFJpnajRhnQVnY4nefrhHMHi2mCPy6zRCv2mJ6quaBogejZQH3A9BwPz3vKlwhlW&#10;zIcX5pBqHBvlG57xkBqwFxwtShpwv/7mj/nIAEYp6VA6FfU/d8wJSvR3g9zcFdfXUWvpgoZ7792c&#10;vGbXPgCqssAHYnkyY27QJ1M6aN9Q3YvYDUPMcOxZ0c3JfAiDkPF1cLFYpCRUlWVhZdaWx9IRzYjs&#10;a//GnD3CH5C4JziJi5UfWBhyBx4WuwBSJYouaB5hR0Umko+vJ0r+/T1lXd74/DcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc&#10;qFMogYY4FQJxQUIVperZiTc/TbyOYrdN3p7NCW67M6vZb9LNaDtxxsE3jhQsFxEIpMKZhioF+5+P&#10;u2cQPmgyunOECib0sMmur1KdGHehbzzvQiU4hHyiFdQh9ImUvqjRar9wPRJ7pRusDrwOlTSDvnC4&#10;7eR9FMXS6ob4Q617fKuxaHcnq2C1XeelPLb2+DV9TlPTlof3vFTq9mZ8fQERcAx/xzDjMzpkzJS7&#10;ExkvOgVcJLAaR6sYxOwv1xFP+aw9PjyBzFL5v0P2CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOkuf7IXAgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAEgNXprfAAAACwEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox inset=",0,,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="18864D66" w14:textId="129F7206" w:rsidR="00C52633" w:rsidRPr="00C52633" w:rsidRDefault="00C52633" w:rsidP="00C52633">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C52633">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                        <w:color w:val="000000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00C6793F">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t xml:space="preserve">RentAssist bond loan additional applicants form </w:t>
+    </w:r>
+    <w:r w:rsidR="00C6793F">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00C6793F">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00C6793F">
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00C6793F">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="004C7596">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r w:rsidR="00C6793F">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B692D77" w14:textId="77777777" w:rsidR="006B5693" w:rsidRDefault="006B5693" w:rsidP="002862F1">
+    <w:p w14:paraId="725CC067" w14:textId="77777777" w:rsidR="00DC50F4" w:rsidRDefault="00DC50F4" w:rsidP="002862F1">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E985345" w14:textId="77777777" w:rsidR="006B5693" w:rsidRDefault="006B5693">
+    <w:p w14:paraId="2F9D0E7F" w14:textId="77777777" w:rsidR="00DC50F4" w:rsidRDefault="00DC50F4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...29 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="08AE43B5" w14:textId="77777777" w:rsidR="00C6793F" w:rsidRPr="00C64447" w:rsidRDefault="00C6793F" w:rsidP="00C64447">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="81145B58"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C06715"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8A86A6B0"/>
     <w:lvl w:ilvl="0">
@@ -20778,244 +20625,244 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2051688420">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2102026923">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="219177387">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1654292312">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="93286557">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="139543637">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="467819834">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1339187240">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1238977401">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1620646802">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="196050061">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1546792092">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-  <w:removeDateAndTime/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="180"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00803C34"/>
     <w:rsid w:val="000072B6"/>
     <w:rsid w:val="0001021B"/>
     <w:rsid w:val="00011D89"/>
     <w:rsid w:val="00022918"/>
     <w:rsid w:val="00022F9E"/>
     <w:rsid w:val="000244A9"/>
     <w:rsid w:val="00024D89"/>
     <w:rsid w:val="000250B6"/>
     <w:rsid w:val="00032AE6"/>
     <w:rsid w:val="00033D81"/>
     <w:rsid w:val="00041BF0"/>
     <w:rsid w:val="0004536B"/>
     <w:rsid w:val="000457C6"/>
     <w:rsid w:val="00046B68"/>
+    <w:rsid w:val="00050774"/>
     <w:rsid w:val="000527DD"/>
     <w:rsid w:val="000578B2"/>
     <w:rsid w:val="00060959"/>
     <w:rsid w:val="00063E2C"/>
     <w:rsid w:val="000663CD"/>
     <w:rsid w:val="000733FE"/>
     <w:rsid w:val="00074219"/>
     <w:rsid w:val="000745EE"/>
     <w:rsid w:val="00074ED5"/>
     <w:rsid w:val="0008479E"/>
     <w:rsid w:val="0009113B"/>
     <w:rsid w:val="00094DA3"/>
     <w:rsid w:val="00096CD1"/>
     <w:rsid w:val="000A012C"/>
     <w:rsid w:val="000A0EB9"/>
     <w:rsid w:val="000A186C"/>
     <w:rsid w:val="000A6666"/>
     <w:rsid w:val="000B535A"/>
     <w:rsid w:val="000B543D"/>
     <w:rsid w:val="000B5BF7"/>
     <w:rsid w:val="000B6BC8"/>
     <w:rsid w:val="000C1FCE"/>
     <w:rsid w:val="000C42EA"/>
     <w:rsid w:val="000C4546"/>
     <w:rsid w:val="000C6907"/>
@@ -21087,194 +20934,202 @@
     <w:rsid w:val="00220C04"/>
     <w:rsid w:val="0022278D"/>
     <w:rsid w:val="0022701F"/>
     <w:rsid w:val="002333F5"/>
     <w:rsid w:val="00233724"/>
     <w:rsid w:val="002432E1"/>
     <w:rsid w:val="00246207"/>
     <w:rsid w:val="00246C5E"/>
     <w:rsid w:val="00251343"/>
     <w:rsid w:val="00254F58"/>
     <w:rsid w:val="0025524E"/>
     <w:rsid w:val="002620BC"/>
     <w:rsid w:val="00262802"/>
     <w:rsid w:val="00263A90"/>
     <w:rsid w:val="0026408B"/>
     <w:rsid w:val="00267C3E"/>
     <w:rsid w:val="002709BB"/>
     <w:rsid w:val="00275D30"/>
     <w:rsid w:val="002763B3"/>
     <w:rsid w:val="002802E3"/>
     <w:rsid w:val="00280A36"/>
     <w:rsid w:val="0028213D"/>
     <w:rsid w:val="002862F1"/>
     <w:rsid w:val="002912C8"/>
     <w:rsid w:val="00291373"/>
+    <w:rsid w:val="00291BB1"/>
     <w:rsid w:val="0029597D"/>
     <w:rsid w:val="002962C3"/>
     <w:rsid w:val="0029752B"/>
     <w:rsid w:val="00297DC1"/>
     <w:rsid w:val="002A483C"/>
     <w:rsid w:val="002A6274"/>
     <w:rsid w:val="002A6DE7"/>
     <w:rsid w:val="002B1729"/>
     <w:rsid w:val="002B1871"/>
     <w:rsid w:val="002B36C7"/>
     <w:rsid w:val="002B4DD4"/>
     <w:rsid w:val="002B4F23"/>
     <w:rsid w:val="002B5277"/>
     <w:rsid w:val="002B5375"/>
     <w:rsid w:val="002B66D9"/>
     <w:rsid w:val="002B77C1"/>
+    <w:rsid w:val="002B78D3"/>
     <w:rsid w:val="002C2728"/>
     <w:rsid w:val="002C6246"/>
+    <w:rsid w:val="002C69F4"/>
     <w:rsid w:val="002D3E9A"/>
     <w:rsid w:val="002D5006"/>
     <w:rsid w:val="002E01D0"/>
     <w:rsid w:val="002E161D"/>
     <w:rsid w:val="002E22D6"/>
     <w:rsid w:val="002E3100"/>
     <w:rsid w:val="002E6C95"/>
     <w:rsid w:val="002E7C36"/>
     <w:rsid w:val="002F5F31"/>
     <w:rsid w:val="002F5F46"/>
     <w:rsid w:val="00300515"/>
     <w:rsid w:val="00302216"/>
     <w:rsid w:val="00303E53"/>
+    <w:rsid w:val="00305D05"/>
     <w:rsid w:val="00306E5F"/>
     <w:rsid w:val="00307E14"/>
     <w:rsid w:val="00314054"/>
     <w:rsid w:val="003167A3"/>
     <w:rsid w:val="00316F27"/>
     <w:rsid w:val="00325774"/>
     <w:rsid w:val="003262FD"/>
     <w:rsid w:val="00327870"/>
     <w:rsid w:val="0033259D"/>
     <w:rsid w:val="003406C6"/>
     <w:rsid w:val="00340E4A"/>
     <w:rsid w:val="003418CC"/>
     <w:rsid w:val="003459BD"/>
     <w:rsid w:val="00347E43"/>
     <w:rsid w:val="00350D38"/>
     <w:rsid w:val="00351B36"/>
     <w:rsid w:val="00357B4E"/>
     <w:rsid w:val="003663B4"/>
     <w:rsid w:val="003744CF"/>
     <w:rsid w:val="00374717"/>
     <w:rsid w:val="0037676C"/>
     <w:rsid w:val="00377A50"/>
     <w:rsid w:val="003812A7"/>
     <w:rsid w:val="003829E5"/>
     <w:rsid w:val="00391B51"/>
     <w:rsid w:val="003956CC"/>
     <w:rsid w:val="00395C9A"/>
     <w:rsid w:val="003A6B67"/>
     <w:rsid w:val="003B15E6"/>
     <w:rsid w:val="003C022D"/>
     <w:rsid w:val="003C2045"/>
     <w:rsid w:val="003C29B6"/>
     <w:rsid w:val="003C43A1"/>
     <w:rsid w:val="003C4FC0"/>
     <w:rsid w:val="003C55F4"/>
     <w:rsid w:val="003C5824"/>
     <w:rsid w:val="003C6AA7"/>
     <w:rsid w:val="003C7A3F"/>
     <w:rsid w:val="003D2766"/>
     <w:rsid w:val="003D3E8F"/>
     <w:rsid w:val="003D5C0D"/>
     <w:rsid w:val="003D6475"/>
     <w:rsid w:val="003E0277"/>
     <w:rsid w:val="003E2D1F"/>
+    <w:rsid w:val="003E5012"/>
     <w:rsid w:val="003F0445"/>
     <w:rsid w:val="003F0CF0"/>
     <w:rsid w:val="003F14B1"/>
     <w:rsid w:val="003F3289"/>
     <w:rsid w:val="00401FCF"/>
     <w:rsid w:val="00406285"/>
     <w:rsid w:val="004148F9"/>
     <w:rsid w:val="0042084E"/>
     <w:rsid w:val="00421EEF"/>
     <w:rsid w:val="00424D65"/>
     <w:rsid w:val="00425857"/>
     <w:rsid w:val="00442C6C"/>
     <w:rsid w:val="00443CBE"/>
     <w:rsid w:val="00443E8A"/>
     <w:rsid w:val="004441BC"/>
     <w:rsid w:val="004468B4"/>
     <w:rsid w:val="0045116C"/>
     <w:rsid w:val="0045230A"/>
     <w:rsid w:val="00455DFA"/>
     <w:rsid w:val="00457337"/>
     <w:rsid w:val="00462139"/>
     <w:rsid w:val="00462274"/>
     <w:rsid w:val="004714E7"/>
     <w:rsid w:val="0047372D"/>
     <w:rsid w:val="004743DD"/>
     <w:rsid w:val="00474CEA"/>
     <w:rsid w:val="00482C83"/>
     <w:rsid w:val="00483968"/>
     <w:rsid w:val="00484F86"/>
     <w:rsid w:val="00490746"/>
     <w:rsid w:val="00490852"/>
     <w:rsid w:val="00492F30"/>
     <w:rsid w:val="00493F88"/>
     <w:rsid w:val="004946F4"/>
     <w:rsid w:val="0049487E"/>
     <w:rsid w:val="00496896"/>
     <w:rsid w:val="004A160D"/>
     <w:rsid w:val="004A3E81"/>
     <w:rsid w:val="004A5C62"/>
     <w:rsid w:val="004A707D"/>
+    <w:rsid w:val="004B66D7"/>
     <w:rsid w:val="004C0E74"/>
     <w:rsid w:val="004C6EEE"/>
     <w:rsid w:val="004C702B"/>
     <w:rsid w:val="004C7596"/>
     <w:rsid w:val="004D016B"/>
     <w:rsid w:val="004D1B22"/>
     <w:rsid w:val="004D36F2"/>
     <w:rsid w:val="004D3FE6"/>
     <w:rsid w:val="004D5088"/>
     <w:rsid w:val="004D7588"/>
     <w:rsid w:val="004E138F"/>
     <w:rsid w:val="004E38DF"/>
     <w:rsid w:val="004E4649"/>
     <w:rsid w:val="004E4A84"/>
+    <w:rsid w:val="004E4C6E"/>
     <w:rsid w:val="004E5C2B"/>
     <w:rsid w:val="004E6BF3"/>
     <w:rsid w:val="004F00DD"/>
     <w:rsid w:val="004F2133"/>
     <w:rsid w:val="004F55F1"/>
     <w:rsid w:val="004F6936"/>
     <w:rsid w:val="00503DC6"/>
     <w:rsid w:val="00504A69"/>
     <w:rsid w:val="00506043"/>
     <w:rsid w:val="00506F5D"/>
     <w:rsid w:val="005126D0"/>
     <w:rsid w:val="00514CEE"/>
     <w:rsid w:val="0051568D"/>
     <w:rsid w:val="00520F35"/>
     <w:rsid w:val="00526C15"/>
+    <w:rsid w:val="00530D3B"/>
     <w:rsid w:val="00536499"/>
     <w:rsid w:val="00543903"/>
     <w:rsid w:val="00543F11"/>
     <w:rsid w:val="0054639A"/>
     <w:rsid w:val="00547A95"/>
     <w:rsid w:val="00563C5F"/>
     <w:rsid w:val="00572031"/>
     <w:rsid w:val="005724C8"/>
     <w:rsid w:val="00576E84"/>
     <w:rsid w:val="00582B8C"/>
     <w:rsid w:val="005843D6"/>
     <w:rsid w:val="0058757E"/>
     <w:rsid w:val="00587CFD"/>
     <w:rsid w:val="0059439D"/>
     <w:rsid w:val="00596A4B"/>
     <w:rsid w:val="00597507"/>
     <w:rsid w:val="005B21B6"/>
     <w:rsid w:val="005B3A08"/>
     <w:rsid w:val="005B7A63"/>
     <w:rsid w:val="005C028D"/>
     <w:rsid w:val="005C0955"/>
     <w:rsid w:val="005C36D5"/>
     <w:rsid w:val="005C49DA"/>
     <w:rsid w:val="005C50F3"/>
     <w:rsid w:val="005C5D91"/>
@@ -21294,182 +21149,191 @@
     <w:rsid w:val="00602C3C"/>
     <w:rsid w:val="00605229"/>
     <w:rsid w:val="00605908"/>
     <w:rsid w:val="00610D7C"/>
     <w:rsid w:val="006132B3"/>
     <w:rsid w:val="00613414"/>
     <w:rsid w:val="0062408D"/>
     <w:rsid w:val="006240CC"/>
     <w:rsid w:val="0062554A"/>
     <w:rsid w:val="00627DA7"/>
     <w:rsid w:val="006358B4"/>
     <w:rsid w:val="0064067E"/>
     <w:rsid w:val="006419AA"/>
     <w:rsid w:val="00644B7E"/>
     <w:rsid w:val="006454E6"/>
     <w:rsid w:val="00646A68"/>
     <w:rsid w:val="0065092E"/>
     <w:rsid w:val="006557A7"/>
     <w:rsid w:val="00656290"/>
     <w:rsid w:val="00660D42"/>
     <w:rsid w:val="0066201B"/>
     <w:rsid w:val="006621D7"/>
     <w:rsid w:val="0066302A"/>
     <w:rsid w:val="00670597"/>
     <w:rsid w:val="006706D0"/>
+    <w:rsid w:val="00673D07"/>
     <w:rsid w:val="00674E7E"/>
     <w:rsid w:val="00677574"/>
     <w:rsid w:val="0068454C"/>
     <w:rsid w:val="00691B62"/>
     <w:rsid w:val="006933B5"/>
     <w:rsid w:val="00693D14"/>
     <w:rsid w:val="00696511"/>
     <w:rsid w:val="006A18C2"/>
     <w:rsid w:val="006A258E"/>
+    <w:rsid w:val="006A59D2"/>
     <w:rsid w:val="006B077C"/>
     <w:rsid w:val="006B5693"/>
     <w:rsid w:val="006B6803"/>
     <w:rsid w:val="006D255F"/>
     <w:rsid w:val="006D2A3F"/>
     <w:rsid w:val="006D2FBC"/>
     <w:rsid w:val="006E138B"/>
     <w:rsid w:val="006F1FDC"/>
     <w:rsid w:val="006F4D5D"/>
     <w:rsid w:val="0070122F"/>
     <w:rsid w:val="007013EF"/>
     <w:rsid w:val="0070224F"/>
     <w:rsid w:val="00705571"/>
     <w:rsid w:val="007062DC"/>
     <w:rsid w:val="007173CA"/>
     <w:rsid w:val="00717967"/>
+    <w:rsid w:val="007206C9"/>
     <w:rsid w:val="007216AA"/>
     <w:rsid w:val="00721AB5"/>
     <w:rsid w:val="00721DEF"/>
     <w:rsid w:val="00724A43"/>
     <w:rsid w:val="00726C6D"/>
     <w:rsid w:val="007346E4"/>
     <w:rsid w:val="00740F22"/>
     <w:rsid w:val="007414D5"/>
     <w:rsid w:val="00741F1A"/>
     <w:rsid w:val="00743779"/>
     <w:rsid w:val="007450F8"/>
     <w:rsid w:val="0074696E"/>
     <w:rsid w:val="00750135"/>
     <w:rsid w:val="00750EC2"/>
     <w:rsid w:val="00752B28"/>
     <w:rsid w:val="00754E36"/>
     <w:rsid w:val="00763139"/>
     <w:rsid w:val="00770F37"/>
     <w:rsid w:val="007711A0"/>
     <w:rsid w:val="0077130B"/>
     <w:rsid w:val="00772D5E"/>
     <w:rsid w:val="00773363"/>
     <w:rsid w:val="00775544"/>
     <w:rsid w:val="00776928"/>
     <w:rsid w:val="007802A8"/>
     <w:rsid w:val="00783A76"/>
     <w:rsid w:val="00785677"/>
     <w:rsid w:val="00786F16"/>
     <w:rsid w:val="007915CC"/>
     <w:rsid w:val="00796E20"/>
     <w:rsid w:val="00797C32"/>
+    <w:rsid w:val="00797F7B"/>
     <w:rsid w:val="007A5977"/>
     <w:rsid w:val="007B0914"/>
     <w:rsid w:val="007B1374"/>
     <w:rsid w:val="007B589F"/>
     <w:rsid w:val="007B6186"/>
     <w:rsid w:val="007B73BC"/>
     <w:rsid w:val="007C0FC9"/>
     <w:rsid w:val="007C20B9"/>
     <w:rsid w:val="007C7301"/>
     <w:rsid w:val="007C7859"/>
     <w:rsid w:val="007D2BDE"/>
     <w:rsid w:val="007D2FB6"/>
     <w:rsid w:val="007D6B5C"/>
     <w:rsid w:val="007D6E2D"/>
     <w:rsid w:val="007E0DE2"/>
     <w:rsid w:val="007E29A2"/>
     <w:rsid w:val="007E3B98"/>
     <w:rsid w:val="007F31B6"/>
     <w:rsid w:val="007F546C"/>
     <w:rsid w:val="007F625F"/>
+    <w:rsid w:val="007F6270"/>
     <w:rsid w:val="007F665E"/>
     <w:rsid w:val="00800412"/>
     <w:rsid w:val="00802147"/>
     <w:rsid w:val="00803C34"/>
     <w:rsid w:val="0080587B"/>
     <w:rsid w:val="00806468"/>
     <w:rsid w:val="00807D2E"/>
     <w:rsid w:val="00811848"/>
     <w:rsid w:val="008144F2"/>
     <w:rsid w:val="008155F0"/>
     <w:rsid w:val="00816735"/>
     <w:rsid w:val="00820141"/>
     <w:rsid w:val="00820E0C"/>
     <w:rsid w:val="00821A41"/>
     <w:rsid w:val="008338A2"/>
     <w:rsid w:val="0083625C"/>
     <w:rsid w:val="00841AA9"/>
     <w:rsid w:val="00845AB4"/>
     <w:rsid w:val="00853EE4"/>
     <w:rsid w:val="00855535"/>
+    <w:rsid w:val="008568CB"/>
     <w:rsid w:val="0086255E"/>
     <w:rsid w:val="008633F0"/>
     <w:rsid w:val="00867D9D"/>
     <w:rsid w:val="00872E0A"/>
     <w:rsid w:val="00875285"/>
     <w:rsid w:val="00884B62"/>
     <w:rsid w:val="0088529C"/>
     <w:rsid w:val="00887903"/>
     <w:rsid w:val="0089270A"/>
     <w:rsid w:val="00893AF6"/>
     <w:rsid w:val="00894BC4"/>
     <w:rsid w:val="008967B2"/>
     <w:rsid w:val="008A149D"/>
     <w:rsid w:val="008A5B32"/>
     <w:rsid w:val="008B2EE4"/>
     <w:rsid w:val="008B4D3D"/>
     <w:rsid w:val="008B57C7"/>
+    <w:rsid w:val="008C0657"/>
     <w:rsid w:val="008C0FC1"/>
     <w:rsid w:val="008C2F92"/>
+    <w:rsid w:val="008C7573"/>
     <w:rsid w:val="008D2846"/>
     <w:rsid w:val="008D4236"/>
     <w:rsid w:val="008D462F"/>
     <w:rsid w:val="008D6DCF"/>
     <w:rsid w:val="008E4376"/>
     <w:rsid w:val="008E7A0A"/>
     <w:rsid w:val="008F74FE"/>
     <w:rsid w:val="00900719"/>
     <w:rsid w:val="009017AC"/>
     <w:rsid w:val="00904A1C"/>
     <w:rsid w:val="00905030"/>
     <w:rsid w:val="00906490"/>
     <w:rsid w:val="009111B2"/>
     <w:rsid w:val="00914AFA"/>
     <w:rsid w:val="00924AE1"/>
     <w:rsid w:val="009269B1"/>
     <w:rsid w:val="0092724D"/>
+    <w:rsid w:val="00930326"/>
     <w:rsid w:val="0093138C"/>
     <w:rsid w:val="00937BD9"/>
     <w:rsid w:val="009444F7"/>
     <w:rsid w:val="00950E2C"/>
     <w:rsid w:val="00951D50"/>
     <w:rsid w:val="009525EB"/>
     <w:rsid w:val="00954874"/>
     <w:rsid w:val="00961400"/>
     <w:rsid w:val="00963646"/>
     <w:rsid w:val="009853E1"/>
     <w:rsid w:val="00986E6B"/>
     <w:rsid w:val="00991769"/>
     <w:rsid w:val="00994386"/>
     <w:rsid w:val="009A13D8"/>
     <w:rsid w:val="009A279E"/>
     <w:rsid w:val="009B0A6F"/>
     <w:rsid w:val="009B0A94"/>
     <w:rsid w:val="009B18C9"/>
     <w:rsid w:val="009B59E9"/>
     <w:rsid w:val="009B70AA"/>
     <w:rsid w:val="009C7A7E"/>
     <w:rsid w:val="009D02E8"/>
     <w:rsid w:val="009D51D0"/>
     <w:rsid w:val="009D5AE9"/>
     <w:rsid w:val="009D70A4"/>
@@ -21508,246 +21372,257 @@
     <w:rsid w:val="00A77AA3"/>
     <w:rsid w:val="00A8047B"/>
     <w:rsid w:val="00A854EB"/>
     <w:rsid w:val="00A872E5"/>
     <w:rsid w:val="00A91406"/>
     <w:rsid w:val="00A96E65"/>
     <w:rsid w:val="00A97C72"/>
     <w:rsid w:val="00AA5224"/>
     <w:rsid w:val="00AA63D4"/>
     <w:rsid w:val="00AB06E8"/>
     <w:rsid w:val="00AB0F47"/>
     <w:rsid w:val="00AB1CD3"/>
     <w:rsid w:val="00AB352F"/>
     <w:rsid w:val="00AB7597"/>
     <w:rsid w:val="00AC0378"/>
     <w:rsid w:val="00AC274B"/>
     <w:rsid w:val="00AC4764"/>
     <w:rsid w:val="00AC5F37"/>
     <w:rsid w:val="00AC6D36"/>
     <w:rsid w:val="00AD0CBA"/>
     <w:rsid w:val="00AD26E2"/>
     <w:rsid w:val="00AD784C"/>
     <w:rsid w:val="00AE126A"/>
     <w:rsid w:val="00AE3005"/>
     <w:rsid w:val="00AE3BD5"/>
+    <w:rsid w:val="00AE55D7"/>
     <w:rsid w:val="00AE59A0"/>
     <w:rsid w:val="00AF0C57"/>
     <w:rsid w:val="00AF26F3"/>
     <w:rsid w:val="00AF5F04"/>
     <w:rsid w:val="00B00672"/>
     <w:rsid w:val="00B01B4D"/>
     <w:rsid w:val="00B06571"/>
     <w:rsid w:val="00B068BA"/>
     <w:rsid w:val="00B13851"/>
     <w:rsid w:val="00B13B1C"/>
     <w:rsid w:val="00B17359"/>
     <w:rsid w:val="00B22291"/>
     <w:rsid w:val="00B23F9A"/>
     <w:rsid w:val="00B2417B"/>
     <w:rsid w:val="00B243D6"/>
     <w:rsid w:val="00B24E6F"/>
     <w:rsid w:val="00B26CB5"/>
     <w:rsid w:val="00B2752E"/>
     <w:rsid w:val="00B307CC"/>
     <w:rsid w:val="00B326B7"/>
     <w:rsid w:val="00B33EDB"/>
     <w:rsid w:val="00B431E8"/>
     <w:rsid w:val="00B43B4F"/>
     <w:rsid w:val="00B45141"/>
     <w:rsid w:val="00B50B2D"/>
     <w:rsid w:val="00B5273A"/>
     <w:rsid w:val="00B57329"/>
     <w:rsid w:val="00B62B50"/>
     <w:rsid w:val="00B635B7"/>
     <w:rsid w:val="00B63AE8"/>
     <w:rsid w:val="00B65950"/>
     <w:rsid w:val="00B66D83"/>
     <w:rsid w:val="00B672C0"/>
     <w:rsid w:val="00B7486F"/>
     <w:rsid w:val="00B75646"/>
     <w:rsid w:val="00B77D7D"/>
     <w:rsid w:val="00B90729"/>
     <w:rsid w:val="00B907DA"/>
     <w:rsid w:val="00B91850"/>
     <w:rsid w:val="00B950BC"/>
     <w:rsid w:val="00B9714C"/>
     <w:rsid w:val="00BA3F8D"/>
+    <w:rsid w:val="00BB3F8B"/>
     <w:rsid w:val="00BB7A10"/>
     <w:rsid w:val="00BC1B39"/>
     <w:rsid w:val="00BC7468"/>
     <w:rsid w:val="00BC7D4F"/>
     <w:rsid w:val="00BC7ED7"/>
     <w:rsid w:val="00BD2850"/>
     <w:rsid w:val="00BE28D2"/>
     <w:rsid w:val="00BE4A64"/>
     <w:rsid w:val="00BF7F58"/>
     <w:rsid w:val="00C01381"/>
     <w:rsid w:val="00C05058"/>
     <w:rsid w:val="00C079B8"/>
     <w:rsid w:val="00C123EA"/>
     <w:rsid w:val="00C12A49"/>
     <w:rsid w:val="00C12B36"/>
     <w:rsid w:val="00C133EE"/>
     <w:rsid w:val="00C27DA1"/>
     <w:rsid w:val="00C27DE9"/>
     <w:rsid w:val="00C33388"/>
     <w:rsid w:val="00C335B0"/>
     <w:rsid w:val="00C35484"/>
     <w:rsid w:val="00C36572"/>
     <w:rsid w:val="00C36728"/>
     <w:rsid w:val="00C41436"/>
     <w:rsid w:val="00C4173A"/>
     <w:rsid w:val="00C51622"/>
     <w:rsid w:val="00C52633"/>
     <w:rsid w:val="00C602FF"/>
     <w:rsid w:val="00C61174"/>
     <w:rsid w:val="00C6148F"/>
     <w:rsid w:val="00C62F7A"/>
     <w:rsid w:val="00C63B9C"/>
     <w:rsid w:val="00C64447"/>
     <w:rsid w:val="00C6682F"/>
     <w:rsid w:val="00C6793F"/>
     <w:rsid w:val="00C7275E"/>
     <w:rsid w:val="00C74B0B"/>
     <w:rsid w:val="00C74C5D"/>
     <w:rsid w:val="00C756F5"/>
     <w:rsid w:val="00C805F8"/>
     <w:rsid w:val="00C863C4"/>
+    <w:rsid w:val="00C86555"/>
     <w:rsid w:val="00C900D4"/>
     <w:rsid w:val="00C93C3E"/>
     <w:rsid w:val="00CA0A81"/>
     <w:rsid w:val="00CA12E3"/>
     <w:rsid w:val="00CA6611"/>
     <w:rsid w:val="00CA6AE6"/>
     <w:rsid w:val="00CA782F"/>
     <w:rsid w:val="00CB3285"/>
     <w:rsid w:val="00CB4379"/>
+    <w:rsid w:val="00CB4C2E"/>
     <w:rsid w:val="00CB75CC"/>
     <w:rsid w:val="00CC083C"/>
     <w:rsid w:val="00CC0C72"/>
     <w:rsid w:val="00CC2BFD"/>
     <w:rsid w:val="00CD3476"/>
     <w:rsid w:val="00CD64DF"/>
     <w:rsid w:val="00CF1633"/>
     <w:rsid w:val="00CF2099"/>
     <w:rsid w:val="00CF2F50"/>
     <w:rsid w:val="00D02919"/>
     <w:rsid w:val="00D04C61"/>
     <w:rsid w:val="00D05B8D"/>
     <w:rsid w:val="00D065A2"/>
     <w:rsid w:val="00D07F00"/>
     <w:rsid w:val="00D17B72"/>
     <w:rsid w:val="00D3185C"/>
     <w:rsid w:val="00D33E72"/>
     <w:rsid w:val="00D35BD6"/>
     <w:rsid w:val="00D361B5"/>
     <w:rsid w:val="00D3794F"/>
     <w:rsid w:val="00D411A2"/>
     <w:rsid w:val="00D4606D"/>
     <w:rsid w:val="00D50B9C"/>
     <w:rsid w:val="00D52D73"/>
     <w:rsid w:val="00D52E58"/>
     <w:rsid w:val="00D5354D"/>
+    <w:rsid w:val="00D558EF"/>
     <w:rsid w:val="00D714CC"/>
     <w:rsid w:val="00D74533"/>
     <w:rsid w:val="00D75EA7"/>
     <w:rsid w:val="00D81F21"/>
     <w:rsid w:val="00D82733"/>
     <w:rsid w:val="00D95470"/>
     <w:rsid w:val="00DA0AEC"/>
     <w:rsid w:val="00DA2619"/>
     <w:rsid w:val="00DA4239"/>
     <w:rsid w:val="00DB0B61"/>
     <w:rsid w:val="00DC090B"/>
     <w:rsid w:val="00DC0E7D"/>
     <w:rsid w:val="00DC1679"/>
     <w:rsid w:val="00DC2CF1"/>
     <w:rsid w:val="00DC4FCF"/>
     <w:rsid w:val="00DC50E0"/>
+    <w:rsid w:val="00DC50F4"/>
     <w:rsid w:val="00DC6386"/>
     <w:rsid w:val="00DD1130"/>
     <w:rsid w:val="00DD1951"/>
     <w:rsid w:val="00DD2379"/>
     <w:rsid w:val="00DD6628"/>
     <w:rsid w:val="00DD7AE5"/>
     <w:rsid w:val="00DE3250"/>
     <w:rsid w:val="00DE6028"/>
     <w:rsid w:val="00DE78A3"/>
     <w:rsid w:val="00DF1A71"/>
     <w:rsid w:val="00DF3A5C"/>
     <w:rsid w:val="00DF68C7"/>
     <w:rsid w:val="00DF731A"/>
     <w:rsid w:val="00E13E77"/>
     <w:rsid w:val="00E170DC"/>
     <w:rsid w:val="00E26818"/>
     <w:rsid w:val="00E27FFC"/>
+    <w:rsid w:val="00E304A6"/>
     <w:rsid w:val="00E30B15"/>
     <w:rsid w:val="00E40181"/>
+    <w:rsid w:val="00E4325D"/>
     <w:rsid w:val="00E50DCD"/>
     <w:rsid w:val="00E56A01"/>
     <w:rsid w:val="00E629A1"/>
     <w:rsid w:val="00E6794C"/>
     <w:rsid w:val="00E71591"/>
     <w:rsid w:val="00E72085"/>
     <w:rsid w:val="00E82C55"/>
     <w:rsid w:val="00E92AC3"/>
     <w:rsid w:val="00E92F16"/>
+    <w:rsid w:val="00EA1A59"/>
     <w:rsid w:val="00EB00E0"/>
+    <w:rsid w:val="00EB04D5"/>
     <w:rsid w:val="00EB4837"/>
     <w:rsid w:val="00EB6E4B"/>
     <w:rsid w:val="00EC059F"/>
     <w:rsid w:val="00EC1F24"/>
     <w:rsid w:val="00EC22F6"/>
     <w:rsid w:val="00EC39F8"/>
     <w:rsid w:val="00EC4DD8"/>
     <w:rsid w:val="00EC6775"/>
     <w:rsid w:val="00ED27A9"/>
     <w:rsid w:val="00ED47CD"/>
     <w:rsid w:val="00ED56BF"/>
     <w:rsid w:val="00ED5B9B"/>
     <w:rsid w:val="00ED6BAD"/>
     <w:rsid w:val="00ED7447"/>
     <w:rsid w:val="00EE1488"/>
     <w:rsid w:val="00EE1DF6"/>
     <w:rsid w:val="00EE4D5D"/>
     <w:rsid w:val="00EE5131"/>
     <w:rsid w:val="00EF109B"/>
     <w:rsid w:val="00EF36AF"/>
     <w:rsid w:val="00F00F9C"/>
     <w:rsid w:val="00F01E5F"/>
     <w:rsid w:val="00F029F9"/>
     <w:rsid w:val="00F02ABA"/>
     <w:rsid w:val="00F0437A"/>
     <w:rsid w:val="00F11037"/>
     <w:rsid w:val="00F133F1"/>
     <w:rsid w:val="00F16F1B"/>
     <w:rsid w:val="00F250A9"/>
     <w:rsid w:val="00F30FF4"/>
     <w:rsid w:val="00F3122E"/>
     <w:rsid w:val="00F331AD"/>
     <w:rsid w:val="00F35287"/>
+    <w:rsid w:val="00F42BD3"/>
     <w:rsid w:val="00F43A37"/>
     <w:rsid w:val="00F4641B"/>
     <w:rsid w:val="00F46EB8"/>
     <w:rsid w:val="00F511E4"/>
     <w:rsid w:val="00F52D09"/>
     <w:rsid w:val="00F52E08"/>
     <w:rsid w:val="00F55B21"/>
     <w:rsid w:val="00F56EF6"/>
     <w:rsid w:val="00F61A9F"/>
     <w:rsid w:val="00F64696"/>
     <w:rsid w:val="00F65AA9"/>
     <w:rsid w:val="00F668A5"/>
     <w:rsid w:val="00F6768F"/>
     <w:rsid w:val="00F72095"/>
     <w:rsid w:val="00F72C2C"/>
     <w:rsid w:val="00F73F3F"/>
     <w:rsid w:val="00F76CAB"/>
     <w:rsid w:val="00F772C6"/>
     <w:rsid w:val="00F815B5"/>
     <w:rsid w:val="00F85195"/>
     <w:rsid w:val="00F921B6"/>
     <w:rsid w:val="00F93440"/>
     <w:rsid w:val="00F938BA"/>
     <w:rsid w:val="00FA0752"/>
     <w:rsid w:val="00FA16EE"/>
@@ -21769,63 +21644,64 @@
     <w:rsid w:val="00FE2DCF"/>
     <w:rsid w:val="00FE4394"/>
     <w:rsid w:val="00FE7F17"/>
     <w:rsid w:val="00FF2FCE"/>
     <w:rsid w:val="00FF4F7D"/>
     <w:rsid w:val="00FF6D9D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3DC34913"/>
+  <w15:docId w15:val="{3143056A-DD00-49DC-9E69-7CF196253819}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="11"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -22292,51 +22168,50 @@
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC5F37"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DHHSbody">
     <w:name w:val="DHHS body"/>
@@ -23430,88 +23305,88 @@
     <w:semiHidden/>
     <w:rsid w:val="00803C34"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="SimSun" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED56BF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1409155498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1939751816">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\jkau1405\AppData\Local\Temp\notesF1B163\Housing.vic%20website" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.housing.vic.gov.au/apply-bond-loan" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foi.vic.gov.au/home/how+to+apply/making+a+request/making+an+online+request" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.humanservices.gov.au/individuals/services/centrelink/centrelink-confirmation-eservices" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:housingbusiness.support@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\fred2710\Downloads\contact%20your%20local%20housing%20office" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:privacy@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/apply-bond-loan" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/making-freedom-information-request" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PolicyAndGuidelines@homes.vic.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au/contact-a-housing-office" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.humanservices.gov.au/individuals/services/centrelink/centrelink-confirmation-eservices" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.housing.vic.gov.au" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -23776,76 +23651,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D777BDEC-6644-4FC6-8374-0D7CB7766A66}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>18628</Characters>
+  <Pages>21</Pages>
+  <Words>3431</Words>
+  <Characters>18896</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>155</Lines>
-  <Paragraphs>43</Paragraphs>
+  <Lines>157</Lines>
+  <Paragraphs>44</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>RentAssist bond loan additional applicants form</vt:lpstr>
+      <vt:lpstr>RentAssist Bond Loan Additional Applicants Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21852</CharactersWithSpaces>
+  <CharactersWithSpaces>22283</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>2555941</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>36</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://survey.tool.tempdomain.info/TakeSurveycss.asp?SurveyID=3K33p3LIm66MG</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3145752</vt:i4>
       </vt:variant>
@@ -23959,56 +23834,54 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc440566508</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>RentAssist bond loan additional applicants form</dc:title>
-[...4 lines deleted...]
-  <cp:revision></cp:revision>
+  <dc:title>RentAssist Bond Loan Additional Applicants Form</dc:title>
+  <dc:subject>RentAssist Bond Loan Additional Applicants Form</dc:subject>
+  <dc:creator>Homes Victoria</dc:creator>
+  <cp:keywords>bond loan; add additional applicants</cp:keywords>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SetDate">
     <vt:lpwstr>2022-04-21T00:43:23Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Name">
     <vt:lpwstr>43e64453-338c-4f93-8a4d-0039a0a41f2a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SiteId">
     <vt:lpwstr>c0e0601f-0fac-449c-9c88-a104c4eb9f28</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_ActionId">
     <vt:lpwstr>cb97c645-deaa-4a4f-a157-fa24c774d985</vt:lpwstr>